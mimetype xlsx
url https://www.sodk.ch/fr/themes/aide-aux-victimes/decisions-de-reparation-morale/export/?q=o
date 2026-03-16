--- v0 (2025-10-17)
+++ v1 (2026-03-16)
@@ -13,134 +13,8149 @@
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Sheet1!$A$1:$B$1</definedName>
   </definedNames>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="28" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12917" uniqueCount="2685">
   <si>
     <t>Canton</t>
   </si>
   <si>
     <t>Catégorie de handicap</t>
   </si>
   <si>
     <t>Date de décision</t>
   </si>
   <si>
     <t>Numéro de référence interne</t>
   </si>
   <si>
     <t>Réparation morale aide aux victimes</t>
   </si>
   <si>
     <t>A - Fourchette</t>
   </si>
   <si>
     <t>B - Fourchette</t>
   </si>
   <si>
     <t>C - Fourchette</t>
   </si>
   <si>
     <t>D - Fourchette</t>
   </si>
   <si>
     <t>Description de cas</t>
   </si>
   <si>
     <t>Faute concomitante</t>
   </si>
   <si>
     <t>Demande de la victime ou de proches</t>
   </si>
   <si>
     <t>Réparation morale jugement adhésion</t>
   </si>
   <si>
     <t>Reconnaissance par l'auteur</t>
   </si>
   <si>
+    <t>Renvoyé au civil</t>
+  </si>
+  <si>
     <t>Infraction</t>
   </si>
   <si>
     <t>Diagnostic</t>
   </si>
   <si>
     <t>Séjour hospitalier / réhabilitation</t>
   </si>
   <si>
     <t>Opération</t>
   </si>
   <si>
     <t>Thérapies</t>
   </si>
   <si>
     <t>Incapacité de travail</t>
   </si>
   <si>
     <t>Handicap permanent</t>
   </si>
   <si>
     <t>Nécessité de soins</t>
   </si>
   <si>
     <t>Remarques complémentaires</t>
   </si>
   <si>
     <t>Danger de mort</t>
   </si>
   <si>
     <t>Plusieurs personnes impliquées</t>
   </si>
   <si>
     <t>Relation avec la victime</t>
   </si>
   <si>
     <t>Fréquence des infractions</t>
   </si>
   <si>
     <t>Vulnérabilité particulière</t>
+  </si>
+  <si>
+    <t>Argovie</t>
+  </si>
+  <si>
+    <t>A - Lésions corporelles</t>
+  </si>
+  <si>
+    <t>04.03.2026</t>
+  </si>
+  <si>
+    <t>OHG 4'359</t>
+  </si>
+  <si>
+    <t>4000 CHF</t>
+  </si>
+  <si>
+    <t>jusqu'à 6000</t>
+  </si>
+  <si>
+    <t>-</t>
+  </si>
+  <si>
+    <t>GS verabredete sich über Dating-App mit einem der Täter. Beim Treffen stellten sich diese als 5 Jugendliche heraus. Sie stiessen den GS mehrfach, verpassten ihm Faustschläge und Stromstösse mittels Elektroschocker. Schläge von hinten gegen Kopf. Nachdem GS zu Boden geht, Tritte gegen Kopf und Beine und Beschädigung des Mobiltelefons.</t>
+  </si>
+  <si>
+    <t>6000</t>
+  </si>
+  <si>
+    <t>0 CHF</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR</t>
+  </si>
+  <si>
+    <t>Schürfungen und Prellungen, PTBS und depressive Störung</t>
+  </si>
+  <si>
+    <t>Keine Angaben; primär psychische Beeinträchtigungen</t>
+  </si>
+  <si>
+    <t>In Anspruch genommen; Antidepressiva</t>
+  </si>
+  <si>
+    <t>total rund 50 Tage</t>
+  </si>
+  <si>
+    <t>Primär psychische Beeinträchtigungen; Elektroschocker</t>
+  </si>
+  <si>
+    <t>Oui</t>
+  </si>
+  <si>
+    <t>Simple</t>
+  </si>
+  <si>
+    <t>24.02.2026</t>
+  </si>
+  <si>
+    <t>OHG 4'258</t>
+  </si>
+  <si>
+    <t>8000 CHF</t>
+  </si>
+  <si>
+    <t>6000 - 11000</t>
+  </si>
+  <si>
+    <t>Täter suchte GS an seinem Arbeitsort auf und packte ihn zunächst am Oberarm und schlug ihn mit der Faust ins Gesicht. GS fiel rückwärts zu Boden, worauf Täter bis zu fünf weitere Faustschläge gegen Gesicht des GS ausführte. GS brach sich dabei Nase und erlitt Sprunggelenkfraktur.</t>
+  </si>
+  <si>
+    <t>15000</t>
+  </si>
+  <si>
+    <t>RQW, Nasenfraktur, Sprungelenkfraktur</t>
+  </si>
+  <si>
+    <t>12 Tage nach Tat stationär; viele Folgebehandlungen aufgrund Gelenkfraktur</t>
+  </si>
+  <si>
+    <t>Mindestens 2 Operationen (Einsetzen Implantate)</t>
+  </si>
+  <si>
+    <t>Physiotherapie und viele Folgebehandlungen</t>
+  </si>
+  <si>
+    <t>6 Wochen 100 %; weitere aufgrund Folgebehandlungen</t>
+  </si>
+  <si>
+    <t>Anzeichen auf Arthrose aufgrund Implantate</t>
+  </si>
+  <si>
+    <t>2 Jahre nach Tat max. 30min Stehen, Schmerzen beim Gehen), zwischenzeitlich Besserung</t>
+  </si>
+  <si>
+    <t>B - Délits sexuels</t>
+  </si>
+  <si>
+    <t>OHG 4'341</t>
+  </si>
+  <si>
+    <t>40000 CHF</t>
+  </si>
+  <si>
+    <t>22 000 - 76 000</t>
+  </si>
+  <si>
+    <t>14-19-jährige GS wurde von Vater vier- bis sieben Mal vergewaltigt (ungeschützt). Teilweise im Kinderzimmer. Unzählige weitere Vorfälle mit Berührungen über- und unter Kleidern an Brust und Intimbereich. Mind. 10x führte er Finger vaginal ein. Führen der Hand der schlafenden GS an Penis. Zungenküsse. Weitere Taten als GS schlief. Zudem wiederholt und aus nichtigen Gründen Gewalt (Tritte gegen Bauch, Schläge mit Gegenständen). Beschimpfungen und Todesdrohungen.</t>
+  </si>
+  <si>
+    <t>40000</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) avec LCR, Extorsion et chantage, menaces, contraintes (156, 180-181), Actes d'ordre sexuel avec des enfants (187), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>PTBS, Gedächtnisstörungen, Realängste (Angst vor Freilassung Täter), selbstverletzendes Verhalten, starker Alkoholkonsum</t>
+  </si>
+  <si>
+    <t>Psychotherapie</t>
+  </si>
+  <si>
+    <t>Notorisch</t>
+  </si>
+  <si>
+    <t>Multiple</t>
+  </si>
+  <si>
+    <t>Jugendalter; Täter ist leiblicher Vater</t>
+  </si>
+  <si>
+    <t>Fribourg</t>
+  </si>
+  <si>
+    <t>09.02.2026</t>
+  </si>
+  <si>
+    <t>60200</t>
+  </si>
+  <si>
+    <t>10000 CHF</t>
+  </si>
+  <si>
+    <t>9000 - 22 000</t>
+  </si>
+  <si>
+    <t>L’auteur s'est couché dans le lit de la victime, a commencé à lui toucher le dos, le ventre, la poitrine et l’entrejambe, tout en lui demandant si elle était consentante. La victime, âgée de 15 ans, a dit non et lui a tourné le dos. Malgré cela, l’auteur a pris la main de la victime pour la mettre sur son pénis ; celle-ci a directement retiré sa main. Elle lui a, à nouveau, dit qu’elle ne voulait pas et a essayé de lui tourner le dos à plusieurs reprises. L’auteur, n’écoutant que son propre désir, a embrassé la victime, lui a enlevé son bas de training, l’a pénétrée vaginalement avec ses doigts, a frotté son pénis contre son vagin, puis l’a pénétrée vaginalement sans préservatif. L’auteur a fait fi du refus de la demanderesse, il l’a prise sur lui et l’a à nouveau pénétrée vaginalement.</t>
+  </si>
+  <si>
+    <t>10000</t>
+  </si>
+  <si>
+    <t>Actes d'ordre sexuel avec des enfants (187), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>- psychothérapie</t>
+  </si>
+  <si>
+    <t>- plusieurs arrêts de travail</t>
+  </si>
+  <si>
+    <t>- interruption d'apprentissage; suivi d'un séjour de rupture</t>
+  </si>
+  <si>
+    <t>Bâle-Ville</t>
+  </si>
+  <si>
+    <t>27.01.2026</t>
+  </si>
+  <si>
+    <t>2026-0007</t>
+  </si>
+  <si>
+    <t>jusqu'à 9000</t>
+  </si>
+  <si>
+    <t>GS fragte den Täter nach kostenlosem Marihuana. Der Täter antwortete, dass sie ihm hierfür an einen versteckten Ort folgen müsse resp. er mit ihr auf dem WC zunächst einen Joint rauchen möchte und es ihr anschliessend geben würde. Im WC angekommen lies der Täter sie wissen, dass er ihr das Marihuana nur gebe, wenn sie mit ihm Geschlechtsverkehr habe, worauf ihm die GS mitteilte, dass sie das nicht wolle. In der Folge übergab der Täter der Gesuchstellerin das Marihuana und versuchte sie zu küssen. Der Täter vollzog an ihr von hinten den ungeschützten Geschlechtsverkehr bis zum Samenerguss. Während des Geschlechtsverkehrs berührte der Täter die Gesuchstellerin mit den Händen an den Brüsten, am Bauch, am Gesäss und an der Vagina.</t>
+  </si>
+  <si>
+    <t>8000</t>
+  </si>
+  <si>
+    <t>Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>Starke Verschlechterung der vorbest. Symptomatik (Konzentrationsschw., Schlafprobleme, Dissoziationen, emotionale Instabilität, selbstverletzendes Verhalten, Risikoverhalten, Ängste und Panikattacken) insbesondere der Dissoziation und selbstverletzendes Verhalten direkt nach dem Vorfall sowie neu auftreten Ängste und Flasbacks.</t>
+  </si>
+  <si>
+    <t>GS war bereits vor der Straftat in psychotherapeutischer Behandlung</t>
+  </si>
+  <si>
+    <t>20.01.2026</t>
+  </si>
+  <si>
+    <t>57'583</t>
+  </si>
+  <si>
+    <t>12000 CHF</t>
+  </si>
+  <si>
+    <t>11 000 - 22 000</t>
+  </si>
+  <si>
+    <t>La victime hébergeait l'auteur avec qui il consommait passablement de drogue. Lors d'un trafic, une altercation a débuté. Le Tribunal pénal a jugé qu'il n'était pas possible de savoir qui s'était muni d'une hache dans un premier temps. La victime a reçu six coups de hache qui lui ont causé de nombreuses blessures et était en danger de mort._x000D_
+_x000D_
+L'élément intéressant dans cette décision est la réduction opérée en raison de l'art. 27 al. 1 LAVI : les infractions se sont déroulées dans un contexte de trafic de drogue. Le SASoc a retenu une réduction de 20% de la réparation morale (15'000.- retenus -&gt; 12'000.- octroyés).</t>
+  </si>
+  <si>
+    <t>20000</t>
+  </si>
+  <si>
+    <t>20000 CHF</t>
+  </si>
+  <si>
+    <t>Tentative d'homicide, Lésions corporelles (122-123, 125, 126) sans LCR</t>
+  </si>
+  <si>
+    <t>Multiple blessures - état de choc stade 3 (danger de mort)</t>
+  </si>
+  <si>
+    <t>Oui, arrivé en urgence, il a dû subir plusieurs opérations pour sa survie</t>
+  </si>
+  <si>
+    <t>Trois opérations</t>
+  </si>
+  <si>
+    <t>Depuis l'infraction, l'incapacité perdure</t>
+  </si>
+  <si>
+    <t>À vie : problèmes neuropsychologiques, séquelles au niveau de la main gauche</t>
+  </si>
+  <si>
+    <t>Doit vivre dans un appartement protégé avec suivi infirmier et curatelle</t>
+  </si>
+  <si>
+    <t>Souffre d'angoisses / limitations neurologiques / bégaiements / troubles de la mémoire / douleurs</t>
+  </si>
+  <si>
+    <t>13.01.2026</t>
+  </si>
+  <si>
+    <t>61'884</t>
+  </si>
+  <si>
+    <t>5000 CHF</t>
+  </si>
+  <si>
+    <t>Les infractions se sont déroulées entre 2015 et 2019. Le beau-père de la victime (un garçon entre 6 et 10 ans) l'a, à réitérées reprises, menacé de le priver de voir des proches ou de le jeter du balcon, rabaissé, méprisé, insulté, frappé, projeté contre des meubles, etc. Il a notamment indiqué à l'enfant, au moment où la maman de celui-ci attendait sa petite soeur, qu'il passerait "après sa soeur, après le chien". Le 5 mars 2009, l'auteur l'a projeté la tête en avant sur le sol dans un magasin en France. Celui-ci a été hospitalisé durant trois jours en raison des lésions subies, mais sa mère et l'auteur n'ont pas daigné se rendre de suite à l'hôpital, préférant rentrer à la maison pour donner à manger au bébé.</t>
+  </si>
+  <si>
+    <t>5000</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Extorsion et chantage, menaces, contraintes (156, 180-181), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>3 jours d'hospitalisation (nez fracturé, traumatisme maxillo-facial, fracture de l'incisive)</t>
+  </si>
+  <si>
+    <t>Il est suivi par plusieurs thérapeutes / psychothérapeutes</t>
+  </si>
+  <si>
+    <t>Il sera marqué à vie des maltraitances subies</t>
+  </si>
+  <si>
+    <t>L'auteur est le beau-père de la victime, censé représenter un pilier pour lui et non un bourreau</t>
+  </si>
+  <si>
+    <t>Valais</t>
+  </si>
+  <si>
+    <t>12.01.2026</t>
+  </si>
+  <si>
+    <t>1204-02, 38/2025</t>
+  </si>
+  <si>
+    <t>Das Opfer befand sich auf einem Skilift vor einer Kuppe, als zwei ineinander verkeilte Skifahrer frontal in das Opfer fuhren. Das Opfer fiel vom Skilift und rutschte den Hang hinunter. Das Opfer wurde nach dem Vorfall von einem Pistenpatrouilleur kurz untersucht, der keine Fehlstellungen oder Verletzungen feststellen konnte. Da das Opfer keine gravierenden Beschwerden bemerkte, kehrte es in die Ferienwohnung zurück. Nach einigen Tagen schwollen beide Schultern an und es traten Verfärbungen auf. Das Opfer meldete sich nach der Rückkehr von den Ferien beim Hausarzt.</t>
+  </si>
+  <si>
+    <t>Dislozierte, mehrfragmentäre Humeruskopffrakturen beidseits</t>
+  </si>
+  <si>
+    <t>6 Tage Spitalaufenthalt und rund 2 Monate Heilungsverlauf</t>
+  </si>
+  <si>
+    <t>Inverse Schultertotalprothese rechts und offene Reposition, Unterfütterung mit einem Autograf links</t>
+  </si>
+  <si>
+    <t>Beweglichkeit der Schultern kann nicht vollständig wiederhergestellt werden.</t>
+  </si>
+  <si>
+    <t>06.01.2026</t>
+  </si>
+  <si>
+    <t>55834</t>
+  </si>
+  <si>
+    <t>-2500 CHF</t>
+  </si>
+  <si>
+    <t>Après plusieurs heures de shooting dans un studio, la victime, qui était nue, s'est masturbée sur instructions du prévenu (le photographe), qui lui a ensuite pincé les seins, lui a prodigué un cunnilingus et l'a masturbée. Pour arriver à ses fins sous l'angle sexuel, le prévenu a exercé une pression psychologique sur la jeune femme et l’a confrontée à un harcèlement sexuel massif. Durant les faits, le prévenu a filmé la victime à son insu.</t>
+  </si>
+  <si>
+    <t>Atteinte et contrainte sexuelles, viol (189, 190), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>- troubles du sommeil, insomnies, cauchemars, flashbacks et réactivité exacerbée par certains stimuli</t>
+  </si>
+  <si>
+    <t>- différentes sortes de thérapies</t>
+  </si>
+  <si>
+    <t>C - Violation de l'intégrité physique et psychique</t>
+  </si>
+  <si>
+    <t>05.01.2026</t>
+  </si>
+  <si>
+    <t>OHG 3'912</t>
+  </si>
+  <si>
+    <t>17500 CHF</t>
+  </si>
+  <si>
+    <t>17 000 - 44 000</t>
+  </si>
+  <si>
+    <t>16-jährige GS wurde bereits in Heimat sexuell ausgebeutet und musste sich später in Schweiz prostituieren. Wohnte in Bordell und musste 50 % der Einnahmen abgeben. Den Rest überwies sie dem Zuhälter in der Heimat. Im Tatzeitraum von rund zwei Monaten bediente sie über 70 Freier.</t>
+  </si>
+  <si>
+    <t>17500</t>
+  </si>
+  <si>
+    <t>Traite des êtres humains (182), Prostitution (195)</t>
+  </si>
+  <si>
+    <t>Notorisch.</t>
+  </si>
+  <si>
+    <t>Genugtuung Fr. 25'000.- angemessen. Eine Täterin zahlte bereits einen Anteil.</t>
+  </si>
+  <si>
+    <t>Minderjähriges Opfer von Menschenhandel</t>
+  </si>
+  <si>
+    <t>D - Homicides</t>
+  </si>
+  <si>
+    <t>OHG 4'074</t>
+  </si>
+  <si>
+    <t>38000 CHF</t>
+  </si>
+  <si>
+    <t>28 000 - 38 000</t>
+  </si>
+  <si>
+    <t>Vater der beiden Gesuchsteller (5- und 7-jährig) tötet seine Ehefrau (Mutter der beiden Gesuchsteller) und versucht, das Geschehen als Suizid darzustellen. Die beiden GS schliefen während der Tat im Haus.</t>
+  </si>
+  <si>
+    <t>60000 CHF</t>
+  </si>
+  <si>
+    <t>Homicide (111-116, 117) sans LCR</t>
+  </si>
+  <si>
+    <t>Wohnort- und Schulwechsel; Genugtuung Fr. 38'000.- pro Gesuchsteller.</t>
+  </si>
+  <si>
+    <t>Gesuchsteller im Tatzeitpunkt 5- und 7-jährig.</t>
+  </si>
+  <si>
+    <t>OHG 3'985</t>
+  </si>
+  <si>
+    <t>Nach einem Streit um Fr. 50.- kam es zu gegenseitigem Handgemenge zwischen GS und Mitbewohner (Täter). Täter nahm Flasche und schlug diese zu Boden. Mit dem zerbrochenen Flaschenhals stach er mehrmals auf den Hals des GS ein. Als dieser flüchten wollte, behändigte Täter Glasscherben und stach mind. 10x auf den GS ein.</t>
+  </si>
+  <si>
+    <t>Tentative d'homicide</t>
+  </si>
+  <si>
+    <t>tiefgreifende Haut- und Weichgewebsdurchtrennung Hals, Brust und Arm (Drosselvene freigelegt); hohes Todesrisiko; PTBS</t>
+  </si>
+  <si>
+    <t>Erforderlich (keine näheren Angaben)</t>
+  </si>
+  <si>
+    <t>Mind.  10 Psychotherapiesitzungen</t>
+  </si>
+  <si>
+    <t>keine konkreten Angaben)</t>
+  </si>
+  <si>
+    <t>Weiterhin Schmerzen an rechten Arm; Umschulung notwendig (Arbeit als Gerüstbauer nicht mehr möglich)</t>
+  </si>
+  <si>
+    <t>22.12.2025</t>
+  </si>
+  <si>
+    <t>1204-02, 038/2023</t>
+  </si>
+  <si>
+    <t>25000 CHF</t>
+  </si>
+  <si>
+    <t>Femme Afghane qui a dû épouser un homme à l'âge de 14 ans sans le connaître. Elle a ensuite subi pendant plus de quinze ans des contraintes sexuelles (pénétration anale) répétées de l'ordre de 2 à 3 fois par semaine, ainsi que de multiple lésions corporelles dues aux coups que le mari portait régulièrement à sa femme car elle souhaitait vivre "à l'occidentale" et que son mari le refusait. La situation de la victime a engendré chez elle une grande souffrance psychologique, avec des idées suicidaires et un état anxieux important. Elle a suivi une psychothérapie et a pris de légers antidépresseurs.</t>
+  </si>
+  <si>
+    <t>25000</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Extorsion et chantage, menaces, contraintes (156, 180-181), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>Victime épouse de l'auteur, avec qui elle a deux enfants.</t>
+  </si>
+  <si>
+    <t>11.12.2025</t>
+  </si>
+  <si>
+    <t>OHG 3'861</t>
+  </si>
+  <si>
+    <t>Auseinandersetzung mit mind. 4 Personen aus zwei Gruppierungen. GS wurde durch Messereinsatz Schnitt- und Stichverletzungen zugefügt. Schläge und Tritte, mehrere RQW, Augenhöhlenbruch und Hämatome.</t>
+  </si>
+  <si>
+    <t>Drei Stichwunden Bauch (Defekt Dünndarm), Schnittwunden Gesicht; keine konkrete aber abstrakte Lebensgefahr</t>
+  </si>
+  <si>
+    <t>7 Tage Spital</t>
+  </si>
+  <si>
+    <t>Erforderlich</t>
+  </si>
+  <si>
+    <t>Psychotherapie (vorbestehende Beeinträchtigungen)</t>
+  </si>
+  <si>
+    <t>Keine Angaben</t>
+  </si>
+  <si>
+    <t>Narbenbildungen</t>
+  </si>
+  <si>
+    <t>09.12.2025</t>
+  </si>
+  <si>
+    <t>60'323</t>
+  </si>
+  <si>
+    <t>6000 CHF</t>
+  </si>
+  <si>
+    <t>L'auteur a attaqué les victimes - le concierge de son domicile et l'épouse de celui-ci - et a été acquitté pour ces faits en raison de son irresponsabilité. La victime a subi une attaque à l'arme blanche (notamment plaie à la paroi thoracique) qui a nécessité la suture de deux plaies sous anesthésie en ambulatoire. Il a pu, ensuite, reprendre son travail. Les séquelles n'étant pas durables et n'ayant pas nécessité une longue hospitalisation, c'est la première fourchette qui s'applique. Le maximum a été octroyé dans la mesure où l'auteur n'a pas été reconnu coupable pour les infractions commises.</t>
+  </si>
+  <si>
+    <t>Tentative d'homicide, Lésions corporelles (122-123, 125, 126) sans LCR, Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>Deux plaies / symptômes de stress post-traumatique</t>
+  </si>
+  <si>
+    <t>Ambulatoire (quelques heures)</t>
+  </si>
+  <si>
+    <t>Suture de deux plaies</t>
+  </si>
+  <si>
+    <t>Psychothérapie</t>
+  </si>
+  <si>
+    <t>15 jours</t>
+  </si>
+  <si>
+    <t>Non</t>
+  </si>
+  <si>
+    <t>04.12.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'335</t>
+  </si>
+  <si>
+    <t>1000 CHF</t>
+  </si>
+  <si>
+    <t>Täter näherte sich ohne Grund dem Gesuchsteller von hinten und nahm ihn in Schwitzkasten. GS konnte sich lösen und suchte Gespräch mit Täter. Darauf schlug dieser unvermittelt mit der Faust gegen rechte Wange des GS. Der Vorfall ereignete sich während eines Festivals.</t>
+  </si>
+  <si>
+    <t>3000</t>
+  </si>
+  <si>
+    <t>Schürfung an Wange; Fraktur des rechten oberen zweiten Backenzahns</t>
+  </si>
+  <si>
+    <t>Mind. zwei Zahnbehandlungen; evtl. Folgebehandlungen nötig (Zahnkrone)</t>
+  </si>
+  <si>
+    <t>Bereits aus tatfremden Gründen in Therapie; Tat war Thema bei Sitzungen</t>
+  </si>
+  <si>
+    <t>GS meidet seither grosse Menschenansammlungen. Kälte-/Hitzeempfindlichkeit des Zahns seit Tat.</t>
+  </si>
+  <si>
+    <t>02.12.2025</t>
+  </si>
+  <si>
+    <t>1204-02, 056/2024</t>
+  </si>
+  <si>
+    <t>Femme victime de stalking de la part d'un homme, ami de son ex petit ami. L'auteur l'a suivi durant quatre mois. Il a été sur son lieu de travail, à son domicile et a usé d'un appareil balise pour géolocaliser la victime. Il a proféré a de multiple reprises des menaces à l’encontre de la victime, l'obligeant à changer de place de parc, d’immatriculation et de son code d'entrée de l'immeuble. Malgré une mesure d’éloignement, l'auteur a approché la victime et l'a violemment frappée dans le ventre, engendrant des lésions abdominales et un arrêt de travail de 10 jours.</t>
+  </si>
+  <si>
+    <t>9000</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Extorsion et chantage, menaces, contraintes (156, 180-181)</t>
+  </si>
+  <si>
+    <t>E - Violence domestique</t>
+  </si>
+  <si>
+    <t>01.12.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'326</t>
+  </si>
+  <si>
+    <t>2000 CHF</t>
+  </si>
+  <si>
+    <t>Täter bedrohte seine schwangere Partnerin (GS) wöchentlich, er sollte sie ebenso kaputtschlagen wie dies ihr Ex-Freund auch machte. Zum Beziehungsende schrieb er der Schwester der GS, er gebe der GS noch eine Chance und die GS werde es bereuen, diese nicht zu nutzen. Einmal schrieb der Täter dem Vater der GS, irgendwann platze auch ihm der Kragen und dann werde es für alle unangenehm. Er verlangte ferner, ihrer Familie nichts von einem Kredit zu erzählen, sonst werde es Folgen haben. Bei einem Vorfall packte er die GS während einer Autofahrt am Kragen und drückte ihren Kopf ruckartig gegen das Lenkrad, so dass sie den Kopf am Lenkrad anschlug, wobei sie keine Verletzungen erlitt.</t>
+  </si>
+  <si>
+    <t>3000 CHF</t>
+  </si>
+  <si>
+    <t>Ängste, Vermeidungsverhalten</t>
+  </si>
+  <si>
+    <t>GS wohnte aus Angst für einige Monate bei den Eltern; GS nahm für Täter überdies hohen Kredit auf</t>
+  </si>
+  <si>
+    <t>GS war im Tatzeitpunkt schwanger</t>
+  </si>
+  <si>
+    <t>21.11.2025</t>
+  </si>
+  <si>
+    <t>1204-02, 023/2025</t>
+  </si>
+  <si>
+    <t>11 000 - 38 000</t>
+  </si>
+  <si>
+    <t>Das Opfer starb durch einen Flugzeugabsturz eines Kleinflugzeuges, das sich auf einem Rundflug durch die Walliser Alpen befand. Der Absturz war die Folge eines Strömungsabrisses, welcher durch die hohe Masse sowie die hecklastige Schwerpunktlage des Flugzeuges verursacht worden war. Die Schweizerische Sicherheitsuntersuchungsstelle (SUST) stellte in ihrem Bericht u.a. fest, dass die vom Piloten zu verantwortende Verletzung elementarer Regeln der Flugvorbereitung, insbesondere der Berechnung der Masse und des Schwerpunktes des Flugzeuges, mit grosser Wahrscheinlichkeit ursächlich für den Absturz war. Beim Absturz kamen alle vier Insassen ums Leben.</t>
+  </si>
+  <si>
+    <t>Angehörige</t>
+  </si>
+  <si>
+    <t>1204-02, 024/2025</t>
+  </si>
+  <si>
+    <t>15000 CHF</t>
+  </si>
+  <si>
+    <t>Angehöriger</t>
+  </si>
+  <si>
+    <t>1204-02, 025/2025</t>
+  </si>
+  <si>
+    <t>1204-02, 026/2025</t>
+  </si>
+  <si>
+    <t>1204-02, 027/2025</t>
+  </si>
+  <si>
+    <t>13.11.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'223</t>
+  </si>
+  <si>
+    <t>18000 CHF</t>
+  </si>
+  <si>
+    <t>Täter (damaliger Partner und Vater des gemeinsamen Kindes) vergewaltigte die GS über einen Zeitraum von 2 Jahren mehrfach vaginal. Wiederholte Schläge gegen das Gesicht, Todesdrohungen und Beschimpfungen. Einmal verletzte er die GS mit einem Messer am Gesäss (4-5 cm tiefe Wunde am Gesässmuskel). Ein weiterer Vorfall mit einem Messer, wo Verletzung wieder abheilte.</t>
+  </si>
+  <si>
+    <t>18000</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) avec LCR, Extorsion et chantage, menaces, contraintes (156, 180-181), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>Gericht setzte Genugtuung gemäss Leitfaden des Bundesamts für Justiz fest.</t>
+  </si>
+  <si>
+    <t>11.11.2025</t>
+  </si>
+  <si>
+    <t>1204-02,036/2025</t>
+  </si>
+  <si>
+    <t>Victime qui promenait son chien. Deux autres chiens se sont dirigés à vive allure vers elle. La victime a tenté de protéger son propre animal, mais les deux canidés ont attrapé ce dernier en le mordant à plusieurs reprises. Ayant été bousculée, la victime est tombée et s'est blessé au niveau du nez.</t>
+  </si>
+  <si>
+    <t>1000</t>
+  </si>
+  <si>
+    <t>-fracture du nez</t>
+  </si>
+  <si>
+    <t>-1 semaine à 100% et 10 jours à 50%</t>
+  </si>
+  <si>
+    <t>Lucerne</t>
+  </si>
+  <si>
+    <t>10.11.2025</t>
+  </si>
+  <si>
+    <t>OHG 2022/42</t>
+  </si>
+  <si>
+    <t>7500 CHF</t>
+  </si>
+  <si>
+    <t>6000 - 17000</t>
+  </si>
+  <si>
+    <t>Die vier Kinder der Gesuchstellerin wurden vom Kindsvater illegal nach Äthiopien verbracht. Drei der vier Kinder konnten zwischenzeitlich in die Schweiz zurückgeführt werden, eines davon nach knapp 4.5 Jahren, zwei weitere Kinder nach gut 5.5 Jahren.</t>
+  </si>
+  <si>
+    <t>Angemessener Betrag</t>
+  </si>
+  <si>
+    <t>Enlèvement de mineurs (220)</t>
+  </si>
+  <si>
+    <t>2025-0102</t>
+  </si>
+  <si>
+    <t>18-jährige GS wurde von ihrem Ex-Freund beim Bahnhof abgepasst, er nötigte sie ins Auto einzusteigen (drohte ihr mit Pfefferspray-Einsatz) fuhr mit ihr zu seiner Wohnung, während der Fahrt packte er sie am Hals und Küsste sie mehrfach gegen ihren Willen. In der Wohnung hielt er sie fest und drohte ihr mehrfach, sie umzubringen. Als sie weinte und schrie, bedrohte sie der Täter mit einer Schere, die er ihr an den Hals hielt. Zudem lies er sie an einer Flüssigkeit (Terpentinersatz) riechen und drohte ihr damit, sie zu verbrennen. Als sie weiter weinte, wies er sie erneut an, ruhig zu sein, wobei er schliesslich mit dem Pfefferspray einen Sprühstoss in ihre Richtung tätigte, worauf er seine Augen auswaschen musste. In diesem Moment konnte die Gesuchstellerin aus der Wohnung flüchten.</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Extorsion et chantage, menaces, contraintes (156, 180-181), Autres infractions contre la liberté (183, 184, 185)</t>
+  </si>
+  <si>
+    <t>Beule am Kopf, Schwellungen am Oberarm. Kratzspur an Nacken, Rötungen am Hals, Hämatome am Unterschenkel; akute Belastungsreaktion; Symptome: negative Veränderungen des Affekts und der Kognition, Vermeidungsverhalten, Wiedererleben, Konzentrationsprobleme.</t>
+  </si>
+  <si>
+    <t>Psychotherapie (war schon vorher in Therapie)</t>
+  </si>
+  <si>
+    <t>Die GS wurde von ihrem Ex-Freund beim Bahnhof abgepasst und unter Androhung Einsatz Pfefferspray genötigt ins Auto einzusteigen. Während der Fahrt packte er sie am Hals und küsste sie mehrfach. Am Zielort angekommen, führte er sie gewaltsam in seine Wohnung, hielt sie dort fest und drohte ihr mehrfach, sie umzubringen.  Als sie weinte und schrie, bedrohte sie der Täter mit einer Schere, die er ihr an den Hals hielt. Zudem lies er sie an einer Flüssigkeit (Terpentinersatz) riechen und drohte ihr damit, sie zu verbrennen. Als sie weiter weinte, wies er sie erneut an, ruhig zu sein, wobei er schliesslich mit dem Pfefferspray einen Sprühstoss in ihre Richtung tätigte, worauf er seine Augen auswaschen musste. In diesem Moment konnte die Gesuchstellerin aus der Wohnung flüchten.</t>
+  </si>
+  <si>
+    <t>Extorsion et chantage, menaces, contraintes (156, 180-181), Autres infractions contre la liberté (183, 184, 185)</t>
+  </si>
+  <si>
+    <t>Beule am Kopf, Kratzspuren und Schwellungen am Oberarm, Kratzspur am Nacken, Rötung am Hals, 3 Hämatome am Unterschenkel; akute Belastungsreaktion, Symptome: negative Veränderungen des Affekts und der Kognition, Vermeidungsverhalten, Wiedererleben, Konzentrationsprobleme, Alpträume</t>
+  </si>
+  <si>
+    <t>Psychotherapie (war bereits vorher in Therapie)</t>
+  </si>
+  <si>
+    <t>06.11.2025</t>
+  </si>
+  <si>
+    <t>OHG 3'546</t>
+  </si>
+  <si>
+    <t>500 CHF</t>
+  </si>
+  <si>
+    <t>Täter (damaliger Partner der GS und Vater zweier gemeinsamer Kinder) bedrohte und nötigte die Gesuchstellerin mehrfach. Auch Drohungen mittels Nachrichten. Einmal betrat er gegen Willen der GS deren Wohnung. Bei verschiedenen Vorfällen schlug er sie ins Gesicht (Ohrfeigen)</t>
+  </si>
+  <si>
+    <t>Psychotherapie in Anspruch genommen.</t>
+  </si>
+  <si>
+    <t>Täter kontaktierte GS auch nach Verurteilung mehrfach</t>
+  </si>
+  <si>
+    <t>04.11.2025</t>
+  </si>
+  <si>
+    <t>OHG 2024/62</t>
+  </si>
+  <si>
+    <t>30000 CHF</t>
+  </si>
+  <si>
+    <t>Der Vater der Gesuchstellerin zwang die GS während eines Zeitraums von gut zwei Jahren etliche Male mittels Ohrfeigen, Schlägen, Würgen, Todes- und Suiziddrohungen sowie einer von ihm geschaffenen psychischen Zwangssituation zum Geschlechtsverkehr. Die GS bat den Täter mehrfach aufgrund von Schmerzen und ihrem körperlichen Zustand, dies nicht zu tun, worüber sich der Täter hinwegsetzte und dennoch etliche Male den Geschlechts- oder Oralverkehr vollzog. Als die GS sich im Kinderspital befand, nahm er sie mit für einen kurzen Urlaub und vollzog an ihr den Geschlechtsverkehr. Die GS wurde vom Vater komplett von der restlichen Familie isoliert, da sich dieser von der restlichen Familie trennte und alleine mit ihr in eine Wohnung zog. Die GS war zu Beginn der Straftaten erst 13 Jahre alt.</t>
+  </si>
+  <si>
+    <t>70000</t>
+  </si>
+  <si>
+    <t>35000 CHF</t>
+  </si>
+  <si>
+    <t>Actes d'ordre sexuel avec des enfants (187), Atteinte et contrainte sexuelles, viol (189, 190), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>Minderjährigkeit</t>
+  </si>
+  <si>
+    <t>Glarus</t>
+  </si>
+  <si>
+    <t>31.10.2025</t>
+  </si>
+  <si>
+    <t>O 05/2025</t>
+  </si>
+  <si>
+    <t>Der Täter traktierte den alkoholisierten GS mit mindestens drei Faustschlägen auf den Kopf unverhofft bei einer Feier aus Eifersucht, weil sich dieser zuvor mit seiner Freundin im Zug unterhalten hat.</t>
+  </si>
+  <si>
+    <t>7000</t>
+  </si>
+  <si>
+    <t>diverse Frakturen im Gesicht und an den Zähnen, evtl. bewusstlos</t>
+  </si>
+  <si>
+    <t>ambulant</t>
+  </si>
+  <si>
+    <t>eine Operation und eine Zahnbehandlung</t>
+  </si>
+  <si>
+    <t>nein</t>
+  </si>
+  <si>
+    <t>1 Monat 100 %</t>
+  </si>
+  <si>
+    <t>vollständig schmerz- und beschwerdefrei erst nach einigen Monaten</t>
+  </si>
+  <si>
+    <t>durch alkoholisierten Zustand des GS war er nicht in der Lage, sich zu schützen</t>
+  </si>
+  <si>
+    <t>30.10.2025</t>
+  </si>
+  <si>
+    <t>2025-0103</t>
+  </si>
+  <si>
+    <t>GS wurde an ihrem Arbeitsort (Tankstellen Shop) vom Täter mit erhobenem Messer genötigt, die Kasse zu öffenen und ihm das Geld zu übergeben.</t>
+  </si>
+  <si>
+    <t>Brigandage (140)</t>
+  </si>
+  <si>
+    <t>Sitzungen bei einer Psychologin</t>
+  </si>
+  <si>
+    <t>Kann nicht mehr bei einer Tankstelle arbeiten.</t>
+  </si>
+  <si>
+    <t>Musste sich beruflich umorientieren.</t>
+  </si>
+  <si>
+    <t>22.10.2025</t>
+  </si>
+  <si>
+    <t>OHG 2018/104</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin traf sich zur Aussprache mit dem Täter (ihrem Ehemann, von dem sie sich kurz zuvor getrennt hatte) in der gemeinsamen Wohnung. Ihre Schwester begleitete sie. Nach einem kurzen Gespräch stand der Täter auf, warf die GS zu Boden, zog ein Klappmesser hervor und führte damit kraftvolle Stichbewegungen gegen den Brustbereich der zwischen seinen Beinen am Boden liegenden GS. Diese versuchte, die Stiche abzuwehren, indem sie mit beiden Händen ins Messer griff. Ihrer Schwester gelang es schliesslich, den Täter von der GS wegzustossen. Zuvor war es bereits zu einer Todesdrohungen in der Wohnung mit Packen am Hals gekommen und einer Todesdrohung im fahrenden Auto, wobei der Täter der GS das Messer gegen den Körper hielt und ihr damit das Kleid aufschnitt.</t>
+  </si>
+  <si>
+    <t>Tentative d'homicide, Lésions corporelles (122-123, 125, 126) sans LCR, Extorsion et chantage, menaces, contraintes (156, 180-181), Autres infractions contre la liberté (183, 184, 185)</t>
+  </si>
+  <si>
+    <t>Schnitt- und Stichverletzungen an der linken Hand mit Verletzung der Strecksehnen der Finger, Schnitt- und Stichverletzungen an der rechten Hand mit Verletzungen der Daumenmuskulatur, Schnitt- und Stichverletzungen am linken Vorder- und Oberarm, links an der Brust, am Sternum, Kinn, an beiden Oberschenkeln sowie am linken Knie/Unterschenkel.</t>
+  </si>
+  <si>
+    <t>6 Tage Spitalaufenthalt</t>
+  </si>
+  <si>
+    <t>2 Monate zu 100%</t>
+  </si>
+  <si>
+    <t>die Gesuchstellerin befand sich im Tatzeitpunkt in der Frühschwangerschaft</t>
+  </si>
+  <si>
+    <t>21.10.2025</t>
+  </si>
+  <si>
+    <t>64'688</t>
+  </si>
+  <si>
+    <t>1500 CHF</t>
+  </si>
+  <si>
+    <t>L'auteur a menacé à plusieurs reprises la victime, l'a poussée et prise par les cheveux alors qu'elle était enceinte. À une reprise, il l'a saisie à la gorge. Il a par ailleurs poussé la victime à contracter un prêt de Fr. 65'000.- à son nom._x000D_
+_x000D_
+L'autorité a admis Fr. 1'500.- à titre de réparation morale, rejetant le solde dans la mesure où l'infraction de contrainte retenue par le Ministère public n'est liée qu'à un élément financier (le prêt).</t>
+  </si>
+  <si>
+    <t>La victime était enceinte de l'auteur avec qui elle vivait</t>
+  </si>
+  <si>
+    <t>63'493</t>
+  </si>
+  <si>
+    <t>La victime, âgée de 13 ans au moment des faits, a été approchée par un ami de la famille qui était majeur. Celui-ci a rapidement orienté la discussion sur des questions de nature sexuelle. L'auteur a d'abord insisté pour se rendre au domicile de la victime et lui a demandé de coucher avec elle, ce qu'elle a refusé. L'auteur a tellement insisté qu'elle a fini par céder ; il a commencé à la toucher par-dessus ses vêtements et l'a forcée à une fellation. Il lui a, à nouveau, demandé de coucher avec elle, ce qu'elle a, à nouveau, refusé. Devant son insistance et ne sachant plus comment réussir, la jeune fille s'est alors laissée faire et a subi un viol. Elle le considérait comme un grand frère. Elle a été placée dans un foyer pendant plusieurs mois avant de déménager de Suisse.</t>
+  </si>
+  <si>
+    <t>Séjour en foyer durant 7 à 8 mois</t>
+  </si>
+  <si>
+    <t>Psychothérapies ; inconnu si celle-ci est poursuivie encore aujourd'hui</t>
+  </si>
+  <si>
+    <t>Probable que les infractions impacteront sa vie future</t>
+  </si>
+  <si>
+    <t>Adolescente de 14 ans face à un adulte - première expérience sexuelle</t>
+  </si>
+  <si>
+    <t>Adolescente de 14 ans face à un adulte - jamais eu de rapports sexuels</t>
+  </si>
+  <si>
+    <t>14.10.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'100</t>
+  </si>
+  <si>
+    <t>GS arbeitete in Pflegezentrum, Täter war Patient. Dieser versteckte sich mit Küchenmesser in der Hand (11 cm Klingenlänge) und wartete auf die GS. Als diese Zimmer betrat, machte er ausholhende Bewegung und versuchte auf Hals der GS einzustechen. GS wehrte Angriff ab. Täter schrie "Geh zurück!" und führte aus 1m Distanz ca. 10 Stichbewegungen Richtung GS aus. Darauf folgte er ihr in den Gang und bedrohte sie wiederholt mit dem Tod. GS konnte fliehen. Täter liess Messer erst nach Androhung Schusswaffeneinsatz durch Polizei fallen.</t>
+  </si>
+  <si>
+    <t>Extorsion et chantage, menaces, contraintes (156, 180-181)</t>
+  </si>
+  <si>
+    <t>PTBS</t>
+  </si>
+  <si>
+    <t>Wöchentlich (&gt; 1 Jahr); stationäre Therapie beabsichtigt</t>
+  </si>
+  <si>
+    <t>Mind. 1 Jahr 100 %</t>
+  </si>
+  <si>
+    <t>GS konnte nicht mehr an bisherigem Ort arbeiten. Später Kündigung durch Arbeitgeber.</t>
+  </si>
+  <si>
+    <t>58774</t>
+  </si>
+  <si>
+    <t>76000 CHF</t>
+  </si>
+  <si>
+    <t>L’auteur a commis de manière répétée des actes d’ordre sexuel, y compris des viols et des actes de zoophilie, à l’encontre de sa fille, alors que celle-ci était âgée de douze jours à un peu plus de sept ans. A ces occasions, il a filmé et photographié, à plusieurs centaines de reprises, la demanderesse alors qu’il s’adonnait à des actes d’ordre sexuel à son encontre ou avait déterminé celle-ci à accomplir des actes d’ordre sexuel. Au total, au moins 561 vidéos et 180 photos mettant en scène la victime ont été retrouvées sur les supports informatiques séquestrés. L’auteur a téléchargé plus de 600'000 fichiers pornographiques illégaux contenant de la pornographie dure ainsi qu'un nombre indéterminé de fichiers contenant de la violence, soit des actes de cruauté envers des êtres humains.</t>
+  </si>
+  <si>
+    <t>150000</t>
+  </si>
+  <si>
+    <t>-150000 CHF</t>
+  </si>
+  <si>
+    <t>Actes d'ordre sexuel avec des enfants (187), Actes d'ordre sexuel avec des personnes dépendantes (188, 191, 192, 193), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>- stress post-traumatique complexe; trouble mixte des conduites et émotions; profonde détresse psychique, dépression; grandes difficultés scolaires; besoins compulsifs au niveau de la sexualité; bon développement et avenir durablement et, sans doute, irrémédiablement compromis; modification durable de la personnalité non exclue</t>
+  </si>
+  <si>
+    <t>-psychothérapie, entrevue hebdomadaire, vraisemblablement des années de prise en charge dans le futu</t>
+  </si>
+  <si>
+    <t>- risque de suicide</t>
+  </si>
+  <si>
+    <t>30.09.2025</t>
+  </si>
+  <si>
+    <t>OHG 3'933</t>
+  </si>
+  <si>
+    <t>Täter bedroht damalige Ehefrau während 2 Jahren wiederholt mit dem Tod (er werde sie u.a. verbrennen); dem 11-jährigen Sohn spielt er ein Video vor, in dem eine Frau gesteinigt wird und bemerkte, dies sollte man auch mit der GS machen. Bei einem Vorfall stauchte er eines ihrer Fingergelenke, riss sie vom Bett auf den Boden, schlug sie, kniete auf Bauch und schlug ihren Kopf an den ihren Haaren festhaltend gegen den Boden. Einmal verpasste er ihr mehrere Ohrfeigen und zog sie an den Haaren. Bei anderem Vorfall ohrfeigte er sie und schubste sie später mit einem Fusstritt in einen Fluss. Darauf drückte er ihr Holzscheitel gegen Mund. Bei einem Vorfall beschimpfte er die GS und schlug sie mit einem Holzstock am ganzen Körper. Kurzes Würgen. Androhung sexueller Gewalt.</t>
+  </si>
+  <si>
+    <t>nach Ermessen</t>
+  </si>
+  <si>
+    <t>Mind. 30 Sitzungen Psychotherapie</t>
+  </si>
+  <si>
+    <t>Auch nach Verurteilung weitere Vorfälle; Täter verunglimpft GS nach wie vor.</t>
+  </si>
+  <si>
+    <t>24.09.2025</t>
+  </si>
+  <si>
+    <t>2024-0059</t>
+  </si>
+  <si>
+    <t>9000 CHF</t>
+  </si>
+  <si>
+    <t>Auf dem Heimweg im Tram kommt die GS ins Gespräch mit den 2 Tätern und wird von ihnen nach Hause begleitet. Dort angekommen wird sie im Hauseingang festgehalten, vergewaltigt und mehrfach sexuell genötigt.</t>
+  </si>
+  <si>
+    <t>23.09.2025</t>
+  </si>
+  <si>
+    <t>OHG 2025/1-3</t>
+  </si>
+  <si>
+    <t>Das zum Tatzeitpunkt 9-jährige Opfer begleitete seine Mutter, welche sich in der Essensausgabe für sozial benachteiligte Menschen eines Vereins engagierte, wo auch der Täter tätig war. Während eines Zeitraums von 5 Monaten griff der Täter dem Opfer 3-4 Mal unter den Pullover, betastete und massierte seine Brüste und fotografierte es 22 Mal, wobei 5 Fotos das Opfer mit hochgezogenem Rock und Fokus auf den mit Unterhosen bedeckten Genitalbereich zeigen.</t>
+  </si>
+  <si>
+    <t>Actes d'ordre sexuel avec des enfants (187)</t>
+  </si>
+  <si>
+    <t>- Minderjährigkeit</t>
+  </si>
+  <si>
+    <t>Das zum Tatzeitpunkt 11-jährige Opfer begleitete seine Mutter, welche sich in der Essensausgabe für sozial benachteiligte Menschen eines Vereins engagierte, wo auch der Täter tätig war. Während eines Zeitraums von 5 Monaten griff der Täter dem Opfer in unbestimmter Häufigkeit unter und über den Kleidern an die Brüste und die Vagina und betastete diese. Zudem fotografierte er das Opfer unbestimmt oft, wobei 2 Fotos das Opfer auf dem Schoss des Täters zeigen, wobei der Täter den Rock hochzieht, so dass der  Fokus auf den mit Unterhosen bedeckten Genitalbereich zeigt. Das Opfer begab sich zur Verarbeitung des erlebten in eine Psychotherapie.</t>
+  </si>
+  <si>
+    <t>Psychische Beeinträchtigung</t>
+  </si>
+  <si>
+    <t>Ein weiters Geschwister erhielt dieselbe Genugtuung aufgrund fast identischer Straftaten.</t>
+  </si>
+  <si>
+    <t>OHG 2021/81</t>
+  </si>
+  <si>
+    <t>Der Gesuchsteller gesellte sich zum Täter und dessen Bekannten, welche auf einer Parkbank sassen. Nach einem freundlichen Gespräch stellten der Täter und der GS fest, dass sie gerne gegeneinander kämpfen würden. Der Täter startete die Auseinandersetzung mit einem Faustschlag gegen den Kopf des GS, woraufhin dieser dem Täter ebenfalls einen Faustschlag verpasste, durch den der Täter zu Boden ging. Der GS stürzte sich daraufhin auf den Täter und musste von dessen Bekannten von ihm getrennt werden. Anschliessend gingen sie noch zwei weitere Male aufeinander los, wobei der Täter zu Boden ging. Der GS machte sich über ihn lustig und entfernte sich. Der Täter nahm sein Taschenmesser und folgte ihm. Als der GS dies bemerkte, ging er er auf den Täter zu, welcher daraufhin mehrmals auf ihn einstach</t>
+  </si>
+  <si>
+    <t>40%</t>
+  </si>
+  <si>
+    <t>Ca. 3 cm lange und 10 cm tiefe Stichverletzung am Brustkorb unterhalb der rechten Achsel, ca. 2 cm lange _x000D_
+und 5 cm tiefe Stichverletzung am linken Unterbauch, ca. 0.5 cm lange und 0,2 cm tiefe Schnittverletzung am rechten Beckenkamm sowie eine oberflächliche Schnittverletzung an der rechten Wange.</t>
+  </si>
+  <si>
+    <t>5 Tage</t>
+  </si>
+  <si>
+    <t>Notoperation</t>
+  </si>
+  <si>
+    <t>Psychiatrische Behandlung</t>
+  </si>
+  <si>
+    <t>weitere Herabsetzung der Genugtuung wegen Wohnsitz im Ausland</t>
+  </si>
+  <si>
+    <t>OHG 2025/5</t>
+  </si>
+  <si>
+    <t>Während einem Zeitraum von gut fünf Jahren machte der Täter mit seinem Mobiltelefon insgesamt sieben Aufnahmen, auf welchen der entblösste Genitalbereich seiner Enkelin (Gesuchstellerin) prominent dargestellt ist. Die Gesuchstellerin war zwischen wenigen Monaten und fünf Jahren alt. Im selben Zeitraum, zu einem nicht genauer eruierbaren Zeitpunkt, drückte und rieb der Täter die entblösste Brustwarze der GS, wobei er seine Finger an der Brustwarze hin und her bewegte und dies mit dem Mobiltelefon filmte.</t>
+  </si>
+  <si>
+    <t>19.09.2025</t>
+  </si>
+  <si>
+    <t>1204-02, 030/2025</t>
+  </si>
+  <si>
+    <t>2500 CHF</t>
+  </si>
+  <si>
+    <t>Nach einer hitzigen Diskussion, da das Opfer den Ehemann verdächtigte, unter Drogeneinfluss zu stehen, versuchte das Opfer, die Polizei zu erreichen, was mangels Sprachkenntnissen nicht gelang. Als der Ehemann dies bemerkte, packte er es am Arm und drückte es gegen die Wand. Später stellte das Opfer fest, dass der Täter die Rückschaffung ins Heimat plante, es kam zum Streit. Dabei hielt der Ehemann ein Brotmesser in der Hand, packte das Opfer am Arm und drückte es gegen die Wand, dabei versuchte das Opfer, das Messer zu entwenden und verletzte sich. Nach einem weiteren Streit packte der Ehemann das Opfer mehrmals am Hals, stiess es gegen die Wand und den Fensterrahmen, wobei sich das Opfer am Ellbogen und Hinterkopf verletzte und danach an Hämatomen und Atemnot litt.</t>
+  </si>
+  <si>
+    <t>Opfer</t>
+  </si>
+  <si>
+    <t>An Hinterkopf eine druckschmerzhafte Schwellung mit kleinfleckigen Hauteinblutungen von 4 cm, am Hals, Ober- und Unterarm sowei an der Oberschenkelvorderseite Hämatome.</t>
+  </si>
+  <si>
+    <t>hausärztliche Behandlung</t>
+  </si>
+  <si>
+    <t>11.09.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'290</t>
+  </si>
+  <si>
+    <t>GS beendete Freundschaft zum Täter, womit dieser nicht umgehen konnte. Von seinem Motorrad aus feuerte er fünf Schüsse auf vermeintliche Wohnung der GS. Später fuhr er zum Haus ihrer Eltern und gab dort 11 Schüsse auf das Haus ab. Die GS sass in diesem Zeitpunkt mit ihrem Freund beim Gartensitzplatz der Elternliegenschaft. Die beiden flüchteten darauf in das Haus und legten sich zu Boden. Dabei bemerkten sie, dass Terrassentür offen blieb, was sie noch mehr verängstigte. Freund der GS erkannte Einschusslöcher im Haus und erkannte den Täter, wie er erneut die Waffe feuerte. Danach begab Täter sich zum PW der GS und feuerte auf diesen 10 Schuss ab. Die Polizei traft erst nach rund 40 Minuten ein.</t>
+  </si>
+  <si>
+    <t>Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>5 Monate Psychotherapie (Frequenz unbekannt)</t>
+  </si>
+  <si>
+    <t>Grösste Todesangst; selbstverletzendes Verhalten nach Tat und beginnende Suizidgedanken;</t>
+  </si>
+  <si>
+    <t>10.09.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'084</t>
+  </si>
+  <si>
+    <t>37-jähriger Täter (Mitbewohner des Vaters der Gesuchstellerin) betrat frühmorgens das Zimmer der schlafenden 13-jährigen Gesuchstellerin und fasste ihr unter Kleidung an die Vulva. Darauf öffnete er ihren Hosenknopf und streichelte sie am Unterbauch. Gesuchstellerin erwachte dabei, stellte sich jedoch schlafend.</t>
+  </si>
+  <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>Actes d'ordre sexuel avec des enfants (187), Actes d'ordre sexuel avec des personnes dépendantes (188, 191, 192, 193)</t>
+  </si>
+  <si>
+    <t>Beeinträchtigungen notorisch. Reduktion auf Fr. 1'000.- aufgrund Wohnsitz in Polen.</t>
+  </si>
+  <si>
+    <t>Gesuchstellerin 13-jährig</t>
+  </si>
+  <si>
+    <t>35243</t>
+  </si>
+  <si>
+    <t>La victime et sa famille ont été l'objet d'un incendie intentionnel d'un groupe de mineurs avec lequel il avait eu des altercations. Aucune thérapie n'a été entreprise, mais il a dû faire sortir sa famille de son logement afin d'éviter d'être pris au piège. Il n'a pas non plus subi d'atteinte à son intégrité physique._x000D_
+_x000D_
+Dans la mesure où sa vie n'a jamais été menacée, et que le feu a pu rapidement être conscrit par les pompiers, le montant de Fr. 1'500.- apparaissait comme étant raisonnable.</t>
+  </si>
+  <si>
+    <t>Dommages importants aux biens, mais peu d'impact sur la victime</t>
+  </si>
+  <si>
+    <t>2025-0077</t>
+  </si>
+  <si>
+    <t>Der GS war am 16. April 2022 mit seinen Kollegen im Ausgang, als sie sich gegen 23.30 Uhr in den Club «Barock» begaben. Als sie den Club später verliessen, bemerkten sie, dass sie vom Täter und seinen Kollegen verfolgt  wurden. Als diese den Gesuchsteller zum Stehenbleiben aufforderten, rannte dieser bis zur Tramhaltestelle, wobei ihm der Täter und einer seiner Kollegen weiter folgten. Schliesslich stiegen alle drei in ein dort wartendes Tram.  Im Tram begab sich der Täter gefolgt vom Mittäter in den hinteren Teil des Wagens, von wo ihm der Gesuchsteller entgegen kam. Ohne Vorwarnung oder Anlass schlug der Täter dem Gesuchsteller mit Fusstritten und Fäusten gegen das Gesicht zusammen.</t>
+  </si>
+  <si>
+    <t>500</t>
+  </si>
+  <si>
+    <t>mehrere frische, durch stumpfe und stumpf-tangentiale Gewalteinwirkung entstandene Verletzungen an Kopf (u.a. Augenhöhle), Rücken und Schultern.</t>
+  </si>
+  <si>
+    <t>erhebliche und langanhaltende psychische Belastung, Angst, Ohnmacht, Unsicherheit</t>
+  </si>
+  <si>
+    <t>03.09.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'228</t>
+  </si>
+  <si>
+    <t>Täter stalkt ehemalige Partnerin und deren Familie. GS ist Schwester der Ex-Partnerin. Lenkte u.a. Fahrzeug auf Gegenfahrbahn, als er entgegenkommende GS  erkannte. Diese musste im letzten Moment ausweichen. Weiterer Vorfall mit ähnlichem Vorgehen. Einmal überholte Täter bei Gegenverkehr mehrere Fahrzeuge, um zu GS aufzuschliessen. Einmal drohte er, ihren Kopf gegen Wand zu schlagen Einmal drückte er Faust gegen ihren Bauch und drohte mit Schlägen. Immer wieder unerwünschte Kontaktaufnahmen.</t>
+  </si>
+  <si>
+    <t>Tatzeitraum rund ein Jahr; keine PT in Anspruch genommen aber Beeinträchtigungen notorisch.</t>
+  </si>
+  <si>
+    <t>02.09.2025</t>
+  </si>
+  <si>
+    <t>OHG 3'381</t>
+  </si>
+  <si>
+    <t>Ehemann erzwang mind. 5x mit Gewalt den Geschlechtsverkehr gegen Willen der GS. In Wintermonat sperrte er sie mind. 14x nachts auf dem Balkon aus und liess sie erst morgens wieder in Wohnung. Täter drohte mehrfach, sie umzubringen und hielt ihr dabei Messer an Hals oder Bauch. Faustschläge und Bisse, Fusstritte in Bauch, viele Demütigungen (Müll über Kopf ausleeren; Bespucken, Bezeichnung als Sklavin)</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Extorsion et chantage, menaces, contraintes (156, 180-181), Atteinte et contrainte sexuelles, viol (189, 190), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>PTBS, Unterleibsschmerzen und Blasenentleerungsstörungen</t>
+  </si>
+  <si>
+    <t>aktuell alle 3 Wochen; wöchentlich psych. Spitex</t>
+  </si>
+  <si>
+    <t>Bis 5 Jahre nach Taten 100 %</t>
+  </si>
+  <si>
+    <t>Verlust Lebensfreude und Selbstvertrauen</t>
+  </si>
+  <si>
+    <t>Täter schuf menschenverachtendes Umfeld</t>
+  </si>
+  <si>
+    <t>OHG 3'272</t>
+  </si>
+  <si>
+    <t>17000 CHF</t>
+  </si>
+  <si>
+    <t>Vater der anfangs 12-jährigen GS nimmt regelmässig sexuelle Handlungen an der GS vor. Stetige Zunahme Intensität bis zum Geschlechtsverkehr (teilw. ohne Kondom). Handlungen wöchentlich, zeitweilig monatlich. Als GS sich anfängt zu wehren, wurde Täter handgreiflich, drohte ihr und setzte sie psychisch unter Druck.</t>
+  </si>
+  <si>
+    <t>17000</t>
+  </si>
+  <si>
+    <t>Extorsion et chantage, menaces, contraintes (156, 180-181), Actes d'ordre sexuel avec des enfants (187), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>Notorische Beeinträchtigungen</t>
+  </si>
+  <si>
+    <t>In Anspruch genommen</t>
+  </si>
+  <si>
+    <t>Vielzahl von Vorfällen über langen Zeitraum</t>
+  </si>
+  <si>
+    <t>Handlungen begannen, als GS 12 Jahre alt war. Täter ist leiblicher Vater.</t>
+  </si>
+  <si>
+    <t>OHG 4'099</t>
+  </si>
+  <si>
+    <t>Täter schlug seinem 17-jährigen Sohn untermittelt mit einem Hammer gegen den Kopf im Bereich des Scheitelbeins.</t>
+  </si>
+  <si>
+    <t>mehrstückiger Eindrückungsbruch mit Verlagerung Knochenfragmenten; Hirnblutung; GS erlitt Krampfanfall im Spital</t>
+  </si>
+  <si>
+    <t>6 Tage stationär nach OP, danach Reha-Klinik</t>
+  </si>
+  <si>
+    <t>Not-Operation</t>
+  </si>
+  <si>
+    <t>GS minderjährig; Täter ist leiblicher Vater</t>
+  </si>
+  <si>
+    <t>OHG 2'877</t>
+  </si>
+  <si>
+    <t>Täter verging sich über Zeitraum von 7,5 Jahren an Tochter seiner Lebenspartnerin. GS war im Tatzeitraum 7 bis 15 Jahre alt. Oral- und Analverkehr. Ab 12. Lebensjahr versuchte GS vergeblich, sich zu wehren. Der Analverkehr fand über Zeitraum von 3 oder 4 Jahren fast jedes Wochenende statt (mind. 200 Vorfälle)</t>
+  </si>
+  <si>
+    <t>5 Monate Therapie; rund 3 Wochen stationär</t>
+  </si>
+  <si>
+    <t>Im Tatzeitraum 7 bis 15 Jahre alte Gesuchstellerin</t>
+  </si>
+  <si>
+    <t>01.09.2025</t>
+  </si>
+  <si>
+    <t>1204-02, 019/2025</t>
+  </si>
+  <si>
+    <t>Das spätere weibliche Opfer traf kurz nach ihrem 15. Geburtstag den spätreren 20-jährigen Täter in einem Jugendtreff. Bereits nach einer Woche überredete der Täter das Opfer zum Geschlechtsverkehr, obwohl dieses damit bis zum 16. Geburtstag hatte warten wollen. In den kommenden Wochen kam es immer wieder gegen den Willen des Opfers zum Geschlechtsverkehr. Schliesslich konnte das Opfer die Beziehung nach rund 10 Monaten beenden.</t>
+  </si>
+  <si>
+    <t>Actes d'ordre sexuel avec des enfants (187), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>Posttraumatische Belastungsstörung, Ess- und Schlafstörungen</t>
+  </si>
+  <si>
+    <t>4 Sitzungen bei Psychologin</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin lernte in einen Jugendtreff kurz nach ihrem 15. Geburstag einen 5 Jahre älteren jungen Mann kennen. Bereits nach knapp einer Woche liess sie sich zum Geschlechtsverkehr überreden, obwohl sie eigentlich vor dem 16. Geburtstag keinen Sex wollte. Gegen den Willen der Gesuchstellerin hatten die beiden während rund 6 Monaten sehr häufig Sex. Die Gesuchstellerin wollte sich vom Täter trennen, doch er drohte sich umzubringen oder sich zu ritzen. So gewährte sie ihm eine 2. Chance und hoffte, dass er sich ändern würde. Doch auch danach kam es wiederholt zu Geschlechtsverkehr, so dassdie Gesuchstellerin die Beziehung 2 Monate später beendete.</t>
+  </si>
+  <si>
+    <t>-Angstzustände, Panikattacken, Ess- und Schlafstörungen, Konzentrationsprobleme</t>
+  </si>
+  <si>
+    <t>psychologisch-psychotherapeutische Behandlung während 5 Monaten</t>
+  </si>
+  <si>
+    <t>25.08.2025</t>
+  </si>
+  <si>
+    <t>OHG 2025/18</t>
+  </si>
+  <si>
+    <t>In den frühen Morgenstunden kam es während einer Zugfahrt zu einer verbalen Auseinandersetzung zwischen dem Täter, dessen Begleitpersonen und dem Gesuchsteller. Die Auseinandersetzung beruhigte sich jedoch wieder. Nachdem der GS aus dem Zug gestiegen war, ging der Täter auf den GS zu und verpasste ihm unvermittelt einen Faustschlag gegen die linke Gesichtshälfte, wodurch der GS mehrere Gesichtsfrakturen erlitt.</t>
+  </si>
+  <si>
+    <t>2500</t>
+  </si>
+  <si>
+    <t>Gesichtsfrakturen, eingeschränktes Sichtfeld im linken Auge während mehrerer Monate</t>
+  </si>
+  <si>
+    <t>3 Tage</t>
+  </si>
+  <si>
+    <t>Dem GS wurden 4 Platten eingesetzt, welche 9 Monate später in einer zweiten OP entfernt wurden</t>
+  </si>
+  <si>
+    <t>Psychotherapeutische Behandlung</t>
+  </si>
+  <si>
+    <t>29 Tage zu 100%</t>
+  </si>
+  <si>
+    <t>Jura</t>
+  </si>
+  <si>
+    <t>20.08.2025</t>
+  </si>
+  <si>
+    <t>03/25</t>
+  </si>
+  <si>
+    <t>Sur une période de moins de 3 semaines, l'auteur a écrit des dizaines de messages à son ex-amie dont il venait de se séparer. Il l'a notamment traité de "sale pute" et de "salope" et l'a menacée en lui disant qu'il allait la tuer s'il la voyait avec un autre homme ou si elle allait à la police.</t>
+  </si>
+  <si>
+    <t>Peur de représailles</t>
+  </si>
+  <si>
+    <t>La requérante a refusé de délier son médecin du secret médical</t>
+  </si>
+  <si>
+    <t>La requérante a retiré sa plainte pénale pour des faits antérieurs (classement)</t>
+  </si>
+  <si>
+    <t>05.08.2025</t>
+  </si>
+  <si>
+    <t>02/22</t>
+  </si>
+  <si>
+    <t>L'auteur et la victime, un jeune homme, sont entrés en contact au moyen des réseaux sociaux. La victime était élève dans le collègue où l'auteur enseignait. L'auteur s'est mis à genoux devant la victime, lui a fait une fellation et l'a masturbé jusqu'à éjaculation. L'auteur a également demandé à la victime de le caresser, ce qu'elle a fait. L'auteur a encore envoyé des photos et vidéos de son sexe à la victime. Après les faits, la victime a eu un électrochoc et a eu le sentiment d'avoir fait une bêtise ainsi que d'être dans le mal.</t>
+  </si>
+  <si>
+    <t>Actes d'ordre sexuel avec des personnes dépendantes (188, 191, 192, 193)</t>
+  </si>
+  <si>
+    <t>Stress, perturbations de la vie quotidienne</t>
+  </si>
+  <si>
+    <t>Bref suivi auprès d'une psychologue</t>
+  </si>
+  <si>
+    <t>24.07.2025</t>
+  </si>
+  <si>
+    <t>1204-02, 050/2024</t>
+  </si>
+  <si>
+    <t>L'auteur a à plusieurs reprises rejoint la victime, alors âgée entre 6 et 8 ans, sous la douche, le soir, entièrement nu. Il la touchait sur le corps et lui mettait un ou deux doigts dans le vagin ainsi que les fesses et à certaines reprises, il a contraint l'enfant à subir un acte sexuel complet. L'auteur a également menacé à plusieurs reprises la victime et son frère de leur faire du mal et de faire de leurs vies un enfer s'ils parlaient à leur mère des violences subies indiquant qu'il avait déjà tué quelqu'un et que ce serait eux qui partiraient en premier.</t>
+  </si>
+  <si>
+    <t>Extorsion et chantage, menaces, contraintes (156, 180-181), Actes d'ordre sexuel avec des enfants (187), Atteinte et contrainte sexuelles, viol (189, 190), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>phase de dépression avec pensées suicidaires scénarisées sous forme de phlébotomie et scarification, crise d'angoisse, insomnies et anxiété</t>
+  </si>
+  <si>
+    <t>1204-02, 051/2024</t>
+  </si>
+  <si>
+    <t>L'auteur a, à réitérées reprises asséné au requérant et sa sœur des gifles et des coups de pieds sans raison; Il les a également enfermé dans leurs chambres à plusieurs reprises durant toute une journée. L'auteur a notamment giflé le requérant en tapant sa tête de chaque côté avec ses deux mains durant une dizaine de seconde et lui a mis un coup de pied dans le ventre le faisant tomber au sol, l'a relevé et a continué à le frapper sans aucune raison puis l'a plaqué contre une armoire en le soulevant par le pull au niveau du cou en lui disant qu'il était une petite merde. L'auteur a à plusieurs reprises menacé la victime et sa sœur de leur faire encore plus de mal et de faire de leur vie un enfer s'il parlait à leur mère des violences subies indiquant qu'il avait déjà tué quelqu'un.</t>
+  </si>
+  <si>
+    <t>Extorsion et chantage, menaces, contraintes (156, 180-181), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>pensées suicidaires et sentiment de peur</t>
+  </si>
+  <si>
+    <t>23.07.2025</t>
+  </si>
+  <si>
+    <t>1204-02,013/2025</t>
+  </si>
+  <si>
+    <t>Victime ayant subi de nombreuses années de violences domestiques (gifles, tapes sur la tête, cheveux arrachés, attrapée et serrée au cou, contrainte à subir l'acte sexuel, menaces,à une occasion frappée à plusieurs reprises à la tête au point que la victime estime avoir failli mourir, pas de plainte ni consultation, par crainte). Après la séparation, le dernier fait en date a consisté en des coups portés au niveau du dos et d'un bras au moyen d'un objet dangereux par son ancien compagnon alors qu'elle passait avec son amie près d'un lieu où l'auteur travaillait.</t>
+  </si>
+  <si>
+    <t>- Atteinte à la santé physique et psychique_x000D_
+- insomnies_x000D_
+- cauchemars_x000D_
+- réflexes de regarder par-dessus son épaule lors de toute sortie_x000D_
+- tristesse_x000D_
+- pensées tournant en rond_x000D_
+- profond sentiment d'injustice_x000D_
+- peur au ventre en permanence</t>
+  </si>
+  <si>
+    <t>1204-02,012/2025</t>
+  </si>
+  <si>
+    <t>homme qui a agressé à coup de barre de fer une femme qu'il croyait être l'amante de son ex-femme.</t>
+  </si>
+  <si>
+    <t>séquelle psychologiques et fracture du bras</t>
+  </si>
+  <si>
+    <t>2024-0114</t>
+  </si>
+  <si>
+    <t>Der alkoholisierte Täter hielt sich im Bahnhof auf dem Perron auf und sprach dort u.a. den GS an. Es kam es zu einer heftigen Diskussion zwischen dem Täter und dem GS. Danach zerrte der Täter den Gesuchsteller Richtung Geleise und schwang diesen vom Perron auf das Bahngleis. Der Gesuchsteller landete zwischen den Geleisen und prallte u.a. auch mit dem Kopf darauf. Der Gesuchsteller konnte sich nach dem Aufprall nach einem Sitzversuch nur mit Hilfe von Drittpersonen vor dem ca. 25 Sekunden später heranfahrenden Zug auf das Perron in Sicherheit bringen.</t>
+  </si>
+  <si>
+    <t>leichtes Schädel-Hirn-Trauma, Kontusion Unterarm rechts sowie Dig. II rechts, thorakal rechts (dominant), Hämatom am Kopf rechts und Schürfwunden am Ellenbogen und Unterarm, überall druckempfindlich und Kopfschmerzen_x000D_
+posttraumatische Belastungsstörung</t>
+  </si>
+  <si>
+    <t>Psychotherapie und wg. Nackenverspannungen 2 x 9 Sitzungen Physiotherapie</t>
+  </si>
+  <si>
+    <t>12 Tage 100% AUF nach Straftat und 6 Mte später wg. psychischen Beeinträchtigungen 1 Monat 100% AUF</t>
+  </si>
+  <si>
+    <t>21.07.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'256</t>
+  </si>
+  <si>
+    <t>Täter packte Gesuchstellerin anlässlich eines verbalen Streits an den Armen und stiess sie mehrfach gegen die Wand, sodass sie den Kopf anschlug. Danach packte er sie erneut und stiess sie auf der Treppe zu Boden, so dass sie mit dem Hinterkopf auf der Treppe aufschlug. Als die Gesuchstellerin wieder Aufstand, stiess Täter sie erneut um, so dass sie erneut zu Boden fiel.</t>
+  </si>
+  <si>
+    <t>leichtes Schädelhirntrauma, RQW Hinterkopf, Zahnabbruch, Hämatome</t>
+  </si>
+  <si>
+    <t>Zahnbehandlung, RQW musste genäht werden</t>
+  </si>
+  <si>
+    <t>keine Angaben</t>
+  </si>
+  <si>
+    <t>17.07.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'253</t>
+  </si>
+  <si>
+    <t>Beschuldigter griff Mitbewohner des GS mit einem Messer an und verletzte diesen schwer. Als Beschuldigter nach diesem Angriff seinen Blick auf den GS richtete, geriet dieser in Panik und befürchtete, nun auch angegriffen zu werden. Da Beschuldigter noch zwischen ihm und der Türe stand, ergriff GS die Flucht. Er sprang aus dem Fenster des Zimmers, wodurch er rund 4,8 Meter in die Tiefe stürzte. Dabei zog er sich diverse Frakturen zu.</t>
+  </si>
+  <si>
+    <t>Leichte Hirnerschütterung, Frakturen an Knöchel, Wirbeln und Handgelenk, psychische Beeinträchtigungen</t>
+  </si>
+  <si>
+    <t>1 Woche stationär</t>
+  </si>
+  <si>
+    <t>OP und Folgebehandlungen</t>
+  </si>
+  <si>
+    <t>6 Psychotherapiesitzungen</t>
+  </si>
+  <si>
+    <t>rund 6 Monate 100 %</t>
+  </si>
+  <si>
+    <t>Temporäre Schmerzen nach langem Sitzen und bei Wetterwechsel</t>
+  </si>
+  <si>
+    <t>Täter schuldunfähig; Gericht anerkannte Erfüllung der Tatbestände zu Nachteil GS</t>
+  </si>
+  <si>
+    <t>16.07.2025</t>
+  </si>
+  <si>
+    <t>1204-02, 008/2025</t>
+  </si>
+  <si>
+    <t>600 CHF</t>
+  </si>
+  <si>
+    <t>Trois auteurs ont abordé la victime visiblement alcoolisée et lui ont ordonné de leur donner ce qu'il avait sur lui. N'obtempérant pas, les auteurs ont donné un coup de poing au visage, puis des coups de pieds pour qu'il tombe. Une fois à terre, ils lui ont dérobé son portable et lui ont demandé le code. Ils lui  ont également pris ses gants Nike et des écouteurs.</t>
+  </si>
+  <si>
+    <t>fracture de la mâchoire et du nez / incapacité de travail de 3 semaines /suivi psychologique</t>
+  </si>
+  <si>
+    <t>Soleure</t>
+  </si>
+  <si>
+    <t>15.07.2025</t>
+  </si>
+  <si>
+    <t>2023/242</t>
+  </si>
+  <si>
+    <t>Opfer wird nach einer verbalen Auseinandersetzung mit einem Messer angegriffen und am linken Knie verletzt. Infolge des überraschenden Messerangriffs erleidet Opfer eine 3cm tiefe Schnittverletzung am Knie.</t>
+  </si>
+  <si>
+    <t>7cm lange und 5cm breite Schnittwunde am Knie, Schnittwunde musste genäht werden</t>
+  </si>
+  <si>
+    <t>physiotherapeutische Behandlung</t>
+  </si>
+  <si>
+    <t>bleibende Narbe am Knie</t>
+  </si>
+  <si>
+    <t>2022/035</t>
+  </si>
+  <si>
+    <t>4400 CHF</t>
+  </si>
+  <si>
+    <t>Opfer wird von sechs Jugendlichen in der Öffentlichkeit zusammengeschlagen und mittels Fusstritten sowie Schlägen gegen den Kopf traktiert. Opfer konnte aufgrund der Unterkieferfraktur ein Monat lang nur pürierte Kost zu sich nehmen.</t>
+  </si>
+  <si>
+    <t>Fraktur Unterkiefer, Rissquetschwunde am Kinn (musste genäht werden), Ellbogenkontusion, Teilabbruch zweier Zähne, Hämatom und mehrere Schürfungen</t>
+  </si>
+  <si>
+    <t>1 Monat zu 100%</t>
+  </si>
+  <si>
+    <t>2023/142</t>
+  </si>
+  <si>
+    <t>4500 CHF</t>
+  </si>
+  <si>
+    <t>Opfer wird durch mehrere Personen durch Schläge und Fusstritte traktiert und erleidet Verletzungen im Gesichtsbereich, welche operativ behandelt werden müssen. Opfer wurde beim Vorfall bewusstlos.</t>
+  </si>
+  <si>
+    <t>4500</t>
+  </si>
+  <si>
+    <t>Schädelprellung, beidseitige Nasenfraktur, dislozierte Fraktur der Nasenscheidewand und eine mehrfragmentäre Fraktur an der Basis des zweiten Mittelhandknochens (6 Wochen Gips), Beschädigung Frontzahn</t>
+  </si>
+  <si>
+    <t>Nasenoperation</t>
+  </si>
+  <si>
+    <t>1.5 Monate zu 100%</t>
+  </si>
+  <si>
+    <t>permanente Schädigung Frontzahn</t>
+  </si>
+  <si>
+    <t>10.07.2025</t>
+  </si>
+  <si>
+    <t>OHG 3'849</t>
+  </si>
+  <si>
+    <t>19-20 Jahre alte GS musste sich über Zeitraum von einem Jahr gegen ihren Willen prostituieren und wurde von Täterschaft überwacht und kontrolliert. Ausweispapiere und Einnahmen musste sie abgeben. GS musste gegen ihren Willen ausgefallene Sexpraktiken anbieten und Kundenwünsche wie Geschlechtsverkehr ohne Kondom erfüllen. Während der Prostitution wurde GS ungewollt von einem Freier schwanger und musste sich weiterhin prostituieren und Zugang zu Gesundheitsversorgung wurde ihr verwehrt. Erst kurz vor Geburt Rückreise in Heimat. Das Kind wurde direkt nach der Geburt zur Adoption freigegeben und die GS musste sich fünf Wochen nach der Geburt wieder prostituieren. Sämtliche Kindesrückführungsbemühungen sind gescheitert.</t>
+  </si>
+  <si>
+    <t>PTBS, Panikattacken</t>
+  </si>
+  <si>
+    <t>Reduktion um 1/3 aufgrund Wohnsitz Ungarn auf Fr. 17'000.-</t>
+  </si>
+  <si>
+    <t>05/25</t>
+  </si>
+  <si>
+    <t>Durant les 5 mois qui ont suivi leur mariage, l'auteur a notamment, à réitérées reprises, après avoir insisté ou usé de violence, entretenu des relations sexuelles vaginales et anales complètes avec la victime alors qu'elle n'en avait pas envie, qu'elle lui avait dit "non" et qu'elle le repoussait aves ses bras. _x000D_
+L'auteur a également giflé la victime, l'a frappée en la faisant tomber au sol, lui a mis des violents coups de pied, lui a frappé la tête à coup de poing, lui a mis un couteau de cuisine sous le cou, l'a menacée si elle venait à le quitter, l'a épiée et l'a surveillée pendant plusieurs mois.</t>
+  </si>
+  <si>
+    <t>12000</t>
+  </si>
+  <si>
+    <t>Etat de stress post-traumatique, anxiété généralisée, attaques de panique, épisode dépressif sévère</t>
+  </si>
+  <si>
+    <t>Suivi auprès d'une psychiatre</t>
+  </si>
+  <si>
+    <t>A 100 % durant 4 mois, puis à 50 % durant plus de 6 mois</t>
+  </si>
+  <si>
+    <t>09.07.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'216</t>
+  </si>
+  <si>
+    <t>Täter erwürgte nach gegenseitiger tätlicher Auseinandersetzung seine Ehefrau. Gesuchsteller sind die Eltern des Opfers.</t>
+  </si>
+  <si>
+    <t>PTBS mit ungüngstiger Langzeitprognose</t>
+  </si>
+  <si>
+    <t>Sehr ungünstige Langzeitprognose PTBS, Verlust Lebensfreude</t>
+  </si>
+  <si>
+    <t>Innige und vertrauensvolle Beziehung. Vater führte mit Opfer ein Unternehmen.</t>
+  </si>
+  <si>
+    <t>OHG 4'218</t>
+  </si>
+  <si>
+    <t>Jusqu'à 11 000</t>
+  </si>
+  <si>
+    <t>Täter erwürgte nach gegenseitiger tätlicher Auseinandersetzung seine Ehefrau. Gesuchsteller sind die erwachsene Geschwister des Opfers.</t>
+  </si>
+  <si>
+    <t>Schwere psychische Beeinträchtigungen (Depression)</t>
+  </si>
+  <si>
+    <t>3 Monate 100 %, 3 Monate teilweise AUF</t>
+  </si>
+  <si>
+    <t>Kein gem. Wohnsitz, Beeinträchtigungen schwer, Geschwisterteil nahm Kinder des Opfers zu sich</t>
+  </si>
+  <si>
+    <t>OHG 4'257</t>
+  </si>
+  <si>
+    <t>56-jähriger Täter (Bekannter der Familie) verübte während mind. drei Vorfällen sexuelle Handlungen an der 6-jährigen Gesuchstellerin (manuelle Befriedigung mit Hand der Gesuchstellerin, Reiben an Vulva mit Eindringen (wenige cm). Bei einem Vorfall erstellte er eine Videoaufnahme der Tat.</t>
+  </si>
+  <si>
+    <t>Zivilrechtliche Genugtuung in Anbetracht der Tatumstände tief.</t>
+  </si>
+  <si>
+    <t>Gesuchstellerin 6 Jahre alt.</t>
+  </si>
+  <si>
+    <t>1204-02, 11/2025</t>
+  </si>
+  <si>
+    <t>Entre décembre 2022 et avril 2023, les partenaires se sont injuriés régulièrement. Durant cette période, le partenaire a également poussé sa compagne pour la faire tomber au sol. A une autre occasion, il lui a asséné une gifle. Lors d'échanges d'injures, le partenaire a également tenté de la calmer en lui tenant les poignets et l'a secoué occasionnant des ecchymoses. Il l'a également plaqué contre la vitre maintenant sa tête sans pression.</t>
+  </si>
+  <si>
+    <t>600</t>
+  </si>
+  <si>
+    <t>02.07.2025</t>
+  </si>
+  <si>
+    <t>OHG 3'893</t>
+  </si>
+  <si>
+    <t>Gesuchsteller wurde von drei Bekannten zunächst mit einer Air-Soft-Pistole bedroht (Ladebewegung, GS glaubte, sie sei echt). Als GS sich wehren wollte, stach einer der Täter mit einem Messer mit Schwung im Bereich des oberen Rückens auf ihn ein. GS konnte sich losreissen und flüchten. Täter folgten ihm zunächst noch, liessen dann jedoch ab.</t>
+  </si>
+  <si>
+    <t>Stichverletzung Rücken (4cm tief), starker Blutverlust</t>
+  </si>
+  <si>
+    <t>Notoperation. 4 Monate nach Tat Komplikation mit Folge-OP (Wasser in Lunge)</t>
+  </si>
+  <si>
+    <t>Einschränkung Lungenfunktion (jedoch ohne Belege)</t>
+  </si>
+  <si>
+    <t>verfehlte Herz nur knapp, schilderte vor Gericht glaubhaft langdauernde psych. Beeinträchtigungen</t>
+  </si>
+  <si>
+    <t>25.06.2025</t>
+  </si>
+  <si>
+    <t>2025/047</t>
+  </si>
+  <si>
+    <t>Opfer wird vom Täter in dessen Wohnung vergewaltigt. Nach Oralverkehr zieht Täter das Opfer an Haaren auf Rücken runter, setzt sich auf das Opfer, reisst die Unterhose runter und dringt vaginal ein. Opfer versucht sich zu wehren. Täter verpasst Opfer daraufhin eine Ohrfeige, würgt und schlägt dem Opfer mehrfach ins Gesicht. Schliesslich packt der Täter die Beine des Opfers, reisst diese nach oben und dringt mehrfach anal ein. Von einem weiteren Versuch Opfer anal zu penetrieren sieht der Täter nach anfänglichen Handlungen ab.</t>
+  </si>
+  <si>
+    <t>notorisch</t>
+  </si>
+  <si>
+    <t>2021/148</t>
+  </si>
+  <si>
+    <t>Opfer in Kindheit während mindestens zehn Jahren Opfer von häuslicher Gewalt durch Vater in Form von Schläge u.a. auch mit Gegenständen (Holzstock, Gürtel, Kabel etc), Haare reissen, Würgen, Beschimpfungen, Todesdrohungen.  Ab Alter von 14 Jahren intensivierte sich die Gewalt.</t>
+  </si>
+  <si>
+    <t>posttraumatische Belastungsstörung mit rez. schwerer Traumatisierung</t>
+  </si>
+  <si>
+    <t>mehrfache notfallärztliche Behandlung aufgrund Dissoziationszustände</t>
+  </si>
+  <si>
+    <t>psychiatrische Behandlung und Traumatherapie</t>
+  </si>
+  <si>
+    <t>Narbe durch Schläge mit Gegenstand</t>
+  </si>
+  <si>
+    <t>Aufenthalt im Frauenhaus</t>
+  </si>
+  <si>
+    <t>2020/069</t>
+  </si>
+  <si>
+    <t>1800 CHF</t>
+  </si>
+  <si>
+    <t>weibliches Opfer wird während 13 Monaten vom Ex-Partner gestalkt. Der Täter ist mehrfach und regelmässig bei der Arbeit und zu Hause ungewünscht aufgetaucht und hat Opfer mit Nachrichten belästigt. Zudem hat der Täter das Opfer und den gemeinsamen Sohn mit einer Gerte bedroht, Steine gegen die Fenster geworfen, als Drohung einen Hammer vor die Türe gelegt und mit der Veröffentlichung eines intimen Videos gedroht. Neben dem Opfer hat der Täter auch die Schwester sowie die Mutter und deren Partner bedroht. Die Schwester hat der Täter in eine lebensbedrohliche Situation gebracht, indem er sie auf der Strasse abgedrängt hat.</t>
+  </si>
+  <si>
+    <t>4000</t>
+  </si>
+  <si>
+    <t>notorische Beeinträchtigung</t>
+  </si>
+  <si>
+    <t>Wechsel Wohnort infolge Straftat</t>
+  </si>
+  <si>
+    <t>Zurich</t>
+  </si>
+  <si>
+    <t>20.06.2025</t>
+  </si>
+  <si>
+    <t>424/2020</t>
+  </si>
+  <si>
+    <t>Der GS wurde von seinem Chef wegen eines Streits für ausstehende Lohnzahlungen zusammengeschlagen.</t>
+  </si>
+  <si>
+    <t>30000</t>
+  </si>
+  <si>
+    <t>Contusio Bulbi, Kontusion Handelgelenk und Rücken; Partialläsion Schultersehne</t>
+  </si>
+  <si>
+    <t>Notfallbehandlung</t>
+  </si>
+  <si>
+    <t>Verzicht auf OP Schulter trotz Indikation</t>
+  </si>
+  <si>
+    <t>Diverse Physiotherapien (Dauer unbekannt)</t>
+  </si>
+  <si>
+    <t>mehrere Monate 100%</t>
+  </si>
+  <si>
+    <t>Strafverfahren wurde sistiert, da Täter im Ausland weilt</t>
+  </si>
+  <si>
+    <t>18.06.2025</t>
+  </si>
+  <si>
+    <t>12/23</t>
+  </si>
+  <si>
+    <t>22500 CHF</t>
+  </si>
+  <si>
+    <t>Durant un peu moins de 3 ans, les auteurs, 2 frères de plus de 18 ans, ont procédé à des attouchements sur la victime, une jeune fille qui vivait dans un appartement voisin du leur, par-dessous les vêtements, sur les seins, le vagin, les fesses, les cuisses, puis l'ont pénétré vaginalement avec leur sexe, à réitérées reprises, d'abord séparément, puis ensemble dans la même pièce, la pénétrant successivement l'un puis l'autre, en lui intimant l'ordre de ne pas en parler à sa mère.</t>
+  </si>
+  <si>
+    <t>Trouble émotionnellement labile suite à un abus sexuel, anxiété</t>
+  </si>
+  <si>
+    <t>Suivi auprès d'un psychiatre</t>
+  </si>
+  <si>
+    <t>Conséquences des abus sexuels (12 ans après) l'empêchent de suivre une formation ou de travailler</t>
+  </si>
+  <si>
+    <t>Plusieurs placements en institution durant l'adolescence</t>
+  </si>
+  <si>
+    <t>La victime avait entre 7 et 9 ans au moment des faits.</t>
+  </si>
+  <si>
+    <t>17.06.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'235</t>
+  </si>
+  <si>
+    <t>GS wurde als Pflegefachfrau auf der geschlossenen Wohnabteilung vom Täter während Nachtwache mit drei Faustschlägen ins Gesicht traktiert. Prallte mit Hinterkopf an Wand und wurde kurz bewusstlos. GS erlitt Prellungen im Gesicht, Schleudertrauma und leidet seither an Panikattacken. Nach Vorfall wurde über Täter eine fürsorgerische Unterbringung verfügt.</t>
+  </si>
+  <si>
+    <t>Hirnerschütterung, PTBS</t>
+  </si>
+  <si>
+    <t>rund 9 Monate 100 %, rund 3 Monate 80 %</t>
+  </si>
+  <si>
+    <t>GS musste Arbeitsplatz wechseln</t>
+  </si>
+  <si>
+    <t>2014/213</t>
+  </si>
+  <si>
+    <t>weibliches Opfer arbeitet während drei Monaten in insgesamt drei Sex-Studios. Die Prostitutionsmodalitäten sind in allen Fällen ähnlich gelagert: 24/7 Standby Regelung, Abgabe Hälfte der Einnahmen, zusätzliche Beträge für Internetauftritte sowie Verpflegung, ständige Kontrolle, vorgegebene Preise, alle gewünschten Sexualpraktiken.</t>
+  </si>
+  <si>
+    <t>11500</t>
+  </si>
+  <si>
+    <t>11500 CHF</t>
+  </si>
+  <si>
+    <t>Prostitution (195)</t>
+  </si>
+  <si>
+    <t>Schlaflosigkeit, Depression, Scham und Schuldgefühle</t>
+  </si>
+  <si>
+    <t>2022/299</t>
+  </si>
+  <si>
+    <t>Täter schlägt Opfer anlässlich einer verbalen Auseinandersetzung mit der rechten Faust ins Gesicht, bzw. gegen die Nase. Opfer stürzt infolge des Schlages zu Boden, wobei sich das Opfer auf dem rechten Handgelenk halten kann</t>
+  </si>
+  <si>
+    <t>leichtes Schädel-Hirn-Trauma, Kontusion am Nasenbein und rechtem Handgelenk sowie leichte Schwellung Oberlippe und Lockerung Zahn, Posttraumatische Belastungsstörung</t>
+  </si>
+  <si>
+    <t>2 Monate psychiatrische Behandlung</t>
+  </si>
+  <si>
+    <t>2019/119</t>
+  </si>
+  <si>
+    <t>8500 CHF</t>
+  </si>
+  <si>
+    <t>Opfer wird während 12 Monaten mehrfach Opfer von häuslicher Gewalt durch Partner und Vater gemeinsamer Kinder. Täter hat Opfer vergewaltigt und mehrfach u.a. auch mit gefährlichen Gegenständen (massiver Holzstab, Messer) mit dem Tod bedroht.</t>
+  </si>
+  <si>
+    <t>8500</t>
+  </si>
+  <si>
+    <t>Extorsion et chantage, menaces, contraintes (156, 180-181), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>psychosomatische Beschwerden wie Kopfschmerzen, Schwindel, Juckreiz mit Hautausschlag, dissoziatives Verhalten, grosse psychische Belastung, Verlust Vertrauen</t>
+  </si>
+  <si>
+    <t>1204-02, 016/2025</t>
+  </si>
+  <si>
+    <t>Femme endormie et réveillée par son fils (majeur) qui était en train de lui faire des attouchements sur ses parties intimes. Choquée elle s'est débattue et à ce moment il l'a violemment agressée en lui lançant une table de chevet et un radiateur en métal au visage. Elle a été atteinte au visage, au dos, et a subit de multiples lésions. Dans sa rage, l'auteur l'a insultée à de multiple reprises et lui a dit qu'il allait la violer et la sodomiser. La victime a réussi de justesse à se sortir de cette situation avant l'arrivée de la police. Elle subit encore trois ans après les faits de graves séquelles psychologique, sachant qu'une telle agression de la part de son propre enfant est très difficile à surmonter.</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Actes d'ordre sexuel avec des personnes dépendantes (188, 191, 192, 193), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>Syndrome post traumatique aigu</t>
+  </si>
+  <si>
+    <t>35/2023</t>
+  </si>
+  <si>
+    <t>Der Täter betrat mit dem Messer in der Hand das gemeinsam genutzte Schlafzimmer zum GS. Der GS war im unteren Bett in Rückenlage am Schlafen. Der Täter stach mit dem Messer mehrere Male auf den Oberkörper des GS ein.</t>
+  </si>
+  <si>
+    <t>Multiple Stichverletzungen an Gesicht, Oberkörper und Händen; Hautabschürfungen an Stirne; Weichteilschwellung an Augenbraue; Bluterguss an Wange; grosse Schmerzen; grosser Blutverlust; Todesangst; Schlaflosigkeit während langer Zeit; Albträume, Vertrauensverlust; Rückzug</t>
+  </si>
+  <si>
+    <t>3 Tage im Spital</t>
+  </si>
+  <si>
+    <t>100% während einer Woche</t>
+  </si>
+  <si>
+    <t>Qualifizierung A/2 asp. mit C/1; Täter war Mitbewohner</t>
+  </si>
+  <si>
+    <t>03.06.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'159</t>
+  </si>
+  <si>
+    <t>Sexuelle Misshandlungen durch den leiblichen Vater über einen Zeitraum von 11 Jahren, im Alter zwischen 4 bis 15 Jahren. An die fünfhundert Misshandlungen, mit Einführen des Fingers in die Vagina, teilweise auch mit künstlichen Gegenständen, oft während sie schlief. Wiederholt onanierte der Vater auch im Schlafzimmer der schlafenden GSin und ejakulierte über ihr Gesicht. Der Vater filmte zahlreiche seiner Taten.</t>
+  </si>
+  <si>
+    <t>35000</t>
+  </si>
+  <si>
+    <t>In Behandlung</t>
+  </si>
+  <si>
+    <t>Psychotherapie und Medikamente</t>
+  </si>
+  <si>
+    <t>Offen</t>
+  </si>
+  <si>
+    <t>Negative Folgen für das Selbstwertgefühl und die sexuelle Entwicklung sind immanent.</t>
+  </si>
+  <si>
+    <t>Sehr enge Beziehung zum Vater</t>
+  </si>
+  <si>
+    <t>2022/328</t>
+  </si>
+  <si>
+    <t>Opfer wird das Mobiltelefon, Ausweise und Bankkarten aus dem Auto gestohlen. Mit dem Mobiltelefon der Freundin versucht Opfer auf das gestohlene Mobiltelefon anzurufen, so gelangt Täter an die Kontaktinformationen der Freundin. Opfer und Freundin werden über neun Tage via Textnachrichten und telefonisch bedroht und zu Geldzahlungen genötigt. Bilder des Wohnorts, zerstochene Autoreifen untermauern die Drohung zusätzlich.</t>
+  </si>
+  <si>
+    <t>anhaltende Angstzustände</t>
+  </si>
+  <si>
+    <t>2022/330</t>
+  </si>
+  <si>
+    <t>Dem Freund des Opfers wird das Mobiltelefon, Ausweise und Bankkarten aus dem Auto gestohlen. Mit dem Mobiltelefon des Opfers versucht Freund auf das gestohlene Mobiltelefon anzurufen, so gelangt Täter an die Kontaktinformationen des Opfers. Opfer und Freund werden über neun Tage via Textnachrichten und telefonisch bedroht und zu Geldzahlungen genötigt. Bilder des Wohnorts, zerstochene Autoreifen untermauern die Drohung zusätzlich.</t>
+  </si>
+  <si>
+    <t>anhaltender Verlust Sicherheitsgefühl</t>
+  </si>
+  <si>
+    <t>1204-02, 006/2025</t>
+  </si>
+  <si>
+    <t>Das weibliche Opfer verbrachte ihre Freizeit im Pferdestall des Nachbarn, den sie von klein auf kannte. An eine Sommertag, als das Opfer 14 Jahre alt war, machte es Fotos von den Pferden. Der Nachbar rief das Opfer zu sich in den Stall, um sich die Fotos anzuschauen, dabei fasste er dem Opfer unter das T-Shirt und streichelte dessen Brüste und den Bauch. Obwohl das Opfer den Täter bat, damit aufzuhören, liess er erst vom Opfer ab, als er von seiner Frau gerufen wurde.</t>
+  </si>
+  <si>
+    <t>- Plötzliche Angst im Dunkeln, Ängste gegenüber älteren Männern und später auch gegenüber gleichaltrigen Männern, häufige Migräneanfälle, Panikstörung, PTBS</t>
+  </si>
+  <si>
+    <t>-Drei Jahre nach der Tat hat das Opfer mit einer Psychotherapie begonnen  (+ Selbstverteidigungskurs</t>
+  </si>
+  <si>
+    <t>Täter hat das besondere Vertrauensverhältnis ausgenutzt</t>
+  </si>
+  <si>
+    <t>26.05.2025</t>
+  </si>
+  <si>
+    <t>1204-02, 059/2024</t>
+  </si>
+  <si>
+    <t>Femme régulièrement menacée par son conjoint. Lors d'une altercation il l'a frappée à coup de poings et elle a subit une blessure à a nuque lui provoquant 18 jours d'incapacité. Il l'a également violée à deux reprises en usant de la violence.</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>blessure à la nuque, incapacité de 18 jours et syndrome post traumatique.</t>
+  </si>
+  <si>
+    <t>23.05.2025</t>
+  </si>
+  <si>
+    <t>1204-02,054/2024</t>
+  </si>
+  <si>
+    <t>800 CHF</t>
+  </si>
+  <si>
+    <t>Ensuite d'une discussion lors de laquelle il avait été question de la taille du pénis de la victime et au cours de laquelle l'auteur avait proposé de lui transmettre une photographie de son sexe, une seconde discussion avait eu lieu entre l'auteur et la victime, lors de laquelle il avait à nouveau été question de sexualité. A un moment donné, après lui avoir indiqué qu'il était disponible pour entretenir une relation sexuelle avec lui, l'auteur avait à deux reprises lancé à la victime qu'il était sûr que cette dernière était en train de bander. La victime avait alors répondu par la négative et tandis qu'elle s'était levée, l'auteur lui avait, dans un geste furtif, posé la main sur le sexe, à même le pantalon.</t>
+  </si>
+  <si>
+    <t>Autres infractions contre l'intégrité sexuelle (194, 198)</t>
+  </si>
+  <si>
+    <t>difficultés d'endormissement, flashbacks en lien avec les attouchements, sentiments de culpabilité et de tristesse</t>
+  </si>
+  <si>
+    <t>21.05.2025</t>
+  </si>
+  <si>
+    <t>2025-0039</t>
+  </si>
+  <si>
+    <t>GS war nach einer Feier mit Konsumation alkoholischer Getränke in einer Gruppe am frühen Morgen auf dem Heimweg. Zwischen einer Person aus der Gruppe und dem Täter kam es zu einer verbalen Auseinandersetzung. Als die GS den Streit zu schlichten versuchte und sich zwischen die Streitenden stellte, stiess der Täter sie mit der linken Hand heftig gegen den Oberkörper und schubste sie beiseite, sodass die Gesuchstellerin zu Boden fiel und sich am Handgelenk verletzte.</t>
+  </si>
+  <si>
+    <t>Transscaphoidale perilunäre Luxation Mayfield Stadium 3 Handgelenk rechts (Verschiebung des Kopfbeins im Handgelenk)</t>
+  </si>
+  <si>
+    <t>insgesamt 4 Operationen</t>
+  </si>
+  <si>
+    <t>Ergotherapie und Physiotherapie</t>
+  </si>
+  <si>
+    <t>7 Monate</t>
+  </si>
+  <si>
+    <t>darf mit der rechten Hand nur noch Lasten bis zu 2 kg heben und diverse Narben</t>
+  </si>
+  <si>
+    <t>GS musste sich aufgrund der bleibenden Einschränkung der rechten Hand beruflich umorientieren.</t>
+  </si>
+  <si>
+    <t>20.05.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'181</t>
+  </si>
+  <si>
+    <t>Täter überfiel Café, wo GS im Service arbeitete. Dazu zeigte er mit Messer auf die GS und forderte sie auf, sie solle "zu machen". GS versuchte, das Messer durch Griff an Handgelenk des Täters von sich wegzurücken, worauf es zu einer Rangelei kam. Dabei führte Täter mehrfach aktiv Stichbewegungen gegen GS aus, wobei GS leicht verletzt wurde. GS konnte sich losreissen und via Notausgang flüchten.</t>
+  </si>
+  <si>
+    <t>Psychotherapie, mind. 9 Sitzungen</t>
+  </si>
+  <si>
+    <t>mind. 5 Monate 100 %</t>
+  </si>
+  <si>
+    <t>kann nicht mehr in diesem Beruf arbeiten</t>
+  </si>
+  <si>
+    <t>Nur durch sehr viel Glück nur oberflächliche Verletzungen durch Messer</t>
+  </si>
+  <si>
+    <t>Saint-Gall</t>
+  </si>
+  <si>
+    <t>15.05.2025</t>
+  </si>
+  <si>
+    <t>RDGS.2022.230</t>
+  </si>
+  <si>
+    <t>5090 CHF</t>
+  </si>
+  <si>
+    <t>Um das Opfer zu erschrecken, warf der Täter einen Knallkörper in eine Gasse, in der sich das Opfer befand. Aufgrund der Detonation des Knallkörpers erlitt das Opfer eine Hörminderung und leidet seither an einem beidseitigen, schweren Tinnitus.</t>
+  </si>
+  <si>
+    <t>schwerer Tinnitus</t>
+  </si>
+  <si>
+    <t>ja, schwerer Tinnitus</t>
+  </si>
+  <si>
+    <t>Unfallversicherung richtete IE in Höhe von Fr. 7'410.- aus, angerechnet (12'500 - 7'410 = 5'090)</t>
+  </si>
+  <si>
+    <t>14.05.2025</t>
+  </si>
+  <si>
+    <t>OHG 3'813</t>
+  </si>
+  <si>
+    <t>Gesuchstellerin wurde während vier Jahren wiederholt Opfer häuslicher Gewalt durch Ehemann. Todesdrohungen; alle ein bis zwei Wochen Vorfälle mit Ohrfeigen, Faustschlägen, Haare ziehen, an Haaren durch Zimmer ziehen, Stossen.</t>
+  </si>
+  <si>
+    <t>Prellungen</t>
+  </si>
+  <si>
+    <t>12.05.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'004</t>
+  </si>
+  <si>
+    <t>Mitbewohner sticht GS mit Messer (Klingenlänge 6 cm) gegen dessen  Unterschenkel und dreht Messer beim Herausziehen. Weitere Schnittwunde an Schulter. Weitere Stichbewegungen gegen Kopf und Hals, welche GS abwehren konnte. GS konnte aus dem Fenster flüchten. Später erhielt GS vom Täter Briefe mit Beschimpfungen aus U-Haft</t>
+  </si>
+  <si>
+    <t>Drei Schnittverletzungen, Blutverlust Schürfugen. Narbenbildung erwähnt.</t>
+  </si>
+  <si>
+    <t>Operation</t>
+  </si>
+  <si>
+    <t>47 Tage 100 %</t>
+  </si>
+  <si>
+    <t>2025/001</t>
+  </si>
+  <si>
+    <t>2070 CHF</t>
+  </si>
+  <si>
+    <t>Täter schlägt Opfer anlässlich einer Auseinandersetzung eine Glasflasche auf den Kopf, wobei diese zerbricht. Schliesslich schlägt Täter mit der kaputten Glasflasche zwei weitere Male in Richtung Kopf des Opfers</t>
+  </si>
+  <si>
+    <t>angemessene Höhe</t>
+  </si>
+  <si>
+    <t>5cm Rissquetschwunden an rechter Wange, 3cm Rissquetschwunde hinter rechtem Ohr, 2.5cm Rissquetschwunde auf rechter Seite des Halses; Rissquetschwunden mussten genäht werden</t>
+  </si>
+  <si>
+    <t>34 Tage 100% AUF, 7 Tage 50% AUF</t>
+  </si>
+  <si>
+    <t>sichtbare Narben</t>
+  </si>
+  <si>
+    <t>Basisgenugtuung von CHF 1'800.00 um 15% auf CHF 2'070.00 erhöht (wiederholt Opfer Gewaltdelikt)</t>
+  </si>
+  <si>
+    <t>08.05.2025</t>
+  </si>
+  <si>
+    <t>2023/257</t>
+  </si>
+  <si>
+    <t>weibliches Opfer wird von Täter bedroht und tätlich angegriffen. Opfer wird geschlagen, an den Haaren zu Boden gerissen, gewürgt und mit mehreren Tritten traktiert. Im Anschluss an die körperlichen Misshandlungen übergiesst Täter das Opfer mit kaltem Wasser.</t>
+  </si>
+  <si>
+    <t>750 CHF</t>
+  </si>
+  <si>
+    <t>Blutergüsse am Körper, Anpassungsstörungen dd. posttraumatische Belastungsstörung (Konzentrations- und Schlafstörung)</t>
+  </si>
+  <si>
+    <t>9 Tage 100% AUF</t>
+  </si>
+  <si>
+    <t>11/23</t>
+  </si>
+  <si>
+    <t>3200 CHF</t>
+  </si>
+  <si>
+    <t>L'auteur s'est rendu au domicile de la victime, un jeune homme, dans lequel se trouvait son ex-amie. Après une première altercation, l'auteur et la victime se sont échangés des coups et l'auteur a notamment jeté une bouteille en verre qui a touché la tête de la victime. L'auteur a cassé une seconde bouteille en verre sur la tête de la victime et lui a donné des coups de bâton.</t>
+  </si>
+  <si>
+    <t>Traumatisme cranio-cérébral mineur, contusions multiples, plaie superficielle temporale, emphysème et tumécation du muscle temporal gauche, état de stress post-traumatique</t>
+  </si>
+  <si>
+    <t>Deux jours d'hospitalisation</t>
+  </si>
+  <si>
+    <t>Suivi auprès d'un psychologue</t>
+  </si>
+  <si>
+    <t>07.05.2025</t>
+  </si>
+  <si>
+    <t>OHG 3'684</t>
+  </si>
+  <si>
+    <t>Gesuchsteller wurde von drei Personen in seinem Wohnzimmer unvermittelt und unter Zuhilfenahme eines Schlagstocks zusammengeschlagen. Ca. 20 bis 25 Schläge gegen Kopf und Brustkorb.</t>
+  </si>
+  <si>
+    <t>None CHF</t>
+  </si>
+  <si>
+    <t>leichtes Schädel-Hirn-Trauma, Gesichtsschädelverletzung</t>
+  </si>
+  <si>
+    <t>7 Tage Spitalaufenthalt und einige Folgebehandlungen</t>
+  </si>
+  <si>
+    <t>mehrere Folgebehandlungen aufgrund diverser Gesichtsfrakturen</t>
+  </si>
+  <si>
+    <t>280 Tage (100%; Vorbelastung)</t>
+  </si>
+  <si>
+    <t>06.05.2025</t>
+  </si>
+  <si>
+    <t>2024/022</t>
+  </si>
+  <si>
+    <t>Täter schlägt Opfer während Auseinandersetzung zweimal mit der Faust ins Gesicht, so dass dieses mit dem Gesicht gegen die Türe prallt. Weiter bezeichnete der Täter das Opfer als Schlampe und fasst dieses am Genitalbereich an und versuchte es gegen den Willen zu küssen.</t>
+  </si>
+  <si>
+    <t>7000.00</t>
+  </si>
+  <si>
+    <t>700 CHF</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Autres infractions contre l'intégrité sexuelle (194, 198)</t>
+  </si>
+  <si>
+    <t>Schädelprellung sowie Rissquetschwunde an Nase, Beule an Stirn</t>
+  </si>
+  <si>
+    <t>1 Tag 100% AUF</t>
+  </si>
+  <si>
+    <t>05.05.2025</t>
+  </si>
+  <si>
+    <t>2023/068</t>
+  </si>
+  <si>
+    <t>Opfer wird von drei Tätern tätlich angegriffen, resp. mittels Schlägen und Tritten malträtiert. U.a. verpasst Täter 3 GS  einen Kopfstoss, Täter 1 schlägt ihm mit Keramikaschenbecher auf Hinterkopf, Täter 2 verpasst GS Faustschlag gegen Kopf.</t>
+  </si>
+  <si>
+    <t>Vielzahl von Brüchen im Schädel- und Gesichtsbereich (Schwellungen an Stirn und Augenbereich, Hautunterblutungen am linken Auge, Rissquetschwunde oberhalb des linken Auges, Bruch der Stirnhöhle, Bruch im nasennahen Anteil der Augenhöhle, Lufteinschluss Augenhöhle und Schädelinnern), Kontusion Halswirbelsäule</t>
+  </si>
+  <si>
+    <t>5 Tage Spitalaufenthalt</t>
+  </si>
+  <si>
+    <t>Operation zur Wiedereinrichtung und Verbindung von Knochenfragmenten</t>
+  </si>
+  <si>
+    <t>21 Tage 100% AUF</t>
+  </si>
+  <si>
+    <t>Strafverfahren sistiert, da Täterschaft zur Aufenthaltsnachforschung ausgeschrieben</t>
+  </si>
+  <si>
+    <t>01.05.2025</t>
+  </si>
+  <si>
+    <t>2018/166</t>
+  </si>
+  <si>
+    <t>Opfer gelangt über eine thailändische Menschenhandelorganisation in die Schweiz und arbeitet während 15.5 Monaten in insgesamt sieben Sex-Studios. Die Prostitutionsmodalitäten sind in allen Fällen ähnlich gelagert: 24/7 Standby Regelung, alle gewünschten Sexualpraktiken, vorgegebene Preise, Abgabe Hälfte der Einnahmen sowie zusätzliche Beträge für Internetwerbung und Verpflegung. Fehlende Aufenthaltsbewilligung führt zu Abhängigkeitsverhältnis. Zudem in die Drogenabhängigkeit geführt.</t>
+  </si>
+  <si>
+    <t>43500</t>
+  </si>
+  <si>
+    <t>43000 CHF</t>
+  </si>
+  <si>
+    <t>Posttraumatische Belastungsstörung, ständige Schlaflosigkeit, Unruhezustände, Stimmungsschwankungen, depressive Verstimmung</t>
+  </si>
+  <si>
+    <t>durch Prostitutionstätigkeit in Drogenabhängigkeit gelangt: Konsum von Crystal Meth und Ice</t>
+  </si>
+  <si>
+    <t>29.04.2025</t>
+  </si>
+  <si>
+    <t>OHG 2018/47</t>
+  </si>
+  <si>
+    <t>Der Expartner der Gesuchstellerin rastete aus Eifersucht aus, schlug der GS mehrfach ins Gesicht und auf den Kopf, würgte sie, teilweise mittels Ziehen an einem Stoffband, welches sie um den Hals trug und biss sie in ihre Oberschenkel und ihren Oberarm. Er trat ihr gegen die Beine, schlug sie mit einer Halskette auf die Oberschenkel und riss sie an den Haaren. Als sie erbrechen musste, drückte er ihr Gesicht ins Erbrochene, zerrte sie am Arm ins Badezimmer, drohte, ihren Finger abzuschneiden, quetschte diesen in einen Seitenschneider  und zwang sie, zwei Tabletten Xanax zu nehmen, woraufhin sie in einen tiefen Schlaf fiel und erst nach 23 Stunden wieder aufwachte. Bereits vor diesem Vorfall hatte der Täter das Opfer schon einmal gewürgt.</t>
+  </si>
+  <si>
+    <t>Würgemale am Hals, diverse Hautunterblutungen um die Augenlider, hinter dem rechten Ohr und den Extremitäten, Bisswunden, Trommelfellriss</t>
+  </si>
+  <si>
+    <t>24.04.2025</t>
+  </si>
+  <si>
+    <t>70/2025</t>
+  </si>
+  <si>
+    <t>Der Ex-Konkubinatspartner schrieb der GSin in einem Zeitraum von ca. 6 Monaten mehrfach Nachrichten und drohte, sie und ihren Sohn fertig zu machen, zu terrorisieren, auf Instagram blosszustellen, etc. Ausserdem rief er sie unzählige Male an und drohte auch mit dem Tod, beschimpfte und belästigte sie sexuell.</t>
+  </si>
+  <si>
+    <t>anhaltende psychische Beeinträchtigung, insbesondere Angstgefühle</t>
+  </si>
+  <si>
+    <t>22.04.2025</t>
+  </si>
+  <si>
+    <t>04/25</t>
+  </si>
+  <si>
+    <t>2600 CHF</t>
+  </si>
+  <si>
+    <t>L'auteur et la victime ont entretenu une relation de couple. Quelques semaines après leur rupture, l'auteur a poussé la victime, lui a donné une claque, ce qui l'a fait tomber au sol, et lui a également craché au visage. Quelques semaines plus tard, une seconde altercation est intervenue au domicile d'un ami de la victime. L'auteur lui notamment donné un coup de poing au visage, ce qui l'a fait tomber au sol, et l'a frappée au thorax.</t>
+  </si>
+  <si>
+    <t>Contusions multiples (visage et sternum), douleurs cervico-dorsales, état d'hypervigilance, crises d'angoisse</t>
+  </si>
+  <si>
+    <t>Hospitalisation durant une nuit suite à la seconde agression</t>
+  </si>
+  <si>
+    <t>Arrêt de travail à 100% après la seconde agression durant environ 7 semaines au total</t>
+  </si>
+  <si>
+    <t>17.04.2025</t>
+  </si>
+  <si>
+    <t>224/2025</t>
+  </si>
+  <si>
+    <t>Die GSin wurde als Pflegerin in einem Wohnheim für psychisch Beeinträchtigte von einem Bewohner angegriffen, ins Gesicht geschlagen und in den Lift zurückgedrängt.</t>
+  </si>
+  <si>
+    <t>angemessen</t>
+  </si>
+  <si>
+    <t>leichte traumatische Hirnverletzung mit Schmerzausweitung, psychische Beeinträchtigung</t>
+  </si>
+  <si>
+    <t>Notfallmässige ambulante Vorstellung im Spital</t>
+  </si>
+  <si>
+    <t>Schmerzmedikation, Psychotherapie während 6 Monaten</t>
+  </si>
+  <si>
+    <t>8 Monate</t>
+  </si>
+  <si>
+    <t>Qulifizierung: A1 asp. mit C, da v.a. psychische Folgen; Tat am Arbeitsplatz erschwerte Rückkehr</t>
+  </si>
+  <si>
+    <t>15.04.2025</t>
+  </si>
+  <si>
+    <t>1204-02, 009/2025</t>
+  </si>
+  <si>
+    <t>Das 14-jährige Opfer war in einen 21-jährigen Mann verliebt, mit dem sie eine Beziehung einging. Bereits nach kurzer Zeit kam es zu Hause beim Täter zum ersten Geschlechtsverkehr, den das Opfer nicht wollte, dies auch sagte und sich wehrte. Der Täter packte das Opfer, zog es aus, drehte es auf den Rücken, hielt dessen Hände fest und penetrierte es vaginal. In der Folge kam es immer wieder gegen den Willen des Opfers zu  Geschlechtsverkehr, auch oral und anal. Das Opfer kehrte immer wieder zum Täter zurück, da er mit Selbstverletzung und Selbsttötung drohte, wenn es ihn verlässt, und das Opfer wollte dafür nicht verantwortlich sein. Die Beziehung dauerte rund 5 Monate.</t>
+  </si>
+  <si>
+    <t>Angstzustände und Panikattacken, Minderwertigkeitsgefühle</t>
+  </si>
+  <si>
+    <t>Zunächst Antidepressiva und laufende Psychotherapie</t>
+  </si>
+  <si>
+    <t>sexuell unerfahren und kindliches Alter</t>
+  </si>
+  <si>
+    <t>1204-02, 007/2025</t>
+  </si>
+  <si>
+    <t>Der Täter verschaffte sich Zugang ins Wohnzimmer des vor dem Fernseher schlafenden Opfers und schlug diesem mit einer Stange auf  Kopf, Oberkörper und  Arme. Die Tat geschah aus Rache, da das Opfer der Polizei verraten hatte, das es sich beim "Ghost Rider" (dieser drehte Videos, die ihn auf seinem Motorrad mit stark überhöhter Geschwindigkeit zeigten) um seinen ehemaligen Mitbewohner handelte. Das Opfer erlitt eine Orbitalfraktur links, eine Nasenbeinfraktur; es kam zu einer Hirnblutung und zu einem Pneumatencephalon. Zuder erlitt das Opfer einen Bruch des Handgelenks und der Elle, diese Verletzungen mussten operativ versorgt werden. Auch noch neun Jahre nach der Tat ist das Opfer in psychologischer Behandlung.</t>
+  </si>
+  <si>
+    <t>Tentative d'homicide, Lésions corporelles (122-123, 125, 126) sans LCR, Extorsion et chantage, menaces, contraintes (156, 180-181)</t>
+  </si>
+  <si>
+    <t>Das Opfer erlitt eine Orbitalfraktur links, eine Nasenbeinfraktur; es kam zu einer Hirnblutung und zu einem Pneumatencephalon.</t>
+  </si>
+  <si>
+    <t>zwei Wochen</t>
+  </si>
+  <si>
+    <t>Bruch des Handgelenks und der Elle</t>
+  </si>
+  <si>
+    <t>jahrelange Psychotherapie</t>
+  </si>
+  <si>
+    <t>lebt ausserhalb des Kantons, braucht immer noch psychologsiche Betreuung</t>
+  </si>
+  <si>
+    <t>17/24</t>
+  </si>
+  <si>
+    <t>22000 CHF</t>
+  </si>
+  <si>
+    <t>22 000 - 55 000</t>
+  </si>
+  <si>
+    <t>L'auteur a agressé la victime, son ex-compagne et mère de sa fille, alors qu'elle quittait son travail en fin de soirée. L'auteur a notamment surgi derrière la victime, l'a immobilisée en plaçant son avant-bras sur son cou et a tenté de lui porter des coups avec un couteau. La victime s'est retrouvée à terre et l'auteur l'a maintenue dans cette position en s'agenouillant sur elle. L'auteur a ensuite placé son couteau sous le cou de la requérante et a exécuté un mouvement latéral de gauche à droite.</t>
+  </si>
+  <si>
+    <t>Multitudes de blessures par arme blanche, en particulier au cou avec une plaie profonde de 10 cm avec lésion du muscle platysma, état de stress post-traumatique et lourdes conséquences sur sa vie privée et sociale</t>
+  </si>
+  <si>
+    <t>Hospitalisation durant plusieurs jours</t>
+  </si>
+  <si>
+    <t>Opération d'urgence suite à l'agression</t>
+  </si>
+  <si>
+    <t>A 100 % durant plusieurs mois</t>
+  </si>
+  <si>
+    <t>Séquelles physiques et psychiques importantes encore présentes près de 3 ans après les faits</t>
+  </si>
+  <si>
+    <t>11.04.2025</t>
+  </si>
+  <si>
+    <t>2024/088</t>
+  </si>
+  <si>
+    <t>Täter begibt sich mit schwarzer Hygienemaske maskiert in die Liegenschaft des Opfers und versucht dieses in der Absicht, sich unrechtmässig zu bereichern, unter Androhung einer gegenwärtigen Gefahr für Leib und Leben und unter Bewirken der Widerstandsunfähigkeit vorsätzlich zu nötigen, ihm Geld herauszugeben. Zudem beraubt der Täter die beiden 9-jährigen Kinder des Opfers  der Freiheit, um das Opfer zu nötigen, ihm Geld herauszugeben. Zu diesem Zweck zielt der Täter mit einer Schreckschusspistole auf die drei Opfer. Auf ausdrückliche Bitte entfernt sich der Täter vom Tatort.</t>
+  </si>
+  <si>
+    <t>Brigandage (140), Extorsion et chantage, menaces, contraintes (156, 180-181)</t>
+  </si>
+  <si>
+    <t>psychisches Trauma mit nachfolgendes posttraumatischer Belastungsstörung</t>
+  </si>
+  <si>
+    <t>100% AUF in angestammter Tätigkeit</t>
+  </si>
+  <si>
+    <t>Flashbacks, Angstzustände, Schlafstörungen</t>
+  </si>
+  <si>
+    <t>Täter begibt sich mit schwarzer Hygienemaske maskiert in die Liegenschaft der Familie des 9-jährigen Opfers und versucht die Mutter des Opfers in der Absicht, sich unrechtmässig zu bereichern, unter Androhung einer gegenwärtigen Gefahr für Leib und Leben und unter Bewirken der Widerstandsunfähigkeit vorsätzlich zu nötigen, ihm Geld herauszugeben. Zudem beraubt der Täter das Opfer und sein gleichaltriges Geschwister der Freiheit, um die Mutter zu nötigen, ihm Geld herauszugeben. Zu diesem Zweck zielt der Täter mit einer Schreckschusspistole auf die drei Opfer. Auf ausdrückliche Bitte entfernt sich der Täter vom Tatort.</t>
+  </si>
+  <si>
+    <t>akute Belastungsreaktion mit Ängsten, Gedankenkreisen sowie Einschlaf- und Konzentrationsschwierigkeiten im Alltag</t>
+  </si>
+  <si>
+    <t>psychotherapeutische Behandlung</t>
+  </si>
+  <si>
+    <t>10.04.2025</t>
+  </si>
+  <si>
+    <t>58763</t>
+  </si>
+  <si>
+    <t>L'auteure a assassiné l'enfant de la demanderesse - âgée de 3 ans - lors d'une nuit où elle la gardait. Il s'agissait de la nouvelle compagne du père de l'enfant, duquel la demanderesse était séparée depuis plusieurs mois._x000D_
+_x000D_
+L'auteure n'a jamais admis avoir tué l'enfant, et elle ne s'est jamais excusé. Au contraire, elle continue - encore à l'heure actuelle - à clamer son innocence et a récemment déposé une demande de révision (en raison d'infractions sexuelles commises sur des enfants par le père de l'enfant). Cette demande de révision a été rejeté. L'enfant est morte probablement étouffée, dans des circonstances particulièrement dramatique. Elle a inévitablement souffert et s'est "vue mourir". Les conséquences sur la demanderesse sont importantes.</t>
+  </si>
+  <si>
+    <t>100000</t>
+  </si>
+  <si>
+    <t>100000 CHF</t>
+  </si>
+  <si>
+    <t>Demanderesse = proche / elle a pu refaire sa vie mais la mort de sa fille la poursuit au quotidien</t>
+  </si>
+  <si>
+    <t>Suivi médical ensuite de la mort de sa fille</t>
+  </si>
+  <si>
+    <t>Partiel mais non définitif</t>
+  </si>
+  <si>
+    <t>Conséquences psychologiques, mais indéterminées</t>
+  </si>
+  <si>
+    <t>La mort d'un enfant de 3 ans handicape clairement la vie de la personne proche, vu les circonstances</t>
+  </si>
+  <si>
+    <t>02/25</t>
+  </si>
+  <si>
+    <t>L'auteur était une connaissance de l'ami de la maman de la victime, une jeune femme de moins de 15 ans. L'auteur est resté dormir une nuit dans le salon du domicile de la maman de la victime. Durant cette nuit, l'auteur a notamment embrassé la victime sur la bouche, lui a, contre son gré, mis les mains sur ses seins et ses fesses, lui a enlevé son short puis son slip, lui a inséré ses doigts dans son vagin et lui a léché son vagin avec la langue. Au moment des faits, la victime n'a pas bougé et était figée dans un état de sidération en raison du lien de dépendance affective que l'auteur avait créée avec elle précédemment aux faits.</t>
+  </si>
+  <si>
+    <t>Cauchemars, paralysies du sommeil</t>
+  </si>
+  <si>
+    <t>La victime voyait une psychologue avant les faits pour des raisons de harcèlement à l'école.</t>
+  </si>
+  <si>
+    <t>58'763</t>
+  </si>
+  <si>
+    <t>Cas de l'assassinat de la fillette à Vuadens (2018) : la victime est la mère de la fillette de deux ans et demi froidement assassinée par la nouvelle compagne du père de celle-ci (dossier en cours au Tribunal fédéral suite à la demande de révision de l'auteure condamnée qui accuse le père de la fillette). Les conséquences sur elle sont énormes._x000D_
+_x000D_
+Si le montant maximum n'a pas été octroyé, c'est en raison des conséquences à long terme : la mère de la fillette a heureusement pu continuer à vivre (travail, nouvelle famille et deux enfants). Les séquelles à long terme ne sont donc pas totales.</t>
+  </si>
+  <si>
+    <t>08.04.2025</t>
+  </si>
+  <si>
+    <t>OHG 2023/45</t>
+  </si>
+  <si>
+    <t>Das direkte Opfer (Vater der Gesuchstellerin) wurde während seiner Schicht als Taxifahrer ausgeraubt. Als das Opfer sich weigerte, das Dienstportemonnaie auszuhändigen, kam es zu einem Handgemenge, währenddessen der Täter mehrfach auf das Opfer einstach. Das Opfer erlag den Stichverletzungen. Die Gesuchstellerin war zum Zeitpunkt der Tat noch minderjährig, lebte aber seit längerer Zeit nicht mehr im selben Haushalt wie der Vater. Sie besuchte ihn jedoch häufig und übernachtete auch bei ihm.</t>
+  </si>
+  <si>
+    <t>nicht beziffert</t>
+  </si>
+  <si>
+    <t>- Psychische Beeinträchtigung, nur teilweise kausal zur Straftat</t>
+  </si>
+  <si>
+    <t>- Stationärer psychiatrischer Aufenthalt (nur teilkausal zur Strafat)</t>
+  </si>
+  <si>
+    <t>- Psychotherapie</t>
+  </si>
+  <si>
+    <t>Es wurde für ein weiteres, minderjähriges Geschwister dieselbe Genugtuung ausbezahlt</t>
+  </si>
+  <si>
+    <t>OHG 2023/46</t>
+  </si>
+  <si>
+    <t>Das direkte Opfer (Vater der Gesuchstellerin) wurde während seiner Schicht als Taxifahrer ausgeraubt. Als das Opfer sich weigerte, das Dienstportemonnaie auszuhändigen, kam es zu einem Handgemenge, währenddessen der Täter mehrfach auf das Opfer einstach. Das Opfer erlag den Stichverletzungen. Die Gesuchstellerin war zum Zeitpunkt der Tat bereits volljährig und lebte seit längerer Zeit nicht mehr im selben Haushalt wie der Vater.</t>
+  </si>
+  <si>
+    <t>Psychische Belastung</t>
+  </si>
+  <si>
+    <t>Es wurde für ein weiteres volljähriges Geschwister dieselbe Genugtuung ausbezahlt</t>
+  </si>
+  <si>
+    <t>02.04.2025</t>
+  </si>
+  <si>
+    <t>06/19</t>
+  </si>
+  <si>
+    <t>L'auteur et la victime, une jeune femme, étaient en couple. La victime a mis un terme à leur relation après environ 1,5 an. Par la suite, l'auteur a convaincu la victime de se rendre chez lui sous prétexte de discuter et a exigé une relation sexuelle que la victime a refusée. Malgré ses tentatives de résistance, ses cris et ses coups, la victime a été immobilisée par l’auteur et a été contrainte à avoir un rapport sexuel vaginal. _x000D_
+L’auteur a filmé ce rapport sexuel et a menacé la victime de publier la vidéo afin qu’elle renonce à le quitter.</t>
+  </si>
+  <si>
+    <t>Extorsion et chantage, menaces, contraintes (156, 180-181), Atteinte et contrainte sexuelles, viol (189, 190), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>Etat de stress post-traumatique avec des crises d'angoisse et des insomnies. _x000D_
+Dysfonction sexuelle qui se traduisait par un manque ou une absence de désir sexuel, voire par une aversion sexuelle.</t>
+  </si>
+  <si>
+    <t>Suivi de longue durée auprès d'une psychologue</t>
+  </si>
+  <si>
+    <t>Arrêt de travail à 100% pendant 1 semaine</t>
+  </si>
+  <si>
+    <t>01.04.2025</t>
+  </si>
+  <si>
+    <t>52'822</t>
+  </si>
+  <si>
+    <t>L'auteur des faits est le compagnon de la demanderesse. Elle a subi cinq épisodes de violences physiques (gifles, coups de poing), cinq épisodes de menaces, un épisode de menaces (tuer l'enfant des parties) et cinq épisodes de contrainte._x000D_
+_x000D_
+L'auteur a été condamné à 12 mois d'emprisonnement (6 mois fermes) et a été condamné à verser un montant de Fr. 4'000.- à titre de réparation morale. Ce montant a été accordé, puisque, fondamentalement, l'autorité LAVI aurait pu verser un montant quelque peu supérieur (Fr. 5'000.-) si cela avait été accordé.</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Autres infractions contre la liberté (183, 184, 185), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>La demanderesse a suivi une thérapie</t>
+  </si>
+  <si>
+    <t>La demanderesse a été impactée</t>
+  </si>
+  <si>
+    <t>Les nombreuses violences subies ont impacté la santé psychique de la demanderesse</t>
+  </si>
+  <si>
+    <t>L'auteur était le compagnon de la demanderesse et le père de l'enfant commun</t>
+  </si>
+  <si>
+    <t>144/2025/kb</t>
+  </si>
+  <si>
+    <t>Die alkoholisierte GSin war nachts unterwegs und wurde vom Täter angesprochen. Er begleitete sie nach Hause und betrat gegen ihren Willen ihre Wohnung. Dort legte er die wehrlose (Alkohol/Psyche) aufs Sofa, zog sich aus und drang vaginal in sie ein. Dann zog er sie an Nacken/Hals hoch, drückte ihren Kopf nach unten, damit sie ihn oral befriedigte. Danach legte er sie wieder aufs Sofa und drang mit dem Penis erneut in sie ein. Er hielt sie dabei fest und stützte sich mit dem gesamten Gewicht auf sie. Verurteilung wegen Schändung, sexueller Nötigung und Vergewaltigung.</t>
+  </si>
+  <si>
+    <t>22000</t>
+  </si>
+  <si>
+    <t>Atteinte et contrainte sexuelles, viol (189, 190), Autres infractions contre l'intégrité sexuelle (194, 198)</t>
+  </si>
+  <si>
+    <t>Abtragungen und Risse der Genitalschleimhaut und an beiden Schamlippen; Blutergüsse am Scheideneingang; Blutergüsse an Hals und Oberbauch, Schmerzen im Vaginalbereich; akute Belastungsreaktion mit akuter Suizidalität; komplexe PTBS; rez. depressive Störung; Panikattacken noch 4.5 Jahre nach der Tat; Einschränkungen im Sozialleben</t>
+  </si>
+  <si>
+    <t>zwei Klinikaufenthalte von insgesamt 3 Monaten</t>
+  </si>
+  <si>
+    <t>Mehrjährige Psychotherapie</t>
+  </si>
+  <si>
+    <t>100% während 6 Mt.; danach für unbekannte Dauer 50%</t>
+  </si>
+  <si>
+    <t>Anmeldung IV</t>
+  </si>
+  <si>
+    <t>GSin litt an Brustkrebsdiagnose/Alkoholproblem; starke Verschlimmerung des Vorzustandes (Psyche)</t>
+  </si>
+  <si>
+    <t>31.03.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'193</t>
+  </si>
+  <si>
+    <t>11000 CHF</t>
+  </si>
+  <si>
+    <t>Täter zwang die volljährige GS mit einem Messer, sie zu abgelegenem Ort zu begleiten und vergewaltigte und schlug sie über einen Zeitraum von 10 bis 30 Minuten. Täter drückte Arm auf Hals der GS, wodurch sie Atemnot erlitt. GS erlitt beim Vorfall aufgrund der Schläge überdies einen Kieferbruch.</t>
+  </si>
+  <si>
+    <t>IV-Bezügerin</t>
+  </si>
+  <si>
+    <t>Gerichtlich zugesprochene Genugtuung erscheint in Anbetracht der schweren Tat eher tief.</t>
+  </si>
+  <si>
+    <t>24.03.2025</t>
+  </si>
+  <si>
+    <t>OHG 2020/90</t>
+  </si>
+  <si>
+    <t>Der Gesuchsteller arbeitete in einem Club als Türsteher, wo er eine Gruppe aus dem Club verwies. Nach Feierabend ging er mit anderen Türstehern zur Tiefgarage des Clubs, wo er sein Auto parkiert hatte. Die zuvor dem Club verwiesene Gruppe befand sich ebenfalls in der Tiefgarage, wo es zu einer tätlichen Auseinandersetzung kam, in dessen Verlauf der Gesuchsteller sowie eine weitere Person mit einem Messer verletzt wurden.</t>
+  </si>
+  <si>
+    <t>15%</t>
+  </si>
+  <si>
+    <t>Stichverletzung an der rechten Brust mit lebensgefährlichem Spannungspneumothorax</t>
+  </si>
+  <si>
+    <t>einige Tage Spitalaufenthalt</t>
+  </si>
+  <si>
+    <t>521/2023</t>
+  </si>
+  <si>
+    <t>Der GS hatte als UBER-Fahrer eine Frau und deren Kollegin im Wagen als er derart von einer Frau belästigt wurde, dass er die Fahrt abbrechen und anhalten musste. Die Täterin war völlig in Rage, so dass sie ausserhalb des Autos wild um sich schlug. Als der GS wieder abfahren wollte, stieg die Täterin wieder ein, setze sich auf den Hintersitz und biss dem GS von hinten ins linke Ohr.</t>
+  </si>
+  <si>
+    <t>mindestens 5000</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) avec LCR</t>
+  </si>
+  <si>
+    <t>Abriss eines Teils der linken Ohrmuschel; Hämatome im Gesicht; Schmerzen</t>
+  </si>
+  <si>
+    <t>Notfalleintritt ins Spital; 1 1/2 J. nach Tat: Weglasern von Haaren, welche nach OP dort wuchsen</t>
+  </si>
+  <si>
+    <t>OP mit Teilamputation Ohrmuschel; zweite OP zur Defektrekonstruktion</t>
+  </si>
+  <si>
+    <t>Mehrere Stunden Psychotherapie und Einnahme von Antidepressivum</t>
+  </si>
+  <si>
+    <t>16 Monate, z.T. nicht immer 100%</t>
+  </si>
+  <si>
+    <t>20.03.2025</t>
+  </si>
+  <si>
+    <t>RDGS.2025.48</t>
+  </si>
+  <si>
+    <t>Im Anschluss an eine verbale Auseinandersetzung verfolgte der Täter das Opfer und schlug ihn mehrfach gegen den Kopf. Als das Opfer bereits regungslos am Boden lag, versetzte ihm der Täter einen wuchtigen Tritt gegen das Gesicht.</t>
+  </si>
+  <si>
+    <t>Schädel-Hirntrauma ersten Grades (Gehirnerschütterung), diverse Prellungen und Schürfungen</t>
+  </si>
+  <si>
+    <t>3 Wochen</t>
+  </si>
+  <si>
+    <t>13.03.2025</t>
+  </si>
+  <si>
+    <t>2025-0024</t>
+  </si>
+  <si>
+    <t>7000 CHF</t>
+  </si>
+  <si>
+    <t>häusliche Gewalt während 6 Monaten; mehrfache Vergewaltigung, sexuelle Nötigung, mehrfache Tätlichkeiten, mehrfache Drohungen, mehrfache Beschimpfungen</t>
+  </si>
+  <si>
+    <t>6 wöchige Behandlung in einer Tagesklinik ist geplant</t>
+  </si>
+  <si>
+    <t>12.03.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'189</t>
+  </si>
+  <si>
+    <t>17-jähriger Täter verfolgte 19-jährige GS in einen Schopf, stiess sie zu Boden, packte sie von hinten und hielt ihr Mund zu. Riss Oberteil und Sport-Top nach unten und berührte GS an den Brüsten. Täter versuchte die GS zu küssen und ihre Hosen herunterzuziehen. Zog danach eigene Hosen runter und versuchte erfolglos, den Kopf der GS in seinen Genitalbereich zu ziehen. In der Folge setzte sich Täter auf die Beine der GS und bewegte sich über ihrer Kleiderung rauf und runter. Täter liess erst ab, als Drittperson zu Hilfe eilte.</t>
+  </si>
+  <si>
+    <t>Zukünftig Psychotherapie</t>
+  </si>
+  <si>
+    <t>Jugendstrafverfahren mit sehr tiefer Genugtuung</t>
+  </si>
+  <si>
+    <t>11.03.2025</t>
+  </si>
+  <si>
+    <t>RDGS.2025.41</t>
+  </si>
+  <si>
+    <t>Der Täter behändigte eine Baustellenmesslatte aus Stahl und warf diese unvermittelt und ohne Grund mit dem spitzigen Ende voraus in Richtung des drei bis fünf Meter entfernten Opfers.</t>
+  </si>
+  <si>
+    <t>zwei je zwei cm lange Quetschrisswunden auf dem Nasenrücken und der Stirn. Die Wunden mussten mit drei bzw. vier Stichen genäht werden.</t>
+  </si>
+  <si>
+    <t>evtl. Narbenbildung</t>
+  </si>
+  <si>
+    <t>2022/095</t>
+  </si>
+  <si>
+    <t>14jähriges Opfer wird auf Nachhauseweg in einer Gruppe von Jugendlichen von einem 49-jährigen Täter tätlich angegriffen und bedroht. Der Täter packt das Opfer am Nacken und reisst es vom Fahrrad weg. Das Opfer kann sich vom Täter losreissen und rennt zusammen mit der Gruppe davon.</t>
+  </si>
+  <si>
+    <t>Torticollis (Schiefhals) nach rechts, Kratzspuren am Rücken</t>
+  </si>
+  <si>
+    <t>Basisgenugtuung CHF 300.- auf CHF 500.- erhöht, da Täter körperliche Überlegenheit völlig ausnutzt</t>
+  </si>
+  <si>
+    <t>OHG 2020/73</t>
+  </si>
+  <si>
+    <t>3500 CHF</t>
+  </si>
+  <si>
+    <t>Zwischen dem Gesuchsteller, welcher in einer Bar als Türsteher arbeitete, und dem stark alkoholisierten Täter kam es zunächst in der Bar und danach auf dem Vorplatz vor der Lokalität zu einer Auseinandersetzung, infolge welcher der Täter dem Gesuchsteller mit einem Klappmesser eine mindestens 7 cm lange Stichverletzung in den Unterbauch zufügte.</t>
+  </si>
+  <si>
+    <t>7500</t>
+  </si>
+  <si>
+    <t>2 cm breite und 7 cm lange Stichverletzung im linken Unterbauch ohne unmittelbare Lebensgefahr</t>
+  </si>
+  <si>
+    <t>mehrere Tage Spitalaufenthalt</t>
+  </si>
+  <si>
+    <t>13 Tage zu 100%</t>
+  </si>
+  <si>
+    <t>keine</t>
+  </si>
+  <si>
+    <t>06.03.2025</t>
+  </si>
+  <si>
+    <t>RDGS.2015.15</t>
+  </si>
+  <si>
+    <t>Der Täter versuchte das Opfer in seiner Wohnung zu vergewaltigen. Das Opfer werte sich heftig und konnte die Wohnung des Täters verlassen.</t>
+  </si>
+  <si>
+    <t>28.02.2025</t>
+  </si>
+  <si>
+    <t>30/2025</t>
+  </si>
+  <si>
+    <t>11150 CHF</t>
+  </si>
+  <si>
+    <t>GSin wurde in einem Auto, in Anwesenheit von zwei weiteren Männern vergewaltigt. Zuvor wurde sie von einem der beiden anderen Männer sexuell belästigt.</t>
+  </si>
+  <si>
+    <t>notorische psychische Beeinträchtigungen</t>
+  </si>
+  <si>
+    <t>Gynäkologische Untersuchung und Pille danach</t>
+  </si>
+  <si>
+    <t>Kein Therapieplatz gefunden während Covid.</t>
+  </si>
+  <si>
+    <t>keine Arbeitsunfähigkeit ausgewiesen; GSin arbeitete als Au-Pair.</t>
+  </si>
+  <si>
+    <t>Bei der Tat waren drei Männer beteiligt bzw. anwesend; der Haupttäter hat Fr. 3'850.-- bezahlt</t>
+  </si>
+  <si>
+    <t>27.02.2025</t>
+  </si>
+  <si>
+    <t>2023/094</t>
+  </si>
+  <si>
+    <t>körperliche Auseinandersetzung in Asylunterkunft. Täter beschädigt - teilweise zusammen mit Drittperson - das 14-jährige Opfer durch Körpergewalt und mit Messer am Körper und versucht das Opfer zu nötigen und einzuschüchtern. Dabei wird Opfer vom Täter gepackt, geschubst, mit Fäusten geschlagen und mit Füssen gegen Körper getreten. Zudem schlägt Täter dem Opfer zwei Mal ins Gesicht, wirft es auf den Boden und verletzt es mit Messer an der Hand.</t>
+  </si>
+  <si>
+    <t>CHF 1'500.00</t>
+  </si>
+  <si>
+    <t>Abschürfungen am Oberarm, kleine stichartige Verletzung an Ferse, oberflächliche Schnittwunde an Hand, Abschürfungen am Thorax</t>
+  </si>
+  <si>
+    <t>64/2025</t>
+  </si>
+  <si>
+    <t>Die GSin wurde am Postschalter, wo sie alleine tätig war, von einer bewaffneten und maskierten Person überfallen. Im Eingang stand eine weitere Person. Die GSin versteckte sich und drückte den Alarm. Die beiden Personen verliessen daraufhin die Postfiliale ohne Beute.</t>
+  </si>
+  <si>
+    <t>11 Monate Psychotherapie</t>
+  </si>
+  <si>
+    <t>15 Monate arbeitsunfähig in unterschiedlichem Umfang</t>
+  </si>
+  <si>
+    <t>Täterschaft blieb unbekannt</t>
+  </si>
+  <si>
+    <t>25.02.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'131</t>
+  </si>
+  <si>
+    <t>Onlinebekanntschaft berührt die 17-jährige GS im Brust- und Intimbereich, ergreift ihre Hand und zog diese in Richtung seines Penis. GS riss sich los, Täter zog sie dennoch heran, küsste sie erneut und zog wiederum ihre linke Hand zu seinem Penis, packte sie mit Hand an Gesäss und Hals. Weiter griff er zwischen ihre Beine und versuchte anschliessend, seine Hand in ihre Hosen zu stecken. GS lief davon. Täter folgte ihr und verabreichte ihre mehrere Ohrfeigen und sagte, dass sie ihm gehöre. Darauf packte er sie erneut an Hals und Hand, welche er wieder zu seinem Penis führte. In der Folge nahm er diesen hervor und masturbierte vor der GS und berührte sie an den Brüsten. GS konnte sich losreissen und fliehen.</t>
+  </si>
+  <si>
+    <t>In Anspruch genommen; psychische Vorbelastung</t>
+  </si>
+  <si>
+    <t>Wenig Angaben über Beeinträchtigungen aber notorisch</t>
+  </si>
+  <si>
+    <t>Psychische Vorbelastung</t>
+  </si>
+  <si>
+    <t>61'776</t>
+  </si>
+  <si>
+    <t>La demanderesse a subi des actes d'ordre sexuelle sur un enfant alors qu'elle était âgée de 14 ans. Elle a également, au cours de la même soirée, subi un viol de la part de l'auteur des faits alors qu'elle avait clairement indiqué qu'elle ne souhaitait pas dépasser le stade des préliminaires. L'auteur - de presque 6 ans son aîné - s'est montré particulièrement rusé pour parvenir à ses fins, ciblant la victime en connaissant ses faiblesses (elle était placée en foyer, n'avait pas vraiment de personnes proches à qui se confier, était fragile psychologiquement et n'avait aucune expérience sexuelle).  L'auteur a fait passer le viol pour une erreur en indiquant "Oups, je suis rentré".</t>
+  </si>
+  <si>
+    <t>1 an après, elle subissait encore les conséquences des actes subis</t>
+  </si>
+  <si>
+    <t>La scolarité de la victime a été impactée</t>
+  </si>
+  <si>
+    <t>La victime a, dans un premier temps, rejeté la faute sur elle-même</t>
+  </si>
+  <si>
+    <t>La victime était placée en foyer, âgée de 14 ans, première expérience sexuelle</t>
+  </si>
+  <si>
+    <t>Alors qu'elle était âgée de 14 ans et domiciliée dans un foyer, la victime a rencontré l'auteur (20 ans). Ils se sont embrassés durant la soirée puis ils sont rentrés au foyer de la jeune fille. Celle-ci a accepté de "faire des préliminaires" avec l'auteur, mais sans aller plus loin. L'auteur l'a pénétrée digitalement avant de la forcer à pratiquer une fellation. Il l'a ensuite violée en indiquant "Oups, chui rentré", et a continué même alors la victime lui indiquait qu'elle ne souhaitait pas. Il ne s'est arrêté que parce qu'elle commençait à réveiller son ami présent dans la pièce._x000D_
+_x000D_
+Par ailleurs, les difficultés familiales de la victime, qui s'étaient apaisées, ont repris suite aux infractions subies, la mère de celle-ci ne la croyant pas.</t>
+  </si>
+  <si>
+    <t>Psychothérapie perdure / état péjoré en raison des infractions</t>
+  </si>
+  <si>
+    <t>Probablement problèmes psychiques à envisager</t>
+  </si>
+  <si>
+    <t>C'était sa première expérience sexuelle et avait confiance en l'auteur</t>
+  </si>
+  <si>
+    <t>Déjà fragile psychologiquement (hospitalisations en milieu psychiatrique) + 14 ans</t>
+  </si>
+  <si>
+    <t>24.02.2025</t>
+  </si>
+  <si>
+    <t>423/2025</t>
+  </si>
+  <si>
+    <t>Zwei Männer trafen sich an einem vereinbarten Platz zwecks Abwicklung eines Haschischkaufs (75g). Nach zunächst verbaler Auseinandersetzung und gegenseitigem Schubsen nahm der Täter sein Klappmesser hervor. Der GS versuchte abzuwehren, der Täter war jedoch schneller und traf mit der offenen Messerklinge die Schlaghand des GS.</t>
+  </si>
+  <si>
+    <t>25%</t>
+  </si>
+  <si>
+    <t>Tiefe Schnittverletzung vom Zeige- bis zum Mittelfinger; offene mehrfragmentäre dislozierte Fraktur des Mittelhandknochens; längere Zeit Schmerzen</t>
+  </si>
+  <si>
+    <t>2 Tage</t>
+  </si>
+  <si>
+    <t>Operation nach Vorfall und 2. OP nach 14 Tagen ; 3. OP nach 1.5 Jahren</t>
+  </si>
+  <si>
+    <t>Handschiene für Finger; Antibiotika-Therapie; Immobilisation für 6 Wochen; regelm. Wundkontrolle</t>
+  </si>
+  <si>
+    <t>knapp 7 Monate</t>
+  </si>
+  <si>
+    <t>Der GS wurde ebenfalls verurteilt wegen Drogenhandels</t>
+  </si>
+  <si>
+    <t>20.02.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'008</t>
+  </si>
+  <si>
+    <t>Partner der GS bedrohte diese mehrfach mit dem Tod; bei einem Vorfall setzte er ein Küchenmesser unterhalb des Halses an ihre Brust, schnitt sie in diesem Bereich und packte sie zugleich mit der anderen Hand kurzzeitig am Hals. Bei weiterem Vorfall packte er die Gesuchstellerin am Handgelenk und am Oberarm, verdrehte diese und sagte ihr, sie solle mitkommen. Die Gesuchstellerin konnte sich aus dem Griff lösen, flüchten und die Polizei alarmieren.</t>
+  </si>
+  <si>
+    <t>Psychische Beeinträchtigungen, Schlafstörungen, Tinnitus, schlechte Konzentrationsfähigkeit, Ängste; PTBS</t>
+  </si>
+  <si>
+    <t>Mindestens 15 Psychotherapiesitzungen</t>
+  </si>
+  <si>
+    <t>Hat nachvollziehbare Angst vor Rache des Täters</t>
+  </si>
+  <si>
+    <t>19.02.2025</t>
+  </si>
+  <si>
+    <t>2022/294</t>
+  </si>
+  <si>
+    <t>4140 CHF</t>
+  </si>
+  <si>
+    <t>GSin wird vom Täter in ihrem Zuhause überwältigt und in die Enge getrieben, um gefesselt zu werden. Dabei richtet Täter eine täuschend echte Waffe gegen GSin und gibt an, die Tochter in seiner Gewalt zu haben. Dank entschlossener Gegenwehr der GSin und des durch die Schreie der GSin alarmierten Sohns, blieb es beim Versuch der Freiheitsberaubung. Nachträglich erfährt GSin von der geplanten Geiselnahme und Erpressung des Ehemanns (stellvertretener Vorsitzender der Bankleitung) und die Tatsache, dass das Haus und die Familie schön länger vom Täter beobachtet wurde.</t>
+  </si>
+  <si>
+    <t>Brigandage (140), Autres infractions contre la liberté (183, 184, 185)</t>
+  </si>
+  <si>
+    <t>keine Arzt- und Therapieberichte, welche eine psychische Beeinträchtigung festhalten. Notorische Beeinträchtigung als gegeben.</t>
+  </si>
+  <si>
+    <t>komplementärmedizinische Behandlung</t>
+  </si>
+  <si>
+    <t>2.5 Monate zu 100% AUF, 1 Monat zu 50% AUF</t>
+  </si>
+  <si>
+    <t>andauernde Ängste, übermässige Schreckhaftigkeit, Panikattacken</t>
+  </si>
+  <si>
+    <t>Basisgenugtuung um 15% von CHF 3'600.00 auf CHF 4'140.00 erhöht</t>
+  </si>
+  <si>
+    <t>2022/295</t>
+  </si>
+  <si>
+    <t>1200 CHF</t>
+  </si>
+  <si>
+    <t>Mutter vom GS wird vom Täter in ihrem Zuhause überwältigt und in die Enge getrieben, um gefesselt zu werden. Dabei richtet Täter eine täuschend echte Waffe gegen die Mutter und gibt an, die Tochter in seiner Gewalt zu haben. Dank  entschlossener Gegenwehr der Mutter und durch die Schreie der Mutter alarmierte GS, blieb es beim Versuch der Freiheitsberaubung. Nachträglich erfahren Mutter und GS von der geplanten Geiselnahme und Erpressung des Vaters (stellvertretener Vorsitzender der Bankleitung) und die Tatsache, dass das Haus und die Familie schön länger vom Täter beobachtet wurde.</t>
+  </si>
+  <si>
+    <t>01/25</t>
+  </si>
+  <si>
+    <t>Dans un contexte de menaces, de tensions exacerbées et de triangle amoureux, l'auteur a notamment donné un coup de boule à la victime, un jeune homme, a brandi un couteau d'une lame de 15cm de long en sa direction, lui a donné un coup de couteau à la main droite alors que la victime essayait de se protéger et lui a donné plusieurs coups de pied, de coude et de genou, principalement dans le visage.</t>
+  </si>
+  <si>
+    <t>Sur le plan physique, fracture du nez avec légère déviation du septum, multiples hématomes au visage, traumatisme crânien simple et plaies superficielles à une main._x000D_
+Sur le plan psychique, stress post-traumatique avec des séquelles temporaires (angoisse, peur de sortir de chez soi, tendance au repli et humeur dépressive).</t>
+  </si>
+  <si>
+    <t>Constat de coups et blessures aux urgences de l'Hôpital</t>
+  </si>
+  <si>
+    <t>Suivi (quelques séances) auprès d'une psychologue</t>
+  </si>
+  <si>
+    <t>2 jours à 100%</t>
+  </si>
+  <si>
+    <t>18.02.2025</t>
+  </si>
+  <si>
+    <t>OHG 3'537</t>
+  </si>
+  <si>
+    <t>55 000 - 76 000</t>
+  </si>
+  <si>
+    <t>Täter versuchte seine Ehefrau (GS) mit Messerstichen zu ermorden, während die beiden 1- und 6-jährigen Kinder in ihrem Zimmer schliefen. GS überlebte, ist jedoch seit der Tat vollständig erblindet. Sehr grosser Blutverlust. Während 8 Monaten war sich von ihren Kindern getrennt.</t>
+  </si>
+  <si>
+    <t>76000</t>
+  </si>
+  <si>
+    <t>Tentative d'homicide, Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>Not- und Folgeoperationen</t>
+  </si>
+  <si>
+    <t>Mind. 60 Stunden Psychotherapie</t>
+  </si>
+  <si>
+    <t>Dauerhaft</t>
+  </si>
+  <si>
+    <t>Vollständige dauerhafte Erblindung und Gesichtsentstellung</t>
+  </si>
+  <si>
+    <t>Vermutlich lebenslang auf Unterstützung angewiesen.</t>
+  </si>
+  <si>
+    <t>Kein tragfähiges soziales Netz in der Schweiz und keine Sprachkenntnisse</t>
+  </si>
+  <si>
+    <t>4'173</t>
+  </si>
+  <si>
+    <t>Schwer angetrunkener und unter Kokaineinfluss stehender GS schubste spätere Täter, mutmasslich, da sie ihm keinen Alkohol mehr verkaufen wollten. Darauf schlugen mindestens zwei Personen mit Aluminiumprofilen vielfach auf den Gesuchsteller ein, auch nachdem dieser zu Boden ging. Mitverschulden geprüft, GS musste jedoch nicht mit derart heftiger Reaktion rechnen. Freispruch vom Vorwurf Raufhandel gegen GS.</t>
+  </si>
+  <si>
+    <t>leichtes Schädel-Hirntrauma mit kurzer Bewusstlosigkeit, Rissquetschwunde von 7 cm Länge</t>
+  </si>
+  <si>
+    <t>Wundversorgung mit Nachkontrolle</t>
+  </si>
+  <si>
+    <t>Psychische Vorbelastung; relativ heftiger und unkontrollierbarer Angriff</t>
+  </si>
+  <si>
+    <t>604/2021</t>
+  </si>
+  <si>
+    <t>Der Ex-Partner der GSin und dessen Cousin tauchten viel früher als vereinbart am Wohnort der GSin auf, um die Tochter abzuholen zur Ausübung des Besuchsrechts. Als die GSin den Täter nicht in die Wohnung lassen wollte, packte er sie mit Gewalt am Arm und stellte den Fuss in die Türe. Sie konnte ihn zurückstossen. Dann wartete er vor der Tür und danach in der Tiefgarage, als die GSin versuchte, mit der Tochter zu fliehen. Der Mann versperrte ihr den Weg und nahm ihr den Autoschüssel ab. Sie biss ihn in die Hand, er liess den Schlüssel los und beim Herausfahren prallte sie gegen eine Mauer. Der ganze Vorfall dauerte drei Stunden.</t>
+  </si>
+  <si>
+    <t>Nach eigenen Angaben der GSin litt sie an Angst- und Erschöpfungszuständen und an Magenproblemen. Die Erinnerungen an den Täter seien reaktiviert worden als er sie während der Schwangerschaft (als sie noch mit dem Mann zusammen war) vom Mann geschlagen worden sei.</t>
+  </si>
+  <si>
+    <t>1.5 Jahre Psychotherapie</t>
+  </si>
+  <si>
+    <t>13.02.2025</t>
+  </si>
+  <si>
+    <t>03/24</t>
+  </si>
+  <si>
+    <t>Durant plus de 2 ans, alors qu'ils étaient mariés et faisaient ménage commun, l'auteur a régulièrement fait preuve de violences à l'encontre de son épouse. Il a notamment obtenu à plusieurs reprises des relations sexuelles vaginales complètes contre la volonté de la victime, en la fragilisant psychologiquement, en la frappant régulièrement et en usant de la force. A plusieurs reprises, il a également mis un couteau au niveau du cou de la victime et l’a menacée de mort.</t>
+  </si>
+  <si>
+    <t>Etat dépressif</t>
+  </si>
+  <si>
+    <t>355/2024</t>
+  </si>
+  <si>
+    <t>GSin wurde währen ca. 14 Jahren (zu Beginn war sie 5 Jahre alt) regelmässig vom Vater geschlagen, geohrfeigt, beleidigt und beschimpft.</t>
+  </si>
+  <si>
+    <t>angemessene Genugtuung</t>
+  </si>
+  <si>
+    <t>Kombinierte Persönlichkeitsstörung, komplexe PTBS, rezidivierende depressive Störung</t>
+  </si>
+  <si>
+    <t>stationärer Aufenthalt in Psychiatrie während 2 Monaten</t>
+  </si>
+  <si>
+    <t>Psychotherapie (Dauer unbekannt)</t>
+  </si>
+  <si>
+    <t>IV-Anmeldung</t>
+  </si>
+  <si>
+    <t>junges Alter</t>
+  </si>
+  <si>
+    <t>10.02.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'164 und 4'165</t>
+  </si>
+  <si>
+    <t>Unbekannte Täterschaft setzte in Liegenschaft (Wohnblock) der Gesuchsteller (älteres Ehepaar) einen im Eingangsbereich stehenden Kinderwagen sowie Rollatoren in Brand; diverse Personen zogen sich Verletzungen zu und es kam zu Sachschaden. Täterschaft ist bislang unbekannt. Strafverfahren unbefristet sistiert.</t>
+  </si>
+  <si>
+    <t>Nach Ermessen</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>leichte Verbrennungen in Hand- und Halsbereich mit Blasenbildung</t>
+  </si>
+  <si>
+    <t>Behandlung nach Verbrennungen und mehrere Kontrolltermine</t>
+  </si>
+  <si>
+    <t>- (Rentenalter)</t>
+  </si>
+  <si>
+    <t>Folgenlose Abheilung der Brandverletzungen, jedoch mitten in der Nacht aus dem Bett gerissen.</t>
+  </si>
+  <si>
+    <t>75- und 77-jährig</t>
+  </si>
+  <si>
+    <t>2022/039</t>
+  </si>
+  <si>
+    <t>GS wird von drei Arbeitskollegen in Büroräumlichkeiten unvermittelt gefesselt, in Schach gehalten, gequält und sexuell genötigt. Im Rahmen dieser 8h Freiheitsberaubung kam es zu Todesdrohungen, massiven sexuellen Handlungen, Körperverletzungen und Demütigungen. Insbesondere u.a. rektales Einführen einer Metallfeile und einem Metallrohr, Entleeren Inhalt einer mit Urin gefüllten Flasche über den Kopf, Schläge mit Hockeyschläger auf Oberschenkel und Po, Drohung mit Rohrzange Zähne ausreissen, Geldforderungen. Die Misshandlungen wurden gefilmt.</t>
+  </si>
+  <si>
+    <t>Extorsion et chantage, menaces, contraintes (156, 180-181), Autres infractions contre la liberté (183, 184, 185), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>Spuren von Gewalteinwirkungen an Brustkorb, Gesäss, After und Unterschenkel. Schwergradige posttraumatische Belastungsstörung und mittelgradig depressive Episode (Symptome wie Verlust Sicherheitsgefühl und Würde, Misstrauen gegenüber Mitmenschen, starke Aggressionen und Wut, Angst- und Schamgefühle, Schlafstörungen, Depression, Selbstmordgedanken)</t>
+  </si>
+  <si>
+    <t>Abbruch Lehre, AUF 100% unklare Zeitdauer</t>
+  </si>
+  <si>
+    <t>sozialer Rückzug</t>
+  </si>
+  <si>
+    <t>07.02.2025</t>
+  </si>
+  <si>
+    <t>56'741</t>
+  </si>
+  <si>
+    <t>L'auteur, frustré par le refus de rapports sexuels de sa compagne, avec laquelle il était en couple depuis 2 1/2 ans, a profité que celle-ci soit endormie, et donc incapable de lui résister, pour lui imposer une pénétration digitale. Quelques jours plus tard, il l'a traitée de « sale pute » puis l’a tirée hors de la chambre en la saisissant par le pantalon. Plus tard dans la soirée, il l'a prise par les cheveux pour l’amener dans sa chambre, où il lui a asséné un coup au niveau de la poitrine, la blessant au cou et à l’avant-bras.</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Actes d'ordre sexuel avec des personnes dépendantes (188, 191, 192, 193)</t>
+  </si>
+  <si>
+    <t>plaie d’environ 3 cm sur le cou, hématomes; peur, hypervigilance, problèmes de sommeil et troubles obsessionnels compulsifs persistants quatre ans après les faits</t>
+  </si>
+  <si>
+    <t>- non</t>
+  </si>
+  <si>
+    <t>- sept jours</t>
+  </si>
+  <si>
+    <t>04.02.2025</t>
+  </si>
+  <si>
+    <t>762/2024</t>
+  </si>
+  <si>
+    <t>10-13-jährige GS wird durch Mutter geschlagen (Gürtel, Staubsaugerrohr, Faust, Ohrfeigen), einmal gebissen, einmal mit Messer nach ihr geworfen. Sie würde ins Heim kommen, sie sei behindert, solle vor Zug springen etc.</t>
+  </si>
+  <si>
+    <t>Gespräche Schulsozialarbeiter</t>
+  </si>
+  <si>
+    <t>kein Kontakt zur Mutter, Umzug zum Vater, Schulwechsel</t>
+  </si>
+  <si>
+    <t>junges Alter, Täter=Mutter (Vertrauensperson)</t>
+  </si>
+  <si>
+    <t>38/2025</t>
+  </si>
+  <si>
+    <t>Das spätere Opfer hatte Streit mit dem Täter am gemeinsamen Wohnort. Sie äusserte den Wunsch nach Beziehungsabbruch. Daraufhin schlug er sie mit massiver Gewalt mit Fäusten und Fusstritten auf Kopf und Brustkorb. Dies führte beim Opfer zu schwerer Atemnot und zur Einatmung von Erbrochenem. Vor dem Versterben litt das Opfer grosse Schmerzen/Leiden.</t>
+  </si>
+  <si>
+    <t>50000 CHF</t>
+  </si>
+  <si>
+    <t>Junges Alter des hinterbliebenen einzigen Sohnes (14 Jahre)</t>
+  </si>
+  <si>
+    <t>03.02.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'176</t>
+  </si>
+  <si>
+    <t>14-jährige GS sendete dem damals 15-jährigen Täter zunächst auf seine Aufforderung mehrmals Nacktfotos von sich. Später verlangte er ein Treffen mit ihr, andernfalls er die intimen Bilder herumschicken würde. Beim Treffen vergewaltigte er die GS vaginal und anal. Als sie anfing zu weinen und sich hinsetzte, schlug er vor, dass sie ihn oral befriedige, was sie ablehnte. In der Folge masturbierte der Täter vor ihr und ejakulierte auf ihre Brüste. Täter filmte heimlich. Wochen später zwang er GS, sich auf Toilette der Schulbibliothek zu treffen, drückte sie an die Wand und stellte sie vor die Wahl, ihn oral zu befriedigen oder sich anal penetrieren zu lassen. GS war nicht in der Lage sich zu befreien, worauf er sie auf Knie drückte und Penis bis Ejakulation in Mund schob.</t>
+  </si>
+  <si>
+    <t>14-jähriges Opfer</t>
+  </si>
+  <si>
+    <t>OHG 4'146</t>
+  </si>
+  <si>
+    <t>Gesuchsteller wurde vor seinem Hauseingang vom Täter unvermittelt zusammengeschlagen, nachdem er diesen und seine Freunde aufforderte aufzuräumen, bevor sie gehen. Zunächst zwei Ohrfeigen, danach ca. 10 heftige Faustschläge ins Gesicht. Gesuchsteller brach zusammen und blieb regungslos liegen. Später kickte Täter mit seinem rechten Fuss ca. fünf Mal gegen den Kopf des wehrlos am Boden liegenden Opfers.</t>
+  </si>
+  <si>
+    <t>Komplexe Mittelgesichtsfraktur, ausgeprägtes Monokolhämatom mit Gesichtshämatom, Augaopfelverletzung mit temporärer Visusminderung, Schmelzabsplitterungen an drei Zähnen. GS schildert, er lag mehrere Wochen unter starken Kopfschmerzen rund 20 Stunden am Tag im Bett, auch um audiovisuelle Reize zu vermeiden</t>
+  </si>
+  <si>
+    <t>Rekonstruktion Orbitaboden und -wand mit Implantat</t>
+  </si>
+  <si>
+    <t>Psychotherpie; Anpassungsstörung mit depressiv und ängstlicher Reaktion</t>
+  </si>
+  <si>
+    <t>1 Monat 100%, 1 Monat 50-20 %, 1 Monat 20 %</t>
+  </si>
+  <si>
+    <t>Bis heute Kopfschmerzen und rasche Ermüdung; Schmerzen Nervus intraorbitalis. Psychische Belastastun</t>
+  </si>
+  <si>
+    <t>Nach Abzug Integritätsentschädigung der Unfallversicherung verbleibt Genugtuung von Fr. 1'590.-</t>
+  </si>
+  <si>
+    <t>2017/164</t>
+  </si>
+  <si>
+    <t>20800 CHF</t>
+  </si>
+  <si>
+    <t>GSin arbeitete während 44 Monaten als Prostituierte für sieben verschiedene Täter:innen. Prostitutionsmodalitäten (7 Tage pro Woche, 24h zur Verfügung halten), Abgabepflicht und Kontrollverhalten der Täter:innen in allen Fällen ähnlich gelagert. U.a. musste die GSin die Hälfte der Einnahmen abgeben, Abgaben für Internetauftritte und Verpflegung leisten, sich rund um die Uhr zur Verfügung halten, wurde kontrolliert, durfte das Studio nur sehr eingeschränkt verlassen, musste ungeschützten Geschlechtsverkehr anbieten. Die GSin wurde zudem zum Konsum von Metamphetamin gedrängt.</t>
+  </si>
+  <si>
+    <t>36500 CHF</t>
+  </si>
+  <si>
+    <t>komplexe posttraumatische Belastungsstörung</t>
+  </si>
+  <si>
+    <t>Kriseninterventionen infolge Suizidgefahr und Konsum Metamphetamin</t>
+  </si>
+  <si>
+    <t>medikamentöse Behandlung, ambulante Behandlung</t>
+  </si>
+  <si>
+    <t>Flashbacks, Depressionen und ist suizidgefährdet, Infektion mit HIV</t>
+  </si>
+  <si>
+    <t>OHG 2024/56</t>
+  </si>
+  <si>
+    <t>Auf dem Pausenplatz eines Schulhauses kam es zwischen der jugendlichen Gesuchstellerin und 3 weiteren Jugendlichen zu einer zunächst verbalen und dann tätlichen Auseinandersetzung. Die Gesuchstellerin erhielt eine Ohrfeige, wurde an den Haaren gerissen und mit den Füssen getreten. Als Sie auf dem Boden lag, schlugen die 3 Jugendlichen weiter auf sie ein, bis sie ohnmächtig wurde. Die Gesuchstellerin musste in der Folge zur Kontrolle ins Kinderspital überführt werden.</t>
+  </si>
+  <si>
+    <t>2000</t>
+  </si>
+  <si>
+    <t>Schürfwunde im Beckenbereich, Kratzspuren am Hals, Hämatome am linken Auge, angebrochener Zahn</t>
+  </si>
+  <si>
+    <t>Das Opfer traute sich nach dem Vorfall längere Zeit nicht mehr in die Schule</t>
+  </si>
+  <si>
+    <t>Das Opfer ist minderjährig</t>
+  </si>
+  <si>
+    <t>31.01.2025</t>
+  </si>
+  <si>
+    <t>385/2024</t>
+  </si>
+  <si>
+    <t>Die 71-jährige GSin wurde von ihrem Stiefsohn in ihrem Zuhause gestossen und auf dem Boden liegend mindestens einmal in den Rücken getreten.</t>
+  </si>
+  <si>
+    <t>Rippenbruch, Frakturen an der Lendenwirbelsäule,</t>
+  </si>
+  <si>
+    <t>5 Tage Spital und 5 Wochen Reha</t>
+  </si>
+  <si>
+    <t>Physiotherapie, Gehtraining, Atemübungen, Schmerzmittel</t>
+  </si>
+  <si>
+    <t>GSin ist Rentnerin</t>
+  </si>
+  <si>
+    <t>Alter</t>
+  </si>
+  <si>
+    <t>27.01.2025</t>
+  </si>
+  <si>
+    <t>2024/085</t>
+  </si>
+  <si>
+    <t>GSin wurde an ihrem Arbeitsplatz von einer Bewohnerin einer Wohngruppe tätlich angegriffen. Täterin habe auf eine andere Bewohnerin losgehen wollen. Gsin geht dazwischen und wird von Täterin an Haaren gepackt und auf den Boden gezogen. Täterin setzt sich auf GSin (ca. 25min.) und schlägt mehrfach mit den Beinen auf den Kopf der GSin.</t>
+  </si>
+  <si>
+    <t>blaues Auge und blaue Flecken, Panikattacke, Albträume, Flashback, Konzentrationsstörung</t>
+  </si>
+  <si>
+    <t>Psycho- sowie Physiotherapie und Verteidigungskurs</t>
+  </si>
+  <si>
+    <t>85 Tage zu 100% AUF</t>
+  </si>
+  <si>
+    <t>kein Strafverfahren, Kündigung Arbeitsstelle</t>
+  </si>
+  <si>
+    <t>2025-0008</t>
+  </si>
+  <si>
+    <t>Am frühen Morgen traf der alkoholisierte GS, welcher sich zu Fuss auf dem Nachhauseweg befand, auf 2 Täter. Diese sprachen ihn zunächst wegen einer Zigarette an und schlugen ihn anschliessend mit Fäusten gegen den Kopf, bis dieser zu Boden stürzte und bewusstlos und blutend liegen blieb. Als der GS wieder zu sich kam, bemerkte er, dass sein Portemonnaie sowie sein Handy fehlten.</t>
+  </si>
+  <si>
+    <t>Weichgewebeschwellungen mit Unterblutungen, Hautdurchtrennung an der rechten Ohrmuschel, Riss-Quetsch-Wunden beim Mund und Mundvorhofschleimunterblutungen. Im IRM-Gutachten wird festgehalten, dass die Verletzungen unter diskreter Narbenbildung vollständig ausheilen werden.</t>
+  </si>
+  <si>
+    <t>22.01.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'163</t>
+  </si>
+  <si>
+    <t>Unbekannter verfolgte die im Tatzeitpunkt 16-jährige GS vom Bahnhof und sprach sie an mit "Entschuldigung, Sex". GS fragte ihn, ob er sie verfolge, was er mit "Ja" bestätigte. Sie bat ihn, wegzugehen, andernfalls sie die Polizei rufe. Auf erneute Aufforderung zu gehen, hat er ihr die Faust entgegengestreckt. GS entfernte sich, darauf verfolgte der Unbekannte sie weiter. Vater der GS kam hinzu und schrie Unbekannten an, wegzugehen.</t>
+  </si>
+  <si>
+    <t>zu Beginn akute Belastungsreaktion; Ein- und Durchschlafschwierigkeiten, Albträume, Angst in der Dunkelheit, reduzierter Appetit, belastendes Unwohlsein in der Öffentlichkeit (z.B. Bahnhöfe), Insuffizienzgefühle. Kann Nachhauseweg nicht mehr alleine bewältigen. Halbes Jahr danach noch Restsymptomatik.</t>
+  </si>
+  <si>
+    <t>Bislang 13 Sitzungen Psychotherapie</t>
+  </si>
+  <si>
+    <t>Unbekannter schuf grosse Angstsituation, welche den Genugtuungsanspruch massgeblich begründet.</t>
+  </si>
+  <si>
+    <t>2018/051</t>
+  </si>
+  <si>
+    <t>1100 CHF</t>
+  </si>
+  <si>
+    <t>Auseinandersetzung zwischen zwei Türstehern und Täter. Nach einer verbalen Auseinandersetzung schlägt der Täter dem Türsteher 1 mit der Faust in das Gesicht, wodurch dieser zu  Boden ging. Der Täter geht im Anschluss auf GS (Türsteher 2) zu, schlägt mit seinen Fäusten zwei bis vier Mal auf dessen Kopf bzw. Gesicht sowie Brustbereich und drückt ihn an die Wand.</t>
+  </si>
+  <si>
+    <t>dislozierte Orbitabodenfraktur links sowie stumpfes Thoraxtrauma links</t>
+  </si>
+  <si>
+    <t>Physiotherapie angeordnet, aber nicht belegt, ob angetreten oder nicht</t>
+  </si>
+  <si>
+    <t>2 Monate AUF zu 100% , 1 Monat AUF zu 100% in Bezug auf schwere Arbeiten mit Heben von Gewichten</t>
+  </si>
+  <si>
+    <t>16.01.2025</t>
+  </si>
+  <si>
+    <t>659/2024</t>
+  </si>
+  <si>
+    <t>Der ca. 4 Jahre ältere Bruder der GSin zog dieser jeweils die Pyjama Hose herunter und rieb seinen Penis an ihren Pobacken bis zum Samenerguss (ca. 2 bis 3x pro Woche als die GSin zwischen 8 und 10 Jahre alt war).</t>
+  </si>
+  <si>
+    <t>Komplexe PTBS, ADHS, depressive Störung</t>
+  </si>
+  <si>
+    <t>Aufenthalt in Psychiatrie (Dauer unbekannt)</t>
+  </si>
+  <si>
+    <t>Kausalzusammenhang zwischen Klinikaufenthalt und Straftaten nicht ganz klar</t>
+  </si>
+  <si>
+    <t>297/2024</t>
+  </si>
+  <si>
+    <t>Die GSin wurde seit ihrer Einreise in die Schweiz 2011 bis zur Trennung 2024 regelmässig von ihrem Ehemann isoliert, erniedrigt, beschimpft, geschlagen, gewürgt und vernachlässigt.</t>
+  </si>
+  <si>
+    <t>diverse Hämatome, psychische Beeinträchtigung</t>
+  </si>
+  <si>
+    <t>Psychotherapie: Abbruch nach einer Sitzung wegen Verschlimmerung des Zustandes</t>
+  </si>
+  <si>
+    <t>GSin war nicht erwerbstätig</t>
+  </si>
+  <si>
+    <t>14.01.2025</t>
+  </si>
+  <si>
+    <t>58'057</t>
+  </si>
+  <si>
+    <t>La victime a subi des contraintes sexuelles et un viol lors d'un camp chrétien. Elle avait indiqué à l'auteur (qui a environ son âge) qu'elle ne souhaitait rien avec lui. L'auteur l'a embrassé par surprise, l'a déshabillée puis lui a léché ses parties intimes avant de la mettre à quatre pattes et de la violer, le tout en lui faisant changer de position à plusieurs reprises. La victime a souffert de plusieurs hématomes et de dermabrasion sur le corps. À plusieurs reprises, elle lui a fait par de son refus, ce à quoi l'auteur ne répondait qu'en augmentant la pression sur la victime.</t>
+  </si>
+  <si>
+    <t>Aucun diagnostic n'a été posé</t>
+  </si>
+  <si>
+    <t>Pas d'indication d'une psychothérapie en cours</t>
+  </si>
+  <si>
+    <t>La victime a été profondément marquée par le viol qu'elle a subi</t>
+  </si>
+  <si>
+    <t>Elle avait qu'elle se sentait perdue dans sa foi (auteur fils de pasteur) + elle n'était pas bien</t>
+  </si>
+  <si>
+    <t>13.01.2025</t>
+  </si>
+  <si>
+    <t>OHG 3'921</t>
+  </si>
+  <si>
+    <t>Als GS ca. 2-jährig war, fuhr Täter (leiblicher Vater) mit Zunge über deren Schamlippen. Ein oder zwei weitere Vorfälle. Als GS ca. 3,5-jährig war, verübte er erneut sexuelle Übergriffe: Täter zog ihr Pyjamahosen bis zu den Knien herunter und begann Bauch und Intimbereich zu küssen und glitt mit Zunge über Schamlippen. Alsdann fuhr er mit Finger über Schamlippen und strich diese leichte auseinander. Bei zwei Vorfällen küsste er seine Tochter auf den Mund und streckte seine Zunge in ihren Mund. Total zwischen 10 und 20 Übergriffe. Ferner fertigte der Täter ca. 20 pornographische Bilder und ca. 5 Videos seiner Tochter an.</t>
+  </si>
+  <si>
+    <t>Sehr junges Opfer</t>
+  </si>
+  <si>
+    <t>10.01.2025</t>
+  </si>
+  <si>
+    <t>2024/082</t>
+  </si>
+  <si>
+    <t>19000 CHF</t>
+  </si>
+  <si>
+    <t>Auseinandersetzung in Asylunterkunft. GS wird vom Täter und dessen Begleiterin im Zimmer überrascht. Täter verlässt zwischenzeitlich Zimmer während Begleiterin Brust und Vulva entblösst und dem GS anbietet, für CHF 700.- mit ihm zu schlafen. GS verweigert. Weil Begleiterin unbedingt Geld will, bedrängt sie den GS. Damit die Begleiterin vom GS ablässt, bietet er ihr an ohne Gegenleistung Geld zu geben. Daraufhin entreisst die Begleiterin den Ausweis mit samt dem ganzen Monatsgeld des GS und ruft den Täter. Täter tritt Türe auf, diese fällt GS auf Kopf. Zudem packt der Täter den GS, würgt ihn und schlägt ihm mehrmals in die linke Gesichtshälfte (linkes Auge).</t>
+  </si>
+  <si>
+    <t>60000</t>
+  </si>
+  <si>
+    <t>leichtes Schädelhirntrauma und Verlust Sehkraft auf linkem Auge</t>
+  </si>
+  <si>
+    <t>ärztliche Versorgung im Spital, 3 Tage</t>
+  </si>
+  <si>
+    <t>Verlust Sehkraft (im Voraus verminderte Sehkraft). Strafverfahren eingestellt aufgrund Tod Täter.</t>
+  </si>
+  <si>
+    <t>09.01.2025</t>
+  </si>
+  <si>
+    <t>2022/290</t>
+  </si>
+  <si>
+    <t>Gsin wird über zwei Jahre in regelmässigen Abständen von ihren beiden Halbbrüdern sexuell missbraucht.  Täter 1 verleitete GSin zu sexuellen Handlungen oder bezog diese in solche mit ein. Zudem erstellte er Nacktfotos der minderjährigen Halbschwester, fasste sie an den Brüsten, dem Po, an der Vagina an, führte ein bzw. zwei Finger vaginal ein, anfassen seines Penis und Manipulation seines Penis vor der GSin. Das Verfahren gegen Täter 2 wurde eingestellt (Handlungen straflos, da Altersunterschied weniger als drei Jahre, Inzest verjährt sowie keine sexuelle Nötigung da keine Nötigungshandlung).</t>
+  </si>
+  <si>
+    <t>keine fixe Diagnose; gemäss PTin geringer Selbstwert, Misstrauen, Selbstunsicherheit</t>
+  </si>
+  <si>
+    <t>07.01.2025</t>
+  </si>
+  <si>
+    <t>OHG 4'041</t>
+  </si>
+  <si>
+    <t>Wenige Wochen alter Sohn des Gesuchstellers wurde drei Mal von der Kindsmutter ins Ausland verbracht (einmal ein Monat, einmal während rund 13 Monaten und einmal während zwei Wochen). Beim letzten Vorfall war Sohn 5-jährig und musste 10 Tage in einem Kinderheim im Ausland verbringen. Sohn befindet sich nun bei Vater in der Schweiz.</t>
+  </si>
+  <si>
+    <t>Autres infractions contre la liberté (183, 184, 185)</t>
+  </si>
+  <si>
+    <t>Regelmässige Psychotherapie</t>
+  </si>
+  <si>
+    <t>13 Monate 100 %</t>
+  </si>
+  <si>
+    <t>Sohn während Vorfällen 0 bis 5 Jahre alt.</t>
+  </si>
+  <si>
+    <t>OHG 4'048</t>
+  </si>
+  <si>
+    <t>Wenige Wochen alter Gesuchsteller wurde drei Mal von der Kindsmutter ins Ausland verbracht (einmal ein Monat, einmal während rund 13 Monaten und einmal während zwei Wochen). Beim letzten Vorfall war Gesuchsteller 5-jährig und musste 10 Tage in einem Kinderheim im Ausland verbringen. Er befindet sich nun beim Vater in der Schweiz.</t>
+  </si>
+  <si>
+    <t>Beeinträchtigungen nicht attestiert jedoch notorisch. Kinderheimaufenthalt genugtuungserhöhend.</t>
+  </si>
+  <si>
+    <t>Gesuchsteller bei den Vorfällen 0 bis 5 Jahre alt. Wiederholt aus gewohntem Umfeld gerissen.</t>
+  </si>
+  <si>
+    <t>OHG 2022/65</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin und der Täter lernten sich im Rahmen einer Stellenvermittlung kennen. Der zunächst gewollte intensive Kontakt per Telefon und SMS änderte sich zunehmend in unterdrückendes und beleidigendes Verhalten seitens des Täters. Dieser bezeichnete die Gesuchstellerin u.a. als "Schlämpli", "Nutte" und "Hure", verlangte, dass sie ihm jederzeit Rechenschaft ablegt, wo sie sich befindet und drohte, ihrem Vater und Ex-Partner von der Liebschaft zu erzählen und intime Fotos der Gesuchstellerin an diese zu schicken. Des Weiteren Drohte er ihr mit dem Tod.</t>
+  </si>
+  <si>
+    <t>Komplexe posttraumatische Belastungsstörung</t>
+  </si>
+  <si>
+    <t>618/2020</t>
+  </si>
+  <si>
+    <t>Der Täter schrieb der GSin mehrere Whatsapps, auf welche sie nicht reagierte. Auch belästigte er sie mit nächtlichen Anrufen. Einmal nahm ihr Freund den Anruf entgegen. Der Täter drohte, dass er sie beide umbringen werde und mit einer Pistole vorbeikäme. Der Freund der GSin offerierte, dass man sich zu dritt in einer Bar treffe. Dort angekommen, packte der Täter die GSin am Arm. Im Laufe des Gesprächs zog der Täter ein Küchenmesser hervor und stiess Morddrohungen aus. Eine Drittperson intervenierte und beförderte den GS zur Bar hinaus.</t>
+  </si>
+  <si>
+    <t>angemessene Genuguung</t>
+  </si>
+  <si>
+    <t>Anpassungsstörung und Esstörung</t>
+  </si>
+  <si>
+    <t>Vorbestehende psych. Erkrankungen; es bestand keine nähere Beziehung zum Täter.</t>
+  </si>
+  <si>
+    <t>23.12.2024</t>
+  </si>
+  <si>
+    <t>1204-02, 016/2022</t>
+  </si>
+  <si>
+    <t>la victime a fait l'objet d'un brigandage sur son lieu de travail ( une station service) . Menacée par une arme, les auteurs lui ont demandé l'emplacement du coffre. Elle a répondu qu'elle n'y avait pas accès. Le coffre étant inacessible, les auteurs ont rapidement quitté les lieux. Un des auteurs est revenu sur ses pas et a exigé le contenu de la caisse en tenant en joue la victime.</t>
+  </si>
+  <si>
+    <t>Brigandage (140), Extorsion et chantage, menaces, contraintes (156, 180-181), Autres infractions contre la liberté (183, 184, 185)</t>
+  </si>
+  <si>
+    <t>troubles du sommeil, réveil nocturne, évitement phobique associé à un manque de concentration</t>
+  </si>
+  <si>
+    <t>suivi psychologique</t>
+  </si>
+  <si>
+    <t>13.12.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2024.239</t>
+  </si>
+  <si>
+    <t>Opfer und Täter führten eine mehrjährige Beziehung, während derer Täter, teils ohne Wissen des Opfers, Videoaufnahmen von gemeinsamen sexuellen Handlungen erstellte. Nach Beendigung der Beziehung drohte der Täter mit der Veröffentlichung des Bildmaterials bzw. dem Zusenden des Bildmaterials an Familienangehörige des Opfer und nötigte damit das Opfer zu weiteren sexuellen Handlungen mit dem Täter.</t>
+  </si>
+  <si>
+    <t>10.12.2024</t>
+  </si>
+  <si>
+    <t>2018/213</t>
+  </si>
+  <si>
+    <t>männliches Opfer wird auf dem Heimweg von der Schule vom Täter in ein Restaurant gelockt. Dort greift Täter dem Opfer in die Hose und berührt dessen Genitalien.</t>
+  </si>
+  <si>
+    <t>notorische Auswirkungen</t>
+  </si>
+  <si>
+    <t>2023/001</t>
+  </si>
+  <si>
+    <t>Im Zuge einer verbalen und tätlichen Auseinandersetzung drückt Täter dem Onkel des Opfers die Faust an das Kinn und schlägt ihm mit der Faust in den Bauch. Als Opfer seinem Onkel zu Hilfe kommt und mit dem Täter ringt, versetzt dieser dem Opfer einen Faustschlag an die Lippe und den Bauch. Zudem verletzte er Opfer mit einem gefährlichen Gegenstand am rechten Unterarm</t>
+  </si>
+  <si>
+    <t>oberflächliche Wunde an Lippe, 7cm lange oberflächliche Schnittwunde am Unterarm (in altem Narbengewebe verlaufend), PTBS</t>
+  </si>
+  <si>
+    <t>ambulante psychiatrische Behandlung</t>
+  </si>
+  <si>
+    <t>3 Tage zu 100%</t>
+  </si>
+  <si>
+    <t>2015/165</t>
+  </si>
+  <si>
+    <t>690 CHF</t>
+  </si>
+  <si>
+    <t>weibliches Opfer eines Raubüberfalls, begangen durch drei Täter. Täter 1 fasste die rechte Hand des Opfers und versuchte dessen Mappe zu entreissen. Täter 2 stellt sich hinter Opfer und schlägt mit der Faust  von hinten seitlich in die Rippen. Täter 3 unbeteiligt</t>
+  </si>
+  <si>
+    <t>Rippenfraktur, Quetschung Vorderarm, Knochenhautentzündung, PTBS</t>
+  </si>
+  <si>
+    <t>stationärer Aufenthalt in Psychiatrischer Klinik, ambulante Behandlung</t>
+  </si>
+  <si>
+    <t>17 Tage zu 100%, 1 Monat zu 50%</t>
+  </si>
+  <si>
+    <t>bereits in Vergangenheit PTBS</t>
+  </si>
+  <si>
+    <t>06.12.2024</t>
+  </si>
+  <si>
+    <t>643/2024</t>
+  </si>
+  <si>
+    <t>Opfer wird aus unbekannten Gründen mehrmals mit Faust und/oder Gegenstand (Glasflasche, Holzgegenstand) gegen Kopf und Körper geschlagen.</t>
+  </si>
+  <si>
+    <t>RQW Auge li, Kontusion Auge li, Kopfschmerzen, Schwindel</t>
+  </si>
+  <si>
+    <t>Seheinschränkungen &amp; hohe Lichtempfindlichkeit li, Narbe (Trigger), fühlt sich unsicher etc.</t>
+  </si>
+  <si>
+    <t>03.12.2024</t>
+  </si>
+  <si>
+    <t>293/2023</t>
+  </si>
+  <si>
+    <t>Seit der Geburt der gemeinsamen Tochter bzw. seit 12 Jahren kam es seitens des Ehemanns zu tätlichen Übergriffen auf die GSin, indem er diese mehrfach mit der Hand ins Gesicht, gegen den Kopf oder gegen deren Oberkörper schlug, ihr an den Haaren riss und sie schubste. Er drohte ihr wiederholt mit dem Messer, sie umzubringen. Zudem schlug er die GSin anlässlich einer verbalen Auseinandersetzung rund vier Mal zuerst gegen das Gesicht, packte sie dann am Nacken und schlug gegen deren Hinterkopf.</t>
+  </si>
+  <si>
+    <t>Schwindel, Kopf- und Nackenschmerzen, Hämatome am Körper und um das Auge, Schürfwunden auf Nase, Rötungen am Körper, psychische Beeinträchtigung (Schlafstörungen, kreisende Gedanken, innere Anspannung und Alarmbereitschaft)</t>
+  </si>
+  <si>
+    <t>anhaltende psychische Beeinträchtigung</t>
+  </si>
+  <si>
+    <t>Bandbreite A1 asperiert mit C1 aufgrund psychischer Beeinträchtigung</t>
+  </si>
+  <si>
+    <t>615/2024</t>
+  </si>
+  <si>
+    <t>13-17-jähriges Opfer wird vom Stiefvater 175x vergewaltigt mittels fixieren der Hände (anal, vaginal, bis zur Ejakulation), leckt an ihren Brüsten, greift sie aus, führt Hand an seinen Penis und frottierende Bewegungen, mit Schlägen erzogen, droht Mutter etwas anzutun sollte sie Übergriffe nicht zulassen.</t>
+  </si>
+  <si>
+    <t>50000</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Extorsion et chantage, menaces, contraintes (156, 180-181), Actes d'ordre sexuel avec des enfants (187), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>Depression, Angstsymptomatik, komplexe ptbs</t>
+  </si>
+  <si>
+    <t>Psychotherapie, med. Behandlungen (Verstopfungen, Bauchschmerzen, Ehrbrechen, Ohnmachtsanfälle)</t>
+  </si>
+  <si>
+    <t>Müdigkeit, Einschlafprobleme, Appetitlosigkeit, innerlich gebrochen, Wiedererleben, Vermeidung etc.</t>
+  </si>
+  <si>
+    <t>minderjähriges Opfer, Vertrauensverhältnis zum Täter</t>
+  </si>
+  <si>
+    <t>Seit der Geburt der gemeinsamen Tochter bzw. seit 12 Jahren schlug der Ehemann die GSin immer wieder ins Gesicht, gegen Kopf und Oberkörper, riss an den Haaren der GSin und schubste diese. Er drohte wiederholt mit dem Messer in der Hand, sie umzubringen. Einmal schlug er sie viermal erst gegen das Gesicht packte die GSin dann im Nacken und schlug gegen deren Hinterkopf.</t>
+  </si>
+  <si>
+    <t>Schwindel-,  Kopf- und Nackenschmerzen, Hämatome am Körper und um das Auge; Schürfwunden auf Nase; Rötungen am Körper; psychische Beeinträchtigung: Schlafstörungen, kreisende Gedanken, innere Anspannung, Alarmbereitschaft</t>
+  </si>
+  <si>
+    <t>A/1 asp. mit C/1</t>
+  </si>
+  <si>
+    <t>02.12.2024</t>
+  </si>
+  <si>
+    <t>OHG 2017/103</t>
+  </si>
+  <si>
+    <t>Der Vater der Gesuchstellerin verübte zwischen ihrem 14. und 21. Lebensjahr ca. alle 2 Monate sexuelle Übergriffe an ihr. Er kam ins Zimmer der Gesuchstellerin, zog ihr die Pyjamahose runter und das Pyjamaoberteil hoch und fasste sie an den Brüsten, Bauch und Oberschenkeln an. Dazu befriedigte er sich selbst. Einmal fasste der Täter sie an der Vagina an und einmal ejakulierte er auf ihren entblössten Bauch. Er drohte ihr negative Konsequenzen an, für den Fall, dass sie jemandem davon erzählen würde.</t>
+  </si>
+  <si>
+    <t>Posttraumatische Belastungsstörung</t>
+  </si>
+  <si>
+    <t>insgesamt 5 Mal stationäre psychiatrische Behandlung aufgrund des Erlebten</t>
+  </si>
+  <si>
+    <t>Abbruch der Lehre, mehrfacher Kantonswechsel, kein Kontakt mehr zur Ursprungsfamilie</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin war zu Beginn minderjährig und der Täter ist der Vater der Gesuchstellerin</t>
+  </si>
+  <si>
+    <t>29.11.2024</t>
+  </si>
+  <si>
+    <t>711/2024</t>
+  </si>
+  <si>
+    <t>Die Gsin wurde während ca. 2 Jahren von ihrem Ehemann wiederholt ins Gesicht geschlagen, an den Haaren gezogen und bis zur Atemnot gewürgt. Zudem beleidigte er sie und drohte mit Mord, resp. mit Selbstmord.</t>
+  </si>
+  <si>
+    <t>PTBS, schwere Depression</t>
+  </si>
+  <si>
+    <t>Psychotherapie während eines Jahres</t>
+  </si>
+  <si>
+    <t>asperiert mit C 1</t>
+  </si>
+  <si>
+    <t>ökonomische und psychische Abhängigkeit vom Beschuldigten</t>
+  </si>
+  <si>
+    <t>Während zwei Jahren wurde die GSin von ihrem Ehemann wiederholt ins Gesicht geschlagen, an den Haaren gezogen und bis zur Atemnot gewürgt. Zudem beleidigte er sie, drohte mir Mord und Selbstmord.</t>
+  </si>
+  <si>
+    <t>Psychotherapie während mindestens eines Jahres</t>
+  </si>
+  <si>
+    <t>A/1 leicht asp. mit C</t>
+  </si>
+  <si>
+    <t>28.11.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2024.211</t>
+  </si>
+  <si>
+    <t>6500 CHF</t>
+  </si>
+  <si>
+    <t>Das Opfer wurde in den frühen Morgenstunden von mehreren unbekannten Tätern ohne ersichtlichen Grund angegriffen, niedergeschlagen und mit mehreren Faustschlägen und Fusstritten gegen den Kopf traktiert. Das Opfer erlitt u.a. einen mehrfachen Kieferbruch, der einen operativen Eingriff erforderlich machte.</t>
+  </si>
+  <si>
+    <t>Das Opfer erlitt einen mehrfachen Kieferbruch, eine Verschiebung des Kieferknochens, einen Gaseinschluss im Kiefergelenk, Verletzungen an der Unter- und Oberlippe sowie Schwellungen und Blutungen im Gesicht.</t>
+  </si>
+  <si>
+    <t>4 Tage</t>
+  </si>
+  <si>
+    <t>ja</t>
+  </si>
+  <si>
+    <t>2 Wochen</t>
+  </si>
+  <si>
+    <t>unklar, Arthroseneigung der Kiefergelenke</t>
+  </si>
+  <si>
+    <t>2024-0104</t>
+  </si>
+  <si>
+    <t>Während der Arbeitspause setzte sich die 15-jährige GS (im ersten Lehrjahr) im Ruheraum (da alle Liegestühle besetzt waren) zum Täter (27-jähriger Mitarbeiter) auf das Sofa, wobei sie ihm den Rücken zudrehte. Der Täter kam der GS näher, kniff ihr in ihre Pobacken. Daraufhin streckte er seinen Arm über die perplexe GS und griff ihr über der Hose an die Vagina und machte kreisende Bewegungen. Reflexartig presste die GS ihre Beine zusammen und sagte dem Täter sofort, dass er damit aufhören solle. In der Folge griff er ihr mit der Hand von hinten in die Jeanshose und steckte ihr mind. einen Finger in die Vagina. Darob erstarrt, bat sie ihn erneut damit aufzuhören. Der Täter setzte setzte die sexuelle Handlung fort, indem er mind. 1 Finger immer wieder in ihre Vagina steckte.</t>
+  </si>
+  <si>
+    <t>26.11.2024</t>
+  </si>
+  <si>
+    <t>43846</t>
+  </si>
+  <si>
+    <t>45000 CHF</t>
+  </si>
+  <si>
+    <t>Beau-père de la victime, l'auteur a établi un lien quasi filial avec celle-ci. C’est en profitant de ce lien et de l’isolement de l'enfant par rapport à sa mère que l’auteur lui a imposé des actes d’ordre sexuel en tout genre ainsi que des rapports sexuels complets à la demanderesse, durant de longues années, de l'âge de ses huit ans jusqu'à 15 ans.</t>
+  </si>
+  <si>
+    <t>70000 CHF</t>
+  </si>
+  <si>
+    <t>- réviviscences (y compris pendant sa vie intime), cauchemars, difficultés dans les études, abandon de celles-ci; hypervigilance constante,  jusque sur le lieu de travail; méfiance envers tout le monde; dégoût, jusque dans les paroles du partenaire; désorganisation psychique; crises de colère peu maîtrisées; dysrégulation émotionnelle.</t>
+  </si>
+  <si>
+    <t>- oui</t>
+  </si>
+  <si>
+    <t>- longue psychothérapie</t>
+  </si>
+  <si>
+    <t>Beau-père de la victime, l'auteur a établi un lien quasi filial avec celle-ci. C’est en profitant de ce lien et de l’isolement de l'enfant par rapport à sa mère que l’auteur lui a imposé des actes d’ordre sexuel en tout genre ainsi que des rapports sexuels complets, durant de longues années, de l'âge de ses huit ans jusqu'à 15 ans.</t>
+  </si>
+  <si>
+    <t>22.11.2024</t>
+  </si>
+  <si>
+    <t>2021/071</t>
+  </si>
+  <si>
+    <t>17400 CHF</t>
+  </si>
+  <si>
+    <t>über Zeitraum von 5 Jahren nimmt Täter mit minderjährigem weiblichen Opfer mehrfache sexuelle Handlungen vor bzw. verleitete es zur Vornahme sexueller Handlungen und bezieht es in sexuelle Handlungen ein:  Berührungen, Streicheln, Küssen und Lecken im Intimbereich, mehrfach den Penis des Täters masturbieren, zu sexuelle Handlungen an weiterem Opfer verleitet, Vergewaltigung des Opfers, pornografische Aufnahmen des Opfers</t>
+  </si>
+  <si>
+    <t>23500</t>
+  </si>
+  <si>
+    <t>Actes d'ordre sexuel avec des enfants (187), Atteinte et contrainte sexuelles, viol (189, 190), Autres infractions contre l'intégrité sexuelle (194, 198)</t>
+  </si>
+  <si>
+    <t>notorische Auswirkungen (keine med. Diagnose bekannt, da Opfer Straftat verdrängt)</t>
+  </si>
+  <si>
+    <t>minderjähriges Opfer</t>
+  </si>
+  <si>
+    <t>15/24</t>
+  </si>
+  <si>
+    <t>2100 CHF</t>
+  </si>
+  <si>
+    <t>La victime et l'auteur entretenaient une relation de couple, sans toutefois faire ménage commun. Lorsque la victime a annoncé à l'auteur qu'elle souhaitait mettre un terme à leur relation, elle a notamment reçu une claque au niveau d'un oeil, des coups de chausse-pied au niveau d'une jambe et d'un bras, une dizaine de coups de poing au visage et à la tête, des injures et des menaces de la part de l’auteur._x000D_
+Durant les mois qui ont suivi, l'auteur a continué à essayer de contacter la victime par de nombreux moyens (lettres, appels téléphoniques, SMS). Il a également suivi à plusieurs reprises la victime, ce qui l'a obligée à changer ses habitudes.</t>
+  </si>
+  <si>
+    <t>Sur le plan physique, divers hématomes et ecchymoses sur le visage et sur le reste du corps. _x000D_
+Sur le plan psychique, état de stress post-traumatique avec des flash-backs laissant revivre des scènes de la nuit où il y a eu des violences physiques, des pensées intrusives en lien avec l’évènement, des troubles du sommeil et une anxiété sévère.</t>
+  </si>
+  <si>
+    <t>Suivi auprès d'une psychologue</t>
+  </si>
+  <si>
+    <t>1 semaine à 100%</t>
+  </si>
+  <si>
+    <t>19.11.2024</t>
+  </si>
+  <si>
+    <t>575/24</t>
+  </si>
+  <si>
+    <t>Eine Gruppe Jugendlicher griff den GS (16-jährig) und seine Kollegen völlig unerwartet an. Der Täter beteiligte sich am Angriff auf den GS und seinen Kollegen. Der Täter verpasste dem GS eine Ohrfeige.</t>
+  </si>
+  <si>
+    <t>leichtes Schädelhirntrauma, dislozierte Jochbeinfraktur links, Jochbogenfraktur, Splitter im Auge, Monokelhämatom links, Konzentrationsstörungen</t>
+  </si>
+  <si>
+    <t>2 (Auge)</t>
+  </si>
+  <si>
+    <t>6 Wochen flüssige Nahrung, 6 Wochen Sportverbot, viele Nachkontrollen</t>
+  </si>
+  <si>
+    <t>nach Vorfall 2 Wochen, nach 2. OP 9 Tage zu 100%</t>
+  </si>
+  <si>
+    <t>Narbe am Oberlid links, lebenslange Kontrolle des Augendrucks</t>
+  </si>
+  <si>
+    <t>asperiert mit C / aufgrund vieler Nachkontrollen musste GS die Lehre  abbrechen</t>
+  </si>
+  <si>
+    <t>15.11.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2023.124</t>
+  </si>
+  <si>
+    <t>Während des Freigangs schlug der Täter das Opfer im Spazierhof des Gefängnisses ohne Vorwarnung oder ersichtlichen Grund mit der Faust gegen den Kopf. Das Opfer erlitt eine Rissquetschwunde am Ohrläppchen und vorübergehende Hörschwierigkeiten.</t>
+  </si>
+  <si>
+    <t>Rissquetschwunde am Ohrläppchen und vorübergehende Hörschwierigkeiten</t>
+  </si>
+  <si>
+    <t>12.11.2024</t>
+  </si>
+  <si>
+    <t>612/24</t>
+  </si>
+  <si>
+    <t>Der GS wurde von einer jungen Frau angesprochen. Aufgrund eines Vorwandes bat sie den GS mitzukommen. Er begab sich daraufhin zu ihrer Gruppe. Plötzlich versammelten sich die Jugendlichen um den GS herum und drängten ihn an die Wand. Der GS rannte davon und die Jugendlichen verfolgten ihn. Der Täter schlug ihn daraufhin mit einem Gurt auf den Kopf.</t>
+  </si>
+  <si>
+    <t>RQW frontal im Gesicht / Stirn</t>
+  </si>
+  <si>
+    <t>Wunde musste genäht werden</t>
+  </si>
+  <si>
+    <t>494/2024</t>
+  </si>
+  <si>
+    <t>Schlafende GS erwacht, als Partner über ihr liegt und sie auszieht. Trotz Gegenmassnahmen (Beine zusammenpressen, Nein-Sagen) dringt er vaginal ein. 1 Monat später erwacht GS als sie Hand in Unterhose spürt, trotz Wegschlagen Hand/Nein-Sagen dringt er vaginal ein. 2 Jahre später zieht er ihre Hosen aus obwohl sie Nein sagt, drückt Beine auseinander und dringt vaginal ein. 2 Jahre später droht er telefonisch er bringe sie um. Stand vor Wohnungstüre dass sie die Wohnung nicht verlassen konnte. Beschimpfung als "Nutte", "Schlampe" etc.</t>
+  </si>
+  <si>
+    <t>Anpassungsstörung mit länger dauernder depressiver Symptomatik, mittelgradig ausgeprägte depressive Episode</t>
+  </si>
+  <si>
+    <t>Psychotherapie inkl. Medikation</t>
+  </si>
+  <si>
+    <t>Lustlosigkeit, Antriebslosigkeit, Essstörung, Fingernagelbeissen, Angst Sohn an Täter zu "verlieren"</t>
+  </si>
+  <si>
+    <t>fühlt sich nicht in Lage neue Beziehung einzugehen</t>
+  </si>
+  <si>
+    <t>Täter=Partner (gemeinsames Kind), geschützter Ort (Wohnung)</t>
+  </si>
+  <si>
+    <t>11.11.2024</t>
+  </si>
+  <si>
+    <t>OHG 4'130</t>
+  </si>
+  <si>
+    <t>Täter (Partner, dann Ex-Partner) drohte GS mehrfach, sich selbst umzubringen, campierte bei Wohnung, nahm Kontakt auf, teilte ihr mit, dass er nichts mehr esse, kam schreiend auf sie zu, als sie Wohnung verliess. Er deponierte seine Schuhe, Geschenk, Briefe usw. in ihrem Briefkasten oder auf Balkon um seine Zuneigung zu zeigen aber auch um ihr zu verstehen zu geben, dass er in ihrer Nähe verweilt und sie beobachtet. Schlug vor Wohnung Flasche kaputt, teilte ihr mehrmals mit, er würde sie nie verlassen, klingelte frühmorgens, riss Mobiltelefon aus Hand, schlug Loch in die Türe. Ferner deponierte er Lebensmittel, Geld, Blumen, schickte Fotos der Haustüre und ihres Fahrzeugs. Vielzahl Nachrichten. Videos verschickt, wie Täter sich ritzt.</t>
+  </si>
+  <si>
+    <t>Angstzustände, Panikattacken, verliess einmal eine Woche Wohnung nicht, Scham</t>
+  </si>
+  <si>
+    <t>08.11.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2024.187</t>
+  </si>
+  <si>
+    <t>mehrfaches Streicheln der Brust des minderjährigen Opfers durch eine Person aus dem engen familiären Umfeld des Opfers</t>
+  </si>
+  <si>
+    <t>Anpassungsstörung mit vorwiegender Störung von anderen Gefühlen</t>
+  </si>
+  <si>
+    <t>Psychotherapie, ca. 9 Monate</t>
+  </si>
+  <si>
+    <t>04.11.2024</t>
+  </si>
+  <si>
+    <t>O 04/2024</t>
+  </si>
+  <si>
+    <t>Täter verschaffte sich Zugang zur Wohnung, wo GS schlief. Unter Drohungen, Schlägen und weiteren gewaltsamen Körperverletzungen machte er die GS gefügig und zwang sie zu sexuellen Handlungen. Sie konnte sich mehrfach losreissen und versuchte zu fliehen. Er verfolgte sie, schloss sie ein und versuchte sie zu vergewaltigen.</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Autres infractions contre la liberté (183, 184, 185), Atteinte et contrainte sexuelles, viol (189, 190), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>posttraumatische Belastungsstörung</t>
+  </si>
+  <si>
+    <t>psychologische Behandlung</t>
+  </si>
+  <si>
+    <t>563/24</t>
+  </si>
+  <si>
+    <t>Der GS vereinbarte ein Treffen mit einem Unbekannten, um Marihuana zu erwerben. Auf ihn warteten 5 unbekannte Männer. Sie umkreisten den GS. Als er zu flüchten versuchte, schlugen die 5 Täter mit den Fäusten heftig auf Kopf und Körper des GS ein und traten nach ihm, worauf dieser zu Fall kam. Die Täter traktierten den auf dem Boden liegenden GS anschliessend mit zahlreichen Fusstritten. Ein Täter warf zudem eine Glasflasche an den Hinterkopf des GS. Ein anderer trat ihm mit dem Fuss gegen den Rücken. Die Täter nahmen ihm Fr. 1'100.00 ab und entfernten sich.</t>
+  </si>
+  <si>
+    <t>10%</t>
+  </si>
+  <si>
+    <t>Brigandage (140), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>hintere Hüftausrenkung mit Bruch der Hüftpfannenhinterwand links, hintere Schulterausrenkung rechts mit Eindrücken des Oberarmkopfs durch Druck der Schultergelenkspfanne, Durchtrennung der langen Sehne des Armbeugers</t>
+  </si>
+  <si>
+    <t>2 (Hüfte, Schulter), 1 weitere geplant zur Entfernung Platte aus Hüfte</t>
+  </si>
+  <si>
+    <t>8 Wochen war der Gs auf Rollstuhl angewiesen</t>
+  </si>
+  <si>
+    <t>7 Wochen zu 100%</t>
+  </si>
+  <si>
+    <t>unklar</t>
+  </si>
+  <si>
+    <t>Kürzung aufgrund Aufenthalt Drogenmilieu</t>
+  </si>
+  <si>
+    <t>31.10.2024</t>
+  </si>
+  <si>
+    <t>264/24</t>
+  </si>
+  <si>
+    <t>Der Täter (Ehemann der Gsin) bedrohte die Gsin in der gemeinsamen Wohnung unter Behändigung eines Messers mit Gestik und den Worten, sie zu zerstückeln und ihr Leben zu beenden, mit dem Tod.</t>
+  </si>
+  <si>
+    <t>Panikattacken, Herzrasen, Angst vor dem Täter</t>
+  </si>
+  <si>
+    <t>Schlafmedikamente, Psychotherapie seit Herbst 2023</t>
+  </si>
+  <si>
+    <t>OHG 2024/50</t>
+  </si>
+  <si>
+    <t>Die Täterin beaufsichtigte den von ihr mitgeführten Hund ungenügend, wodurch dieser sich losreisen konnte. In der Folge rannte der Hund auf den Hund der Gesuchstellerin zu. Die Gesuchstellerin versuchte ihren Hund zu schützen und nahm ihn auf die Arme. Daraufhin biss der Hund der Täterin ihr in den linken Unterarm und das rechte Handgelenk, wodurch die Gesuchstellerin Bisswunden erlitt.</t>
+  </si>
+  <si>
+    <t>2 cm grosse Ablederung am linken Arm sowie daneben eine ca. 3 cm grosse Bisswunde. Zudem eine ca. 5 mm grosse Wunde am rechten Handgelenk.</t>
+  </si>
+  <si>
+    <t>Wundversorgung sowie nähen der Bisswunde am Unterarm links</t>
+  </si>
+  <si>
+    <t>Narbe am Unterarm</t>
+  </si>
+  <si>
+    <t>Die ältere Gesuchstellerin hat seit der Straftat Angst das Haus zu verlassen</t>
+  </si>
+  <si>
+    <t>25.10.2024</t>
+  </si>
+  <si>
+    <t>545/2024</t>
+  </si>
+  <si>
+    <t>Im Rahmen einer tätlichen Auseinandersetzung zwischen dem Opfer und einem Kollegen auf der einen und ca. acht Personen auf der anderen Seite wurde das Opfer zusammengeschlagen (mit Fäusten gegen Gesicht, Rücken, Knie schlagen, mit Füssen gegen Kopf und Bauch treten, mit Holzstock gegen Rücken schlagen).</t>
+  </si>
+  <si>
+    <t>RQW am Ellbogen, Kontusion am Knie und Rücken, Einblutung und Hautabschürfungen am Rücken, Hämatom am rechten Auge, Teilfraktur des Lendenwirbelkörpers L2, Schlafstörungen und Angstzustände.</t>
+  </si>
+  <si>
+    <t>Notaufnahme: Nähen der Wunde am Ellbogen</t>
+  </si>
+  <si>
+    <t>zahlreiche Untersuchungen, Schmerzmedikation</t>
+  </si>
+  <si>
+    <t>rund 2 Mt. zu 100% und 2 Monate zu 50%</t>
+  </si>
+  <si>
+    <t>Rückenschmerzen</t>
+  </si>
+  <si>
+    <t>22.10.2024</t>
+  </si>
+  <si>
+    <t>546/2024</t>
+  </si>
+  <si>
+    <t>GS sei 10-17-jähriger durch Eltern Opfer von häuslicher Gewalt (Ohrfeigen, Handgreiflichkeiten) geworden. Im Strafverfahren: Vater wirft Becher nach GS, kündigt diesem Schläge an und schlägt mit Faust gegen Rücken und Oberarm und drückt GS zu Boden.</t>
+  </si>
+  <si>
+    <t>Maltherapie, Psychotherapie</t>
+  </si>
+  <si>
+    <t>Albträume, Durchschlafschwierigkeiten, emotional angespannt, Wut- und Schuldgefühle gg. Eltern</t>
+  </si>
+  <si>
+    <t>dienstuntauglich aufgrund schwerer soziobiografischer Belastung, Auszug mit 17</t>
+  </si>
+  <si>
+    <t>minderjähriges Alter, Täter = Vater</t>
+  </si>
+  <si>
+    <t>63'004</t>
+  </si>
+  <si>
+    <t>La police fribourgeoise, à la recherche d'un agresseur armé, est entré dans l'appartement de la présumée victime et l'a arrêtée. Celui-ci s'est plaint d'un stress post-traumatique (non attesté par un médecin) en raison de cette arrestation. La Direction de la justice et du sport a rendu une décision dans laquelle il alloue un montant de Fr. 400.- à titre de réparation du tort moral. Aucune décision pénale n'a été rendue, la procédure ayant été classée sans suite. Il n'a par ailleurs produit aucune attestation d'un thérapeute._x000D_
+_x000D_
+La demande a donc été rejetée et la qualité de victime lui a été reniée (en raison de l'absence d'infraction reconnue par un juge pénal et du fait que le SASoc n'arrive pas à la conclusion qu'une infraction a bien été commise à son encontre).</t>
+  </si>
+  <si>
+    <t>11.10.2024</t>
+  </si>
+  <si>
+    <t>11/24</t>
+  </si>
+  <si>
+    <t>Depuis son plus jeune âge jusqu'à ses 18 ans, la victime, une jeune femme, a été régulièrement confrontée à la violence que son père exerçait sur ma mère. Son père lui a également, à réitérées reprises, craché dessus, l'a giflée et lui a tiré les cheveux. Il l'a empêchée de vivre normalement, en particulier en lui interdisant de sortir seule, d’aller à la piscine, de voir ses amies seule et de participer à des activités scolaires. Il l’a empêchée de faire une formation, a contrôlé son habillement ainsi que ce qu’elle regardait à la télévision, ce qu’elle écoutait comme musique et que ce qu’elle mangeait.</t>
+  </si>
+  <si>
+    <t>Anxiété, trouble panique et état de stress post-traumatique dans un contexte de vie marqué par du harcèlement, du contrôle et de la violence physique et verbale de la part de l’auteur avec des privations de toutes sortes imposées.</t>
+  </si>
+  <si>
+    <t>Suivi auprès d'un psychiatre et d'une psychologue</t>
+  </si>
+  <si>
+    <t>La victime a été confrontée à la violence et a subi des violences depuis son plus jeune âge.</t>
+  </si>
+  <si>
+    <t>12/24</t>
+  </si>
+  <si>
+    <t>Durant environ 18 ans, l'auteur a, à réitérées reprises, donné à son épouse des coups de pied aux jambes et des coups de poing aux bras, la faisant parfois tomber au sol et lui causant des bleus, ainsi que des gifles. Il l’a également bousculée, lui a craché dessus, l'a tenue au niveau du coup et l’a menacée en lui disant notamment qu'il allait prendre un couteau et que tout le monde allait y passer.</t>
+  </si>
+  <si>
+    <t>Réaction aiguë à un facteur de stress et état de stress post-traumatique, avec notamment un isolement social, des crises d'angoisse et un épuisement mental.</t>
+  </si>
+  <si>
+    <t>09.10.2024</t>
+  </si>
+  <si>
+    <t>OHG 4'091</t>
+  </si>
+  <si>
+    <t>Knapp volljähriger Täter zwang seine Cousine (Gesuchstellerin, zwischen 10-12 Jahre alt) während zwei Vorfällen, seinen Penis in den Mund zu nehmen. Täter überwand ihre Gegenwehr durch festes Drücken des Kopfes der Gesuchstellerin. Später ein weiterer Vorfall, als Täter sein erregtes Glied durch die Hosen hindurch gegen Gesäss der Gesuchstellerin presste.</t>
+  </si>
+  <si>
+    <t>Kindesalter der Gesuchstellerin</t>
+  </si>
+  <si>
+    <t>27.09.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2023.261</t>
+  </si>
+  <si>
+    <t>Das Opfer lernte den Täter am geschützten Arbeitsplatz kennen, es entwickelte sich während einem halben Jahr eine Freundschaft. Das Opfer begab sich in sein Zimmer im Wohnheim, um dem Täter bei Bewerbungen zu helfen. Dabei hat der Täter das Opfer vaginal und ohne Kondom penetriert bis zum Samenerguss. Das Opfer hat drei Mal nein gesagt und sich, als der Täter nicht abliess, totgestellt. Das Opfer ging nicht zur Polizei. Nach dem Übergriff kam es zu einer massiven Verschlechterung des gesundheitlichen Zustands des Opfers.</t>
+  </si>
+  <si>
+    <t>- Psychische Destabilisierung mit schweren depressiven Symptomen und zunehmenden Ängsten, Selbstverletzungen, Selbstmordversuch, psychosomatischen Beschwerden (Kopfschmerzen, irritative Blasenbeschwerden, Infektanfälligkeit der oberen Atemwege)</t>
+  </si>
+  <si>
+    <t>- ja (Klinikaufenthalte)</t>
+  </si>
+  <si>
+    <t>- nein</t>
+  </si>
+  <si>
+    <t>- ja</t>
+  </si>
+  <si>
+    <t>- depressive Entwicklung mit Selbstverletzungen, Suizidalität, posttraumatische Symptome</t>
+  </si>
+  <si>
+    <t>- dauernde ambulante Psychotherapie und Unterstützung erforderlich</t>
+  </si>
+  <si>
+    <t>- Das Opfer war psychisch vorbelastet, der Täter nutze die Vulnerabilität aus.</t>
+  </si>
+  <si>
+    <t>26.09.2024</t>
+  </si>
+  <si>
+    <t>OHG 3'683</t>
+  </si>
+  <si>
+    <t>Drei Täter begaben sich in Haus eines älteren Ehepaars und fesselten und knebelten sie. Sie fragten nach Geld und drohten, die beiden erwachsenen Kinder aufzusuchen und zu töten, wenn sie die Polizei kontaktierten. Bei der Ehefrau wurde versucht, gewaltsam den Ring vom Finger zu entfernen, wobei dieser mehrfach gebrochen und die Fingerkuppe verletzt wurde. Der gesamte Vorfall dauerte ca. 35 Minuten. Opfer litten teilweise infolge der Knebelung unter Atemnot und durchlebten grosse Ängste.</t>
+  </si>
+  <si>
+    <t>6500</t>
+  </si>
+  <si>
+    <t>Soweit überblickbar keine Therapien in Anspruch genommen aber Beeinträchtigungen liegen auf der Hand</t>
+  </si>
+  <si>
+    <t>Hohes Alter der Opfer; Überfall in eigenem Zuhause durch drei Unbekannte</t>
+  </si>
+  <si>
+    <t>537/2024</t>
+  </si>
+  <si>
+    <t>Der GS war auf dem Heimweg als ihn vor seinem Haus zwei schwarz vermummte Personen angriffen. Er stürzte mit dem Hinterkopf auf den Boden und beide Täter traten auf ihn ein und entrissen ihm sein Handy.</t>
+  </si>
+  <si>
+    <t>Gelockerter Zahn und Nasenschmerzen; ein J. nach der Straftat litt der GS an einer mittelgradigen depressiven Episode bei noch vorhandener PTBS.</t>
+  </si>
+  <si>
+    <t>ambulante Behandlung im Spital</t>
+  </si>
+  <si>
+    <t>Psychotherapie mindestens 1 J.</t>
+  </si>
+  <si>
+    <t>Aus psych. Sicht bestand 1 J. nach der Straftat eine 100%ige Arbeitsunfähigkeit (vgl. Bemerkungen)</t>
+  </si>
+  <si>
+    <t>GS leidet auch an einer Autoimmunkrankheit. Diese war ev. mitursächlich für lange Arbeitsunfähigkeit</t>
+  </si>
+  <si>
+    <t>526/2024</t>
+  </si>
+  <si>
+    <t>Der 15 J. alte GS wurde vom Täter mit dem Ellbogen gegen den Mund geschlagen, geschüttelt und an die Wand gedrückt; danach 2 bis 3x mit der Faus ins Gesicht geschlagen. Der zwei9te Täter schlug den GS 3x mit der Faust ins Gesicht und stiess ihn mit der Stirn gegen ein Auge. In der Folge würgte der erste Täter den GS und sagte ihm, dass er niemandem etwas erzählen solle, sonst sei er tot</t>
+  </si>
+  <si>
+    <t>Augenapfelprellung, Hämatom am Auge, diverse Kontusionen am Oberkörper und im Gesicht</t>
+  </si>
+  <si>
+    <t>mehrere ambulante beim Augenarzt</t>
+  </si>
+  <si>
+    <t>Schmerzmittel</t>
+  </si>
+  <si>
+    <t>Die beiden Täter wurden zu je Fr. 3'000.-- verurteilt</t>
+  </si>
+  <si>
+    <t>24.09.2024</t>
+  </si>
+  <si>
+    <t>43'334</t>
+  </si>
+  <si>
+    <t>Une altercation dans un restaurant a eu lieu entre la victime et l'auteur. Celui-ci est retourné chez lui pour prendre un couteau et a tenté de frapper celle-ci au ventre. Le couteau s'est planté dans la cuisse de la victime, causant une plaie d'environ 2 cm (3 points de suture ont été nécessaires) et quelques écorchures. La victime a été très choquée : plusieurs mois après, il ressentait encore de la peur et de l'anxiété ; il a suivi une psychothérapie._x000D_
+_x000D_
+Objectivement, les blessures physiques étaient très légères et auraient donné droit à une réparation morale du bas de la fourchette. Mais vu l'atteinte importante à son intégrité psychique, le montant a été augmenté à Fr. 5'000.-.</t>
+  </si>
+  <si>
+    <t>Plaie de 2 cm ; symptômes de stress post-traumatique</t>
+  </si>
+  <si>
+    <t>Quelques heures pour la suture</t>
+  </si>
+  <si>
+    <t>Suture d'une plaie</t>
+  </si>
+  <si>
+    <t>Psychothérapie de mai à septembre 2020</t>
+  </si>
+  <si>
+    <t>Non permanente</t>
+  </si>
+  <si>
+    <t>12.09.2024</t>
+  </si>
+  <si>
+    <t>2024/038</t>
+  </si>
+  <si>
+    <t>450 CHF</t>
+  </si>
+  <si>
+    <t>völlig unvermittelt und grundlos schlägt Täter mit Verletzungsabsicht von hinten mit einem unbekannten Gegenstand auf den Nacken-/Rückenbereich des Opfers</t>
+  </si>
+  <si>
+    <t>Hämatom zwischen Schulter und Wirbelsäule, kurzfristig kein Gefühl mehr auf rechter Körperseite</t>
+  </si>
+  <si>
+    <t>1 Tag Hospitalisation zur Überwachung</t>
+  </si>
+  <si>
+    <t>Flashbacks, Albträume</t>
+  </si>
+  <si>
+    <t>10.09.2024</t>
+  </si>
+  <si>
+    <t>197/2024</t>
+  </si>
+  <si>
+    <t>Der Gs wurde von einer unbekannten Gruppe angegriffen. Dies kam völlig unerwartet und von hinten, weshalb er die Täter nicht sehen konnte. Sogar nachdem der Gs zu Boden ging, wurde er mit Fusstritten und Faustschlägen, vor allem gegen den Kopf, traktiert.</t>
+  </si>
+  <si>
+    <t>leichtes Schädel-Hirn-Trauma, multiple Mittelgesichtsfrakturen (Kieferhöhle, Orbitaboden, Jochbogen, Augenapfel), RQW unter rechtem Auge, Monokelhämatom, Angstzustände, Panikattacken, orientierungslos, Schlafstörungen, Konzentrationsschwierigkeiten</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
+    <t>4 Wochen zu 100%</t>
+  </si>
+  <si>
+    <t>kleine Narbe unter Auge, Metallplatte, welche nicht entfernt werden konnte</t>
+  </si>
+  <si>
+    <t>09.09.2024</t>
+  </si>
+  <si>
+    <t>2022/284</t>
+  </si>
+  <si>
+    <t>Opfer wird von einer Gruppe von ca. 10 Personen aufgehalten und angepöbelt. Damit die Gruppe ihn in Ruhe lässt, nimmt Opfer ein kleines Taschenmesser hervor. Daraufhin rückt der "Anführer" der Gruppe etwas zurück und Opfer klappt Messer wieder zu. Als sich Opfer von der Gruppe abwendet, geht ein Teil der Gruppe auf ihn los. Opfer erhält Schlag gegen den Kopf, ist gestürzt und wird am Boden liegend weiter mit Fusstritten, u.a. am Kopf, traktiert.</t>
+  </si>
+  <si>
+    <t>Stichverletzung am Oberarm und Oberschenkel, arterielle Einblutung in Oberschenkelmuskulatur, Beulen, Rissquetschwunde am Kopf, Messerverletzung am Finger</t>
+  </si>
+  <si>
+    <t>4 Tage stationärer Aufenthalt im Spital</t>
+  </si>
+  <si>
+    <t>Sensibilitätsausfall im Fuss und Schmerzen im Bein</t>
+  </si>
+  <si>
+    <t>kein Urteil, da Täterschaft bislang unbekannt.</t>
+  </si>
+  <si>
+    <t>05.09.2024</t>
+  </si>
+  <si>
+    <t>OHG 4'107</t>
+  </si>
+  <si>
+    <t>Täter sticht unvermittelt mit Messer (Klingenlänge 12,7 cm) mindestens drei Mal auf Oberkörper des Gesuchstellers ein; erheblicher Blutverlust (1,6 Liter).</t>
+  </si>
+  <si>
+    <t>Stichverletzung Brust mit Eröffnung Brusthöhle, Verletzung Niere und Bauchfell, Schnittverletzungen an Armen</t>
+  </si>
+  <si>
+    <t>Zwei Wochen stationär; weitere Folgebehandlungen</t>
+  </si>
+  <si>
+    <t>Notoperation und Folgebehandlungen</t>
+  </si>
+  <si>
+    <t>Psycho-, physio- und Schmerztherapien</t>
+  </si>
+  <si>
+    <t>Möglicherweise zeitlebens Schmerzen; kann aktuell nur Gewichte bis maximal 3 kg tragen</t>
+  </si>
+  <si>
+    <t>Täter schuldunfähig, daher Abweisung Zivilforderungen</t>
+  </si>
+  <si>
+    <t>OHG 4'097</t>
+  </si>
+  <si>
+    <t>Nach anfänglichen gegegenseitigen z.T. bereits tätlichen Provokationen schlug Gesuchsteller mit Hand gegen Gesicht des Täters. Darauf schlug Täter dem Gesuchsteller zunächst die linke Faust gegen die Wange und darauf mit der rechten Hand ein Bierglas (Halbliterumpen) gegen Gesicht. Dabei zersprang das Glas in mehrere Teile.</t>
+  </si>
+  <si>
+    <t>Lang- und kurzstreckige Schnittverletzungen im Gesicht, Blutergüsse, Schädel-/Hirntrauma</t>
+  </si>
+  <si>
+    <t>Wundbehandlung und Narbenkorrektur</t>
+  </si>
+  <si>
+    <t>Gut sichtbare Narben an Wange und Augenwinkel</t>
+  </si>
+  <si>
+    <t>Zivilrechtliche Genugtuung wurde bereits gekürzt wegen Mitverschulden</t>
+  </si>
+  <si>
+    <t>OHG 4'106</t>
+  </si>
+  <si>
+    <t>Gesuchstellerin wurde im Alter von 15 bis 17 Jahren wöchentlich) durch Stiefvater sexuell missbraucht. Oral- und Vaginalverkehr. Täter fertigte auch Vielzahl von Aufnahmen davon an. Keine Nötigungshandlungen.</t>
+  </si>
+  <si>
+    <t>Actes d'ordre sexuel avec des enfants (187), Actes d'ordre sexuel avec des personnes dépendantes (188, 191, 192, 193), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>PTBS, Albträume, mittelgradig bis schwere depressive Episode, Schlafstörungen, Ängste, ausgeprägte Flashbacks und weitere</t>
+  </si>
+  <si>
+    <t>Psychotherapie in Anspruchgenommen (alle zwei Wochen in Behandlung)</t>
+  </si>
+  <si>
+    <t>Schwere Beeinträchtigung erstellt und nachvollziehbar. Besondere Häufigkeit der Vorfälle.</t>
+  </si>
+  <si>
+    <t>OHG 4'064</t>
+  </si>
+  <si>
+    <t>Stark alkoholisierter Gesuchsteller wurde auf Heimgweg gegen Rücken und nach Umdrehen mit Faust ins Gesicht geschlagen. Darauf fiel Gesuchsteller zu Boden und wurde ohnmächtig. Mind. 2 angreifende Personen involviert aber Erinnerungslücken beim Gesuchsteller</t>
+  </si>
+  <si>
+    <t>Prellungen, Schürfungen, Rissquetschwunde Unterlippe; musste an Lippe genäht werden</t>
+  </si>
+  <si>
+    <t>mehrere Wochen 100 %</t>
+  </si>
+  <si>
+    <t>Angriff erfolgte unvermittelt und von hinten; Ängste</t>
+  </si>
+  <si>
+    <t>479/2024</t>
+  </si>
+  <si>
+    <t>Der Täter vereinbarte mit der GSin ein Treffen für Sex gegen Entgelt in seiner Wohnung. Als der Täter nicht zahlen wollte, wollte die GSin die Wohnung verlassen. Der Täter griff den Hals der GSin und drückte sie aufs Sofa. Er versuchte sie zu küssen, griff an ihre Brüste und unter ihre Kleider und versuchte, sie auszuziehen. Er berührte ihre Vagina und ihr Gesäss über der Kleidung. Die verängstigte GSin ergriff ein Rüstmesser vom Tisch und richtete es gegen den Täter. Er gab ihr die Jacke und sie verliess die Wohnung (Verurteilung wegen versuchter Vergewaltigung).</t>
+  </si>
+  <si>
+    <t>Die GSin machte Ängste und Unsicherheiten während eines Jahres nach der Straftat geltend.</t>
+  </si>
+  <si>
+    <t>03.09.2024</t>
+  </si>
+  <si>
+    <t>387/21</t>
+  </si>
+  <si>
+    <t>Der Partner der Gsin (Täter) brach ihr anlässlich einer Auseinandersetzung den Ringfinger doppelt und die 5. Rippe. Zu einem anderen Zeitpunkt versetzte er ihr mit dem rechten Knie zwei Stösse in den Kopfbereich und schlug ihr mit einem Unihockeyschläger auf den Kopf.</t>
+  </si>
+  <si>
+    <t>2 Brüche Ringfinger, Bruch 5. Rippe, div. Blutergüsse sowie Weichteilschwellungen an Auge, Jochbein und Ohrmuschel</t>
+  </si>
+  <si>
+    <t>02.09.2024</t>
+  </si>
+  <si>
+    <t>400/2024</t>
+  </si>
+  <si>
+    <t>Täter/Ex-Freund der GSin stritten sich in seiner Wohnung. Er packte sie an den Haaren und zerrte sie daran aus der Wohnung die Treppe hoch ins Freie. Dort schlug er sie mindestens 2x mit der Faust gegen den Kopf, würgte sie und trat mehrmals gegen ihre Beine und Oberkörper.</t>
+  </si>
+  <si>
+    <t>Lungenkontusion, welche zur Verdrängung/Verlagerung des Mittelfellraums inkl. Herz und grosse Blutgefässe zur Gegenseite führte. Dies führte zu erhöhtem Puls, Atemnot, Blutdruckabfall und Sauerstoffmangel; Schluckbeschwerden, stechende Schmerzen beim Atmen; Blutergüsse an Kopf, Brust, Oberbauch; Hautabschürfungen an div. Körperstellen; PTBS</t>
+  </si>
+  <si>
+    <t>5 Tage im Spital; tunnelierte Thoraxdrainage während 4 Tagen</t>
+  </si>
+  <si>
+    <t>PTBS auch aus anderen Gründen</t>
+  </si>
+  <si>
+    <t>29.08.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2023.296</t>
+  </si>
+  <si>
+    <t>Das Opfer wurde von zwei gemeinsam agierenden, ihm bekannten Tätern unter Vorspiegelung falscher Tatsachen in einen Hinterhalt gelockt. Dort angekommen, schlug der hinzukommende dritte Täter auf das Opfer ein, bedrohte es mit einem Messer und forderte erfolgreich die Herausgabe verschiedener Gegenstände (Portemonnaie, Smartphone, Kopfhörer, Markenjacke).</t>
+  </si>
+  <si>
+    <t>Quetschrisswunde am linken Unterlid, diverse Substanzdefekte der Haut im gesamten Gesicht, Augapfelprellung, Schädelprellung</t>
+  </si>
+  <si>
+    <t>7 Tage</t>
+  </si>
+  <si>
+    <t>101/2023</t>
+  </si>
+  <si>
+    <t>Die Täterin/Ex-Partnerin filmte den GS mit ihrem Handy als er nackt schlafend im Bett lag. Dabei machte sie insbesondere vom Gesicht und vom Genitalbereich Nahaufnahmen. Dann verbreitete sie die Aufnahmen an mindestens fünf Personen im Umfeld des GS. Die Täterin wurde verurteilt wegen Verletzung des Geheim- und Privatbereichs durch Aufnahmegeräte.</t>
+  </si>
+  <si>
+    <t>akute Belastungsreaktion zwei Wochen nach der Tat; Einweisung ins Kriseninterventionszentrum für 5 Tage; rezividierende depressive Störung; grosse Schamgefühle wegen Verbreitung der Bilder im Kulturkreis des GS.</t>
+  </si>
+  <si>
+    <t>22.08.2024</t>
+  </si>
+  <si>
+    <t>158/2024</t>
+  </si>
+  <si>
+    <t>Das Opfer wurde in einem Hinterhof von drei Männern unter Anwendung von Gewalt (Ohrfeigen, Mund zuhalten, zu Boden drücken) vergewaltigt, wobei die Täter abwechselnd vaginal in das Opfer eindrangen und die beiden anderen Täter das Opfer mit ihren Armen zu Boden drückten und fixierten.</t>
+  </si>
+  <si>
+    <t>35'000 CHF</t>
+  </si>
+  <si>
+    <t>Verschlimmerung der bereits bestehenden psychischen Erkrankungen (Paranoide Verfolgungsideen, Flashbacks, sozialer Rückzug etc.)</t>
+  </si>
+  <si>
+    <t>Aufenthalt in psychiatrischer Klinik</t>
+  </si>
+  <si>
+    <t>Psychotherapie mit medikamentöser Behandlung</t>
+  </si>
+  <si>
+    <t>Starke Einschränkung im Alltag bzw. Bewältigung nur unter angstlösender Medikation</t>
+  </si>
+  <si>
+    <t>psychische Beeinträchtigung</t>
+  </si>
+  <si>
+    <t>20.08.2024</t>
+  </si>
+  <si>
+    <t>63'226</t>
+  </si>
+  <si>
+    <t>La victime, âgée de 15 à 17 ans, a été violée à plusieurs reprises par celui qu'elle considérait comme son compagnon, âgé d'une trentaine d'années. Celui-ci a instauré un climat tout à fait insoutenable. Il l'a également menacée en plaçant un couteau sous sa gorge et l'a étranglé à au moins une reprise. Il usait également de chantage pour qu'elle ne le quitte pas. Peu à peu, la victime a été coupée de son entourage et n'avait personne à qui se confier._x000D_
+_x000D_
+Vu le nombre d'infractions, le SASoc aurait pu décider d'un montant plus élevé. Mais il était lié tant à la décision pénale qu'aux conclusions de la victime, représentée par une avocate.</t>
+  </si>
+  <si>
+    <t>Psychothérapies</t>
+  </si>
+  <si>
+    <t>Séquelles à long terme très largement prévisibles, mais pas encore diagnostiquées.</t>
+  </si>
+  <si>
+    <t>Victime mineure, l'auteur majeur avait le double de son âge, elle le prenait pour son compagnon.</t>
+  </si>
+  <si>
+    <t>19.08.2024</t>
+  </si>
+  <si>
+    <t>595/23</t>
+  </si>
+  <si>
+    <t>Der Täter (Ex-Partner) drohte der Gsin konkret mit Suizid, falls sie nicht mit ihm reden würde. Er schrieb ihr danach an einem Tag rund 70 E-Mails und mehrere SMS. Er versuchte unter anderem auch via Drittpersonen und über den Arbeitgeber mit der Gsin in Kontakt treten. Weitere Nachrichten waren mit nötigendem Charakter.</t>
+  </si>
+  <si>
+    <t>starke Belastung, phasenweise Todesängste, suizidale Gedanken</t>
+  </si>
+  <si>
+    <t>Notfallpsychiater aufgrund suizidaler Gedanken</t>
+  </si>
+  <si>
+    <t>teilweise krankgeschrieben (keine Belege)</t>
+  </si>
+  <si>
+    <t>14.08.2024</t>
+  </si>
+  <si>
+    <t>OHG 2021/69</t>
+  </si>
+  <si>
+    <t>Der erwachsene Sohn der GS hielt sich in einer Bar auf. Als diese geschlossen werden sollte, wurde er vom Täter aufgefordert die Bar zu verlassen, was er nicht wollte. Es folgte eine verbale und handgreifliche Auseinandersetzung. Dabei stiess das direkte Opfer den Täter von sich weg und trat mit dem Fuss gegen dessen Brustgegend. Daraufhin fasste der Täter in die Jackeninnentasche, ohne etwas herauszunehmen. Das Opfer fragte den Täter, ob er Probleme haben wolle und forderte ihn auf zu ihm zu kommen. Der Täter folgte ihm zur Tanzfläche, wo sich beide  in Kampfstellung  gegenüberstanden. In der Folg griff der Täter erneut in die Jackentasche, zog daraus ein Messer hervor und stach unvermittelt mit grosser Wucht auf den Hals des Opfers ein. Das Opfer verstarb noch am Tatort.</t>
+  </si>
+  <si>
+    <t>Schlafstörungen und depressive Verstimmungen mit medikamentöser Behandlung, durch den Verlust des Sohnes aus der Bahn geworfen, da dieser eine bedeutende Rolle für die Alltagsbewältigung der Mutter gespielt hatte, welche verwitwet ist und der deutschen Sprache nicht mächtig.</t>
+  </si>
+  <si>
+    <t>1.5 Monate stationäre psychiatrische Behandlung, danach ambulante psychiatrische Behandlung</t>
+  </si>
+  <si>
+    <t>enge Beziehung, Abhängigkeit vom Sohn als einzige Bezugsperson in der Schweiz</t>
+  </si>
+  <si>
+    <t>13.08.2024</t>
+  </si>
+  <si>
+    <t>267/2024</t>
+  </si>
+  <si>
+    <t>4-7 jährige GS wird von Götti nachts mit entblössten Genitalien in aufreizender Stellung fotografiert (speicherte Aufnahmen). GS frottierte Penis und Täter manipulierte selber an seinem Penis vor GS. Mehrmals berührte er ihre Vagina und spreizte dazu ihre Schamlippen auseinander.</t>
+  </si>
+  <si>
+    <t>komplexe PTBS, rezidivierende depressive Störung, ängstliche Persönlichkeitsstörung</t>
+  </si>
+  <si>
+    <t>Psychotherapie inkl. 7 stationären Aufenthalten in einem Jahr</t>
+  </si>
+  <si>
+    <t>s. Diagnose</t>
+  </si>
+  <si>
+    <t>minderjährige GS im Strafverfahren durch Vater vertreten, welcher keine Zivilforderungen stellte</t>
+  </si>
+  <si>
+    <t>minderjähriges Alter, Täter = Bezugsperson</t>
+  </si>
+  <si>
+    <t>12.08.2024</t>
+  </si>
+  <si>
+    <t>2024-0076</t>
+  </si>
+  <si>
+    <t>Zwischen dem Täter und dem GS kam es zuerst zu einem mündlichen Disput. Als der GS auf den Täter zukam, stiess ihn dieser von sich und schlug mehrfach mit den Fäusten in dessen Gesicht und gegen dessen Körper, worauf der GS zu Boden ging.</t>
+  </si>
+  <si>
+    <t>Schädelprellung, multiple Schürfwunden am Knie</t>
+  </si>
+  <si>
+    <t>2 Monate 100%</t>
+  </si>
+  <si>
+    <t>09.08.2024</t>
+  </si>
+  <si>
+    <t>2022/379</t>
+  </si>
+  <si>
+    <t>Opfer eines Raubüberfalls am Bahnhof. Der Täter verfolgt Opfer bis zur Toilette, greift dieses tätlich an und entreisst Bauchtasche</t>
+  </si>
+  <si>
+    <t>Rissquetschwunde am Mittelfinger</t>
+  </si>
+  <si>
+    <t>06.08.2024</t>
+  </si>
+  <si>
+    <t>2021/309</t>
+  </si>
+  <si>
+    <t>Täter nötigt 15-jähriges Opfer mehrfach zur Duldung des Beischlafs, indem er das Opfer psychisch unter Druck setzt und/oder durch Abgabe von MDMA Pillen zum Widerstand unfähig macht</t>
+  </si>
+  <si>
+    <t>selbstverletzendes Verhalten, i.Zhg. mit Straftaten dissoziative Momente, Traumatisierung, Verschlechterung des Zustands (bereits zuvor Bulimie und selbstverletzendes Verhalten)</t>
+  </si>
+  <si>
+    <t>langandauernde psychiatrische Behandlung, medikamentöse Behandlung da Chlamydieninfektion</t>
+  </si>
+  <si>
+    <t>Schutzalter</t>
+  </si>
+  <si>
+    <t>2017/031</t>
+  </si>
+  <si>
+    <t>Täter nötigt 13-jähriges Opfer zur mehrfachen Duldung des Beischlafs und des Oralverkehrs, indem der Täter das Opfer unter psychischen Druck setzt und / oder zum Widerstand unfähig macht sowie durch Anwendung von Gewalt. Im Vorfeld kommt es zu  Gruppensex mit drei Mitschuldigen, welcher via Kamera auf den TV des Täters übertragen wird</t>
+  </si>
+  <si>
+    <t>notorische Auswirkungen, Schlafprobleme, mangelndes Vertrauen, Scham, Übelkeit</t>
+  </si>
+  <si>
+    <t>langjährige psychiatrische Behandlung</t>
+  </si>
+  <si>
+    <t>2024/054</t>
+  </si>
+  <si>
+    <t>Täter macht 15-jähriges Opfer zum Widerstand unfähig und nötigt es zur Duldung des Beischlafs. Konkret hat Täter einmaligen Geschlechtsverkehr (vaginal), wobei sich dieses bedingt durch die vom Täter abgegebene und vom Opfer konsumierte MDMA-Pille bzw. der Wirkung derselben widerstandsunfähig war. Der Täter hat den vaginalen Geschlechtsverkehr trotz zumindest verbalem Widerstand des Opfers vollzogen.</t>
+  </si>
+  <si>
+    <t>keine bekannt, da Opfer auf Therapie verzichtet und Straftat verdrängt hat, Drogenkonsum verfallen, depressiv, Schlaflosigkeit</t>
+  </si>
+  <si>
+    <t>29.07.2024</t>
+  </si>
+  <si>
+    <t>2023/220</t>
+  </si>
+  <si>
+    <t>sexueller Übergriff während Spitex-Einsatz bei Körperwäsche. Als Opfer Wunde am Hodensack desinfiziert und Verband wechselt, packt Täter Hand des Opfers und drückt diese auf sein Geschlechtsteil</t>
+  </si>
+  <si>
+    <t>psychischer Zusammenbruch mit weitreichenden Folgen (komplexe PTBS)</t>
+  </si>
+  <si>
+    <t>psychotherapeutische Behandlung, stationärer Aufenthalt</t>
+  </si>
+  <si>
+    <t>Vorfall hat Opfer an sexuellen Missbrauch in Kindheit durch Onkel erinnert</t>
+  </si>
+  <si>
+    <t>Bâle-Campagne</t>
+  </si>
+  <si>
+    <t>23.07.2024</t>
+  </si>
+  <si>
+    <t>OH 21-19</t>
+  </si>
+  <si>
+    <t>Als der Gesuchsteller in einem Mehrfamilienhaus Elektroarbeiten durchführen wollte, wurde er vom Täter unvermittelt geschupst und mit den Händen derart gegen die Schulter geschlagen, dass er rückwärts stolperte. In der Folge stellt sich der Täter dem Gesuchsteller in den Weg und trat ihm mit dem Fuss in die Lendengegend. Anschliessend schlug er mit den Fäusten und den Knien auf den Gesuchsteller ein und traf insbesondere dessen Bauch und Schulter.</t>
+  </si>
+  <si>
+    <t>-Grossflächige Blutergüsse am Oberarm und am Brustkorb, verschiedene Kontusionen mit Abriss der langen proximalen Bizepssehne an der rechten Schulter sowie eine Subscapularissehnen- und Poley-Läsion an der linken Schulter</t>
+  </si>
+  <si>
+    <t>-2 stationäre Spitalaufenthalte von insgesamt 7 Tagen</t>
+  </si>
+  <si>
+    <t>-2 operative Eingriffe</t>
+  </si>
+  <si>
+    <t>-100% seit dem Vorfall, Gesuchsteller erhält ganze IV Rente</t>
+  </si>
+  <si>
+    <t>-Fehlende Funktion des Musculus subscapularis und damit Kraftverlust der Innenrotation der Schulter</t>
+  </si>
+  <si>
+    <t>17.07.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2024.101</t>
+  </si>
+  <si>
+    <t>13000 CHF</t>
+  </si>
+  <si>
+    <t>Der Täter (Kampfsportler) schlug dem Opfer mit voller Wucht dreimal mit der Faust ins Gesicht bzw. gegen den Kopf. Nach dem zweiten Schlag fiel dem Opfer die Zahnprothese heraus, nach dem dritten Schlag ging er zu Boden. Er zog sich massive Verletzungen im Kopfbereich mit diversen bleibenden Beeinträchtigungen zu (Lichtempfindlichkeit, Verlust des Geruchs- und Geschmackssinns, bleibende Prothesen im Mund und Platten im Bereich der Augen, Taubheitsgefühl der rechten Gesichtshälfte, Hörminderung, Kopfschmerzen)</t>
+  </si>
+  <si>
+    <t>- komplexe Mittelgesichtsfrakturen mit Beteiligung des Schädelknochens, der Stirn- und Kieferhöhle, Schädelhirntrauma, Verletzung des Augapfels, Hirnblutung</t>
+  </si>
+  <si>
+    <t>- ja (mehrfache)</t>
+  </si>
+  <si>
+    <t>- nein (da pensioniert)</t>
+  </si>
+  <si>
+    <t>-  körperliche Beeinträchtigungen sowie psychische Beeinträchtigung durch Trauma</t>
+  </si>
+  <si>
+    <t>- potentiell lebensgefährliches Zustandsbild, jedoch keine akute Lebensgefahr</t>
+  </si>
+  <si>
+    <t>09.07.2024</t>
+  </si>
+  <si>
+    <t>OHG 3'436</t>
+  </si>
+  <si>
+    <t>14- bis 16-jährige Gesuchstellerin wird in Zeitraum von rund 3 Jahren mehrfach von Stiefvater sexuell angegangen und missbraucht. Vorfälle fanden meist statt, als Gesuchstellerin schlief, durch die Taten erwachte und sich aus Angst weiter schlafend stellte.</t>
+  </si>
+  <si>
+    <t>Traumatherapie</t>
+  </si>
+  <si>
+    <t>Gerichtlich festgesetzte Genugtuung sehr tief und nicht nachvollziehbar.</t>
+  </si>
+  <si>
+    <t>Jugendliche</t>
+  </si>
+  <si>
+    <t>OHG 3'904</t>
+  </si>
+  <si>
+    <t>Volljährige Gesuchstellerin wird von jugendlichem Täter in ihrer Wohnung zwei Mal nacheinander vergewaltigt. Täter würgte sie dabei auch am Hals. Gesuchstellerin gelang es, die Wohnung fluchtartig zu verlassen. Der gesamte Vorfall dauerte 1 bis 2 Stunden und die Gesuchstellerin schildert glaubthafte und nachvollziehbare Todesängste.</t>
+  </si>
+  <si>
+    <t>Sehr brutales und rücksichtsloses Vorgehen des Täters.</t>
+  </si>
+  <si>
+    <t>2021/097</t>
+  </si>
+  <si>
+    <t>Opfer berührt Täter während ca. 9 Jahren beim gemeinsamen Duschen mehrfach am Penis, was Täter zulässt, da ihn diese Berührungen sexuell erregen. Täter fordert Opfer über einen Zeitraum von 2 Jahren auf,  seinen Penis bis zum Samenerguss zu masturbieren. Zudem fordert Täter ein weiteres Opfer auf den Penis des Täters und des Opfers zu streicheln und masturbieren, sich gegenseitig im Intimbereich zu berühren. Opfer muss zuschauen, wie Täter Brüste, Scheide und andere Körperteile von Opfer 2 leckt</t>
+  </si>
+  <si>
+    <t>Actes d'ordre sexuel avec des enfants (187), Autres infractions contre l'intégrité sexuelle (194, 198)</t>
+  </si>
+  <si>
+    <t>Täter ist Vater.</t>
+  </si>
+  <si>
+    <t>Opfer war zum Zeitpunkt der Taten zwischen drei und elf Jahre alt</t>
+  </si>
+  <si>
+    <t>03.07.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2024.120</t>
+  </si>
+  <si>
+    <t>Der Täter packte seinen Vater (Opfer) nach einer verbalen Auseinandersetzung von hinten und nahm ihn in den Würgegriff. Das Opfer bekam Atemnot, lief im Kopfbereich rot an und nässte sich ein (objektive Lebensgefahr zufolge Sauerstoffmangel). Der Täter schlug das Opfer daraufhin mit der Faust und trat auf das am Boden liegende Opfer ein. Zudem drohte er dem Opfer mit dem Tod.</t>
+  </si>
+  <si>
+    <t>- Schluckbeschwerden, unspezifische und abheilende Hämatome und blaue Flecken am Rumpf und den Oberarmen</t>
+  </si>
+  <si>
+    <t>- posttraumatische Belastungsstörung (Angstzustände, Alpträume, innere Anspannung)</t>
+  </si>
+  <si>
+    <t>- Das Opfer wurde vom eigenen Sohn angegriffen. Als Folge zog das Opfer in eine andere Wohnung.</t>
+  </si>
+  <si>
+    <t>02.07.2024</t>
+  </si>
+  <si>
+    <t>375/2024</t>
+  </si>
+  <si>
+    <t>Vater missbrauchte Tochter als diese zwischen 8-10 J. alt war: Mehrmaliges wöchentliches Anfassen und Streicheln der Vagina; Penetration mit Finger; Masturbation vor ihr bis Samenerguss; Aufforderung Penis zu küssen; mindestens 3 x Vollziehen des GV; mehrfaches Vorspielen von kinderpornografischen Videos. Der Vater liess die GSin bis zu drei Tagen alleine zuhause.</t>
+  </si>
+  <si>
+    <t>Komplexe PTBS; Suizidgedanken, Schlaf-, Ess- und Angststörungen</t>
+  </si>
+  <si>
+    <t>mehrjährige Psychotherapie</t>
+  </si>
+  <si>
+    <t>Bleibende negative Auswirkungen auf Beziehungsfähigkeit zu Mitmenschen</t>
+  </si>
+  <si>
+    <t>Nach der Strafanzeige wurde die GSin ins Heim eingewiesen.</t>
+  </si>
+  <si>
+    <t>Junges Alter</t>
+  </si>
+  <si>
+    <t>27.06.2024</t>
+  </si>
+  <si>
+    <t>OHG 3'720</t>
+  </si>
+  <si>
+    <t>Schweres Stalking u.a. mit Todesdrohungen; Vielzahl von Nachrichten versendet; Beschimpfungen; auch an Arbeitgeber der Gesuchstellerin versendet. Täter wechselte wiederholt seine Mobilnummer, da er von der Gesuchstellerin blockiert wurde.</t>
+  </si>
+  <si>
+    <t>Extorsion et chantage, menaces, contraintes (156, 180-181), Autres infractions contre l'intégrité sexuelle (194, 198)</t>
+  </si>
+  <si>
+    <t>Keine Angaben zu Beeinträchtigungen aber notorisch und Genugtuung gerichtlich festgesetzt.</t>
+  </si>
+  <si>
+    <t>262/2023</t>
+  </si>
+  <si>
+    <t>Der 20-jährige Täter hatte mit der damals 15-jährigen Gsin Geschlechtsverkehr sowie einseitigen Oralverkehr gegenüber der Gsin. Er wusste dabei, dass sie erst 15 Jahre alt war.</t>
+  </si>
+  <si>
+    <t>Gsin war verunsichert, zog sich zurück, hatte Angst, dem Täter zu begegnen, Panikattacken</t>
+  </si>
+  <si>
+    <t>25.06.2024</t>
+  </si>
+  <si>
+    <t>240/2024</t>
+  </si>
+  <si>
+    <t>Nach Auffahrunfall steigt Täter aus, rennt auf GS zu und schlägt diesem zweimal ins Gesicht. Dem dadurch bewusstlos am Boden liegenden GS tritt er mit Fuss ins Gesicht und flüchtet.</t>
+  </si>
+  <si>
+    <t>dislozierte Unterkieferfraktur rechts mit Zahnbeteiligung 43/44, undislozierte Nasenbeinfraktur, Kontusionen Stirn und Nase</t>
+  </si>
+  <si>
+    <t>2 Operationen (weitere geplant)</t>
+  </si>
+  <si>
+    <t>Zahnbehandlung (Prothese, Zahnextraktion, Reparatur)</t>
+  </si>
+  <si>
+    <t>notorisch (psychisch)</t>
+  </si>
+  <si>
+    <t>Komplikationen: Wunddehiszenz mit Pusaustritt, Entzündung Zähne, Magenprobleme aufgrund Antibiotika</t>
+  </si>
+  <si>
+    <t>2023/225</t>
+  </si>
+  <si>
+    <t>über Zeitraum von ca. 9 Monaten mehrfach vom Täter (damaligem Partner) mit Tod bedroht und tätlich angegriffen (u.a. Schläge mit Hand gegen Oberschenkel, Haare reissen, Arm umdrehen, Fusstritt gegen Oberschenkel, Ohrfeige)</t>
+  </si>
+  <si>
+    <t>Hämatome an Armen und Beinen, massive Ängste, Zustandsverschlechterung, depressive Zustände</t>
+  </si>
+  <si>
+    <t>längerfristige Therapie inkl. stationäre Behandlung</t>
+  </si>
+  <si>
+    <t>komplexe zugrundeliegende Grunderkrankung</t>
+  </si>
+  <si>
+    <t>24.06.2024</t>
+  </si>
+  <si>
+    <t>2024-0065</t>
+  </si>
+  <si>
+    <t>GS übernachtete beim Täter. Nach einvernehmlichen Sexualkontakten, nötigte der Täter die GS zweimal zum ungeschützten Analverkehr. Der Täter hat den Widerstand der GS mit Schlägen, Bissen sowie Androhung, ihr den Rücken mit einem kaputten Glas zu verletzen, gebrochen. Abschliessen ejakulierte der Täter der GS ins Gesicht.</t>
+  </si>
+  <si>
+    <t>Anfänglich schwere dissoziative Störung, als Folge der Extrembelastung in den ersten Tagen und Wochen nach dem Übergriff eine schwere posttraumatische Belastungsstörung.</t>
+  </si>
+  <si>
+    <t>2021-0014-1</t>
+  </si>
+  <si>
+    <t>Vermutlich aufgrund eines Revierstreits im Drogenmilieu kam es zu einer wechselseitigen Auseinandersetzung zwischen 2 Personengruppen. Im Verlaufe des Raufhandels wurden unzählige Schläge und Tritte ausgeführt, aber auch gefährliche Gegenstände, wie Taschen- und Klappmesser, Glasflaschen und Baseballschläger, gegen die jeweils andere Gruppe eingesetzt. Im Verlauf dieser Auseinandersetzung stach der Täter 2 Mal in den Oberkörper des GS. (Gericht verurteilte den GS wegen Raufhandels, hielt aber fest, dass das Verschulden des GS deutlich geringer sei als bei den Mitbeteiligten. So hat er bei der Entstehung keine tragende Rolle gespielt, "nur" Schläge ausgeteilt und sei eher zufällig zwischen die Fronten geraten).</t>
+  </si>
+  <si>
+    <t>Stichverletzung des Brustkorbs, im dritten Zwischenraum, mit Verletzung einer kleinen Schlagader und eine Stichverletzung der Rückenmuskulatur auf Höhe der Lendenwirbelsäule.</t>
+  </si>
+  <si>
+    <t>Die Stichwunden mussten notfallmässig versorg werden</t>
+  </si>
+  <si>
+    <t>100% AUF von 10 - 24 Tage sei aus rechtsmedizinischer Sicht plausibel</t>
+  </si>
+  <si>
+    <t>35% Kürzung Mitverschulden und Herabsetzung der G (Wohnsitz in Algerien) um 2/3 auf 1'517.</t>
+  </si>
+  <si>
+    <t>21.06.2024</t>
+  </si>
+  <si>
+    <t>305/2024</t>
+  </si>
+  <si>
+    <t>21-jährige GS wird von flüchtigen Bekannten gestalkt: werde nicht zulassen, dass sie mit Anderen glücklich wird, Todesdrohungen, bringe ihre Familie um, schickte Fotos von Waffen, Diffamierungen in soz. Netzwerken. Teilweise bis 100 Kontakte pro Tage (unterdrückte Nummern). Kontaktaufnahme trotz GSG-Massnahmen. Dauer: 1 1/2 Jahre</t>
+  </si>
+  <si>
+    <t>1 Jahr 100%</t>
+  </si>
+  <si>
+    <t>Panikattacken, Aphasie, Suizidgedanken, Gewichtszunahme, Verfolgungswahn, soz. Rückzug</t>
+  </si>
+  <si>
+    <t>zeitweise Zimmer nicht verlassen, tageweise geweint / grosse psych. Beeinträchtigungen, lange AUF</t>
+  </si>
+  <si>
+    <t>18.06.2024</t>
+  </si>
+  <si>
+    <t>2023/064</t>
+  </si>
+  <si>
+    <t>1300 CHF</t>
+  </si>
+  <si>
+    <t>Täter versucht Opfer wiederholt gegen Willen zu küssen. Auf Nachhauseweg folgt Täter dem Opfer und drückt dieses am Bahnhof plötzlich mit Körper von hinten und mit grosser Kraft an ein Geländer. Täter bedrängt Opfer mit heruntergelassener Hose und versuchte Opfer an die Brust bzw. in die Hose zu fassen</t>
+  </si>
+  <si>
+    <t>Verunsicherung, Angst nachts alleine auf der Strasse</t>
+  </si>
+  <si>
+    <t>Opfer bereits in psychotherapeutische Behandlung aufgrund Depression</t>
+  </si>
+  <si>
+    <t>256/2024</t>
+  </si>
+  <si>
+    <t>Der Täter warb die GSin an, um sie zur Prostitution zuzuführen. Es sollte sich um eine Arbeit ohne sex. Hintergrund handeln. Stattdessen musste sich die GSin während 1 Monat im Escort prostituiiren und den Verdienst für die Bezahlung der angeblichen Schulden in horrender Höhe abarbeiten. Es gab keine freien Tage und sie hatte die ihr zugewiesenen Kunden zu bedienen. Sie wurde nicht im Voraus informiert, welche Art DL sie zu erbringen hatte.</t>
+  </si>
+  <si>
+    <t>Keine feste Diagnose. Die GSin wurde durch die Polizei direkt kontaktiert. Sie hatte zu viel Angst und litt sehr lang unter Panikattacken. Aus Angst lebt sie heute nicht mehr in ihrem Herkunftsland. Ihre Familie musste auch auf Grund diverser Einschüchterugnsversuche Stadt und Adresse wechseln. Sie leidet heute noch unter depressiven Symtpomen</t>
+  </si>
+  <si>
+    <t>Teilweise auch Täterin: Rekrutierung eines anderen Opfers gegen Entgelt.</t>
+  </si>
+  <si>
+    <t>17.06.2024</t>
+  </si>
+  <si>
+    <t>2023/032</t>
+  </si>
+  <si>
+    <t>900 CHF</t>
+  </si>
+  <si>
+    <t>im Rahmen einer zunächst verbalen Auseinandersetzung zieht sich Opfer eine Schnittwunde zu. Täter hat dabei überreagiert und dem Opfer mit einem gefährlichen Gegenstand eine Schnittwunde zugefügt</t>
+  </si>
+  <si>
+    <t>3500</t>
+  </si>
+  <si>
+    <t>3cm tiefe, 21cm lange Schnittwunde am Oberarm (Muskel mitbetroffen)</t>
+  </si>
+  <si>
+    <t>ärztliche Versorgung der Wunde im Spital, Naht mit 28 Stichen</t>
+  </si>
+  <si>
+    <t>7 Tage zu 100%</t>
+  </si>
+  <si>
+    <t>Narbe</t>
+  </si>
+  <si>
+    <t>14.06.2024</t>
+  </si>
+  <si>
+    <t>68/2016</t>
+  </si>
+  <si>
+    <t>Zuführen in Prostitution, Vorschriften Ausübung (schwanger, kurz nach Geburt, während Menstruation, kindlicher Kleidungsstil, anal, Sadomaso, ohne Kondom, Muttermilch anbieten, Videosex mit Täter der sie schlägt/würgt), Kontrolle, Abnahme Verdienst &amp; Ausweise. Körperliche Gewalt (würgen, Schläge). 1x/Woche vaginaler, analer Geschlechtsverkehr oder Oralsex erzwungen. Dauer: 5 1/2 Jahre (GS bei Beginn 18-jährig)</t>
+  </si>
+  <si>
+    <t>Atteinte et contrainte sexuelles, viol (189, 190), Prostitution (195)</t>
+  </si>
+  <si>
+    <t>andauernde Persönlichkeitsänderung durch Extrembelastung, dissoziative Störung, ptbs, depressive Störung</t>
+  </si>
+  <si>
+    <t>sozialpädagogische Alltagsunterstützung, Psychotherapie</t>
+  </si>
+  <si>
+    <t>dauerhaft</t>
+  </si>
+  <si>
+    <t>Schlafstörungen, Essstörung, Anspannung, Schweigen, Angstüberflutung, Verlust Vertrauen etc.</t>
+  </si>
+  <si>
+    <t>gemeinsames Kind mit Täter wurde durch diesen ebenfalls (sexuell) missbraucht / Täter schuldunfähig</t>
+  </si>
+  <si>
+    <t>grosse Abhängigkeit zu Täter (Loverboy-Schema), vulnerable GS im Heimatland "rekrutiert"</t>
+  </si>
+  <si>
+    <t>13.06.2024</t>
+  </si>
+  <si>
+    <t>OHG 4'082</t>
+  </si>
+  <si>
+    <t>Gesuchsteller bediente als Coiffeur einen Kunden, als zwei Männer Geschäft betraten. Es entstand aufgrund einer Vorgeschichte Streit, bei welchem der Gesuchsteller weiteren im Verlauf Faustschläge gegen Kopf und Oberkörper erhielt. Einer der Täter schlug mit Stuhl und einmal mit einem Regenschirm auf ihn ein.</t>
+  </si>
+  <si>
+    <t>Verrenkung Kiefergelenk (Subluxation)</t>
+  </si>
+  <si>
+    <t>mind. 9 Monate 80-100 % durch Hausarzt attestiert (jedoch unsicher ob adäquat kausal)</t>
+  </si>
+  <si>
+    <t>Schmerzen würden auch rund ein Jahr nach Tat noch andauern</t>
+  </si>
+  <si>
+    <t>RDGS.2023.262</t>
+  </si>
+  <si>
+    <t>Das Opfer besuchte mit Freunden einen Club. Auf der Tanzfläche kam es zu einem unbeabsichtigten Körperkontakt mit einem anderen Gast, woraufhin es zwischen diesem Gast und dem Opfer zu einer Auseinandersetzung und Schubsereien kam und sich ein Freund des Gastes einmischte. Sodann attackierten die beiden das Opfer insbesondere mit Faustschlägen gegen den Kopf und eine Kick gegen das Knie. Abgesehen von einem Kreuzbandriss waren die Verletzungen unerheblich (Hämatome / Prellungen) und heilten innert kurzer Zeit folgenlos ab.</t>
+  </si>
+  <si>
+    <t>Kreuzbandriss</t>
+  </si>
+  <si>
+    <t>ambulante Behandlung</t>
+  </si>
+  <si>
+    <t>Knieoperation</t>
+  </si>
+  <si>
+    <t>Physiotherapie, Dauer unbekannt geblieben</t>
+  </si>
+  <si>
+    <t>keine Belege für Arbeitsunfähigkeit attestiert, da Opfer nicht erwerbstätig ist</t>
+  </si>
+  <si>
+    <t>12.06.2024</t>
+  </si>
+  <si>
+    <t>2024-0055</t>
+  </si>
+  <si>
+    <t>GS wollte vom Täter (Schwager) den Wohnungsschlüssel der Schwester verlangen. Als dieser ins Auto stieg und los fuhr, touchierte er den Fuss des GS. Als der GS daraufhin mit der flachen Hand auf das Auto schlug, beschimpfte ihn der Täter und drohte ihm mit dem Tod. Um den Täter an der Fortfahrt zu hindern, legte sich der GS auf die Motorfahrzeughaube. Der Täter fuhr dennoch los, beschleunigte und führ einen Zickzack-Kurs um den GS abzuschütteln. Als der Täter abrupt bremste fiel der GS schliesslich zu Boden.</t>
+  </si>
+  <si>
+    <t>Diverse Schürfwunden zudem verschlechterte sich die psychische Gesundheit des GS, bis zu einem schweren depressiven Zustand. Psychiater bestätigte, dass der Angriff frühere Traumata aktiviert hat. GS war in seiner Arbeitsfähigkeit eingeschränkt, hat sich verfolgt gefühlt und unter einer Art Sozialphobie gelitten.</t>
+  </si>
+  <si>
+    <t>GS war bereits vor dem Übergriff in psychiatrischer Behandlung.</t>
+  </si>
+  <si>
+    <t>2021/316</t>
+  </si>
+  <si>
+    <t>Täter spricht Opfer bzgl. angeblicher Geldschulden an. Als Opfer erwidert, er habe das Geld längst bezahlt und am Täter vorbeigeht, schlägt dieser mit den Fäusten gegen den Kopf des Opfers, packt dieses von hinten mit den Händen am Hals, reisst es zu Boden und tritt mit Füssen gegen das Opfer. Anschliessend kniet Täter auf das zunächst auf Bauch liegende Opfer, worauf er den Kopf des Opfers dreimal auf den Asphalt sowie mind. dreimal mit Fäusten gegen den Kopf schlägt. Opfer gelingt es aufzustehen und sich vom Täter abzuwenden. Daraufhin zückt Täter Klappmesser mit Zacken und Klingenlänge von 8cm und sticht dem Opfer von hinten oberhalb des linken Schulterblatts in den Rücken.</t>
+  </si>
+  <si>
+    <t>Kopf-, Schulter- und Brustkorbprellung, Stichverletzung über Schulterblatt mit Einstichtiefe 6cm, Blutergüsse Kopfbereich</t>
+  </si>
+  <si>
+    <t>operative Versorgung der Wunden, Zweitoperation aufgrund Wundinfektion</t>
+  </si>
+  <si>
+    <t>45 Tage zu 100%</t>
+  </si>
+  <si>
+    <t>07.06.2024</t>
+  </si>
+  <si>
+    <t>2022/335</t>
+  </si>
+  <si>
+    <t>Opfer wurde an Arbeitsstelle im Kiosk überfallen. Kurz nachdem Opfer den Rollladen des Kiosks geöffnet hat, hat sich Täter eine 0.33l Getränkedose aus Kühlregal behändigt, Opfer angeschrien, beschimpft und mit den Worten "i bringe di um" bedroht. Anschliessend warf Täter dem Opfer die Getränkedose mit voller Wucht an den Kopf.</t>
+  </si>
+  <si>
+    <t>Kopf- oder Schädelprellung, Gehirnerschütterung und Schmerzen im Halswirbelsäulenbereich, PTBS mit depressiver Verstimmung, Angststörung sowie Somatisierungsstörung, Schlafstörung, Angst- und Panikattacken, Reizbarkeit</t>
+  </si>
+  <si>
+    <t>ca. 1 Jahr ambulante psychiatrische Behandlung, medikamentöse Behandlung der Schlafstörung</t>
+  </si>
+  <si>
+    <t>ca. 1 Jahr 100% AUF</t>
+  </si>
+  <si>
+    <t>05.06.2024</t>
+  </si>
+  <si>
+    <t>8/24</t>
+  </si>
+  <si>
+    <t>Durant une période d'environ 5 ans, une jeune fille âgée de moins de 10 ans a subi des abus sexuels de la part d'une connaissance de sa maman. L'auteur aurait posé son sexe sur les parties génitales de la victime et l'aurait pénétrée vaginalement à réitérées reprises. Pendant les agressions, la victime manipulait le téléphone portable de l'auteur pour penser à autre chose.</t>
+  </si>
+  <si>
+    <t>Trouble de stress post-traumatique, trouble de l'humeur avec des épisodes dépressifs récurrents, trouble du sommeil chronique, plusieurs troubles anxieux comorbides, distorsion des relations aux adultes, en particulier aux hommes, distorsion des liens d'attachement et de son développement affectif et sexuel.</t>
+  </si>
+  <si>
+    <t>Psychothérapie durant plusieurs années</t>
+  </si>
+  <si>
+    <t>Procédure pénale suspendue pour une durée illimitée; lieu de séjour de l'auteur présumé inconnu.</t>
+  </si>
+  <si>
+    <t>La victime était âgée de moins de 10 ans au moment des faits.</t>
+  </si>
+  <si>
+    <t>04.06.2024</t>
+  </si>
+  <si>
+    <t>1204-02, 12/2024</t>
+  </si>
+  <si>
+    <t>Dans le courant de l'automne 2022, sur une période d'environ trois semaines, le prévenu a caressé les parties génitales de la victime alors âgée de 4 ans par dessus la culotte à trois reprises et une fois en glissant sa main dans la culotte, directement au contact de la peau. A une reprise, il s'est positionné devant l'enfant, a baissé son pantalon et lui a montré les fesses</t>
+  </si>
+  <si>
+    <t>5350</t>
+  </si>
+  <si>
+    <t>enfant gardée par l'épouse du prévenu, maman de jour</t>
+  </si>
+  <si>
+    <t>Zoug</t>
+  </si>
+  <si>
+    <t>03.06.2024</t>
+  </si>
+  <si>
+    <t>SD SDS 10.2 / 747</t>
+  </si>
+  <si>
+    <t>Im Rahmen einer verbalen und tätlichen Auseinandersetzung zwischen drei Personen wurde das Opfer von einer Person mit der Faust ins Gesicht geschlagen. Das Opfer fiel zu Boden, wo es von der gleichen Person noch einmal ins Gesicht geschlagen wurde. Eine zweite Person trat das am Boden liegende Opfer einmal kräftig mit dem Fuss ins Gesicht, was zur Bewusstlosigkeit des Opfers führte. Das Opfer erlitt beim Vorfall ein Schädel-Hirn-Trauma Grad I, eine Rissquetschwunde an der Oberlippe und am Nasenbein, den Abbruch des Eckzahns 11 (Brücke) und der Zähne 41 und 42 sowie Prellungen an der Halswirbelsäule und an der rechten Hüfte.</t>
+  </si>
+  <si>
+    <t>1000 / 5000-7000 CHF</t>
+  </si>
+  <si>
+    <t>Schädel-Hirn-Trauma Grad I, Rissquetschwunde an der Oberlippe und am Nasenbein, Abbruch des Eckzahns 11 (Brücke) und der Zähne 41 und 42, Prellungen an der Halswirbelsäule und an der rechten Hüfte</t>
+  </si>
+  <si>
+    <t>1 Tag (24h-Überwachung)</t>
+  </si>
+  <si>
+    <t>5 Tage 100%</t>
+  </si>
+  <si>
+    <t>Beschwerliche Zahnbehandlung, Schwindel</t>
+  </si>
+  <si>
+    <t>29.05.2024</t>
+  </si>
+  <si>
+    <t>2024-0056</t>
+  </si>
+  <si>
+    <t>GS wurde in eigener Wohnung in der Nacht von einem unbekannten und maskierten Täter überfallen, welcher mit einem Messer bewaffnet war. Er kam in ihr Schlafzimmer und hat die GS am Hals gepackt und mit dem Messer bedroht. Die GS, welche nur mit den Unterhosen bekleidet gewesen war, versuchte sich zu wehren, im dem sie dem Täter Fusstritte versetzte und auf ihn eingeschlagen hat. Sie hatte die Befürchtung, dass der Täter sie vergewaltigen wollte. Der Täter hat die GS ins Gesicht geschlagen und an den Haaren gezogen. Als er im Treppenhaus Geräusche von Nachbarn vernommen hat, liess er von der GS ab und flüchtete.</t>
+  </si>
+  <si>
+    <t>Würgetrauma, eine Prellung am Daumengrundgelenk sowie zwei Hämatome im Mediastinum, vor allem schwere psychische Beeinträchtigungen Anpassungsstörung mit Symptomen wie Schlafstörungen, Konzentrationsstörungen und Ängsten. Die GS zog schliesslich in eine neue Wohnung.</t>
+  </si>
+  <si>
+    <t>in eigener Wohnung von unbekanntem und maskiertem Täter überfallen</t>
+  </si>
+  <si>
+    <t>28.05.2024</t>
+  </si>
+  <si>
+    <t>134/2021</t>
+  </si>
+  <si>
+    <t>Vater schlägt 3-jährigen GS 2x mit Fäusten gegen Kopf. Nach Trennung passt er 7-jährigen GS in Missachtung GSG-Massnahmen ab, hält ihm eine Pistole a Bauch und sagt, GS solle nicht auf Mutter hören, diese sei "scheisse" und er ihn töten werden wenn er auf Mutter höre.</t>
+  </si>
+  <si>
+    <t>1193.85</t>
+  </si>
+  <si>
+    <t>Urvertrauen in Vater verloren, geht nirgendwo alleine hin (inkl. Badezimmer, Zimmer) aus Angst</t>
+  </si>
+  <si>
+    <t>minderjähriges Alter, Täter = Vater (Vertrauensperson), Beziehung zerstört durch Taten</t>
+  </si>
+  <si>
+    <t>47'474</t>
+  </si>
+  <si>
+    <t>La victime a subi des infractions à son intégrité sexuelle entre ses 10 à 17 ans, de manière quasi hebdomadaire : une fois par semaine, l'auteur lui caressait les seins, le clitoris et le vagin et la pénétrait avec ses doigts. Elle a subi un viol à l'âge de 17 ans, soit en 2007. En raison de ces infractions, elle a été suivi par un psychothérapeute, son mode de vie a été altéré de manière conséquente. L'auteur des faits était son beau-père et la fréquence des infractions était très importante. La victime présentait une vulnérabilité importante puisque sa mère, atteinte du VIH, est décédée. Avant de mourir, celle-ci lui a indiqué que les attouchements était "normaux" dans la communauté africaine et la victime a longtemps pensé que son beau-père était son père biologique.</t>
+  </si>
+  <si>
+    <t>Thérapie de 2017 jusqu'en 2022 au moins</t>
+  </si>
+  <si>
+    <t>Altération de son mode de vie</t>
+  </si>
+  <si>
+    <t>Suivi psychothérapeutique</t>
+  </si>
+  <si>
+    <t>Enfant de 10 à 17 ans, infractions par le beau-père, décès de la mère</t>
+  </si>
+  <si>
+    <t>24.05.2024</t>
+  </si>
+  <si>
+    <t>OH 24-11</t>
+  </si>
+  <si>
+    <t>Als der Gesuchsteller schlichtend in eine Auseinandersetzung eingreifen wollte, schlug ihm der Täter mehrfach heftig ins Gesicht und nahm ihn anschliessend in den Schwitzkasten. Zudem drohte der Täter dem Gesuchsteller, dass er ihn im Fall einer Strafanzeige schlagen werde und betitelte ihn als Arschloch und Hurensohn.</t>
+  </si>
+  <si>
+    <t>-contusio cerebri, multiple Kontusionen im Gesichtsbereich, rupturiertes Trommelfell, konjunktivale Blutung am linken Auge</t>
+  </si>
+  <si>
+    <t>21.05.2024</t>
+  </si>
+  <si>
+    <t>OHG 3'118</t>
+  </si>
+  <si>
+    <t>Täter verfolgt Gesuchsteller mit metallenem Teleskopschlagstock, holt ihn ein und schlägt mit grosser Wucht auf ihn ein. Wird trotz Abwehrhaltung gegen Kopf und Gesicht getroffen und kommt zu Fall. Täter schlägt weiter auf ihn ein (Bein, Oberschenkel, Schulter). Gesuchsteller kann kurzzeitig flüchten und wird danach weiter geschlagen.</t>
+  </si>
+  <si>
+    <t>leichtes Schädelhirntrauma, RQW an Lippen und Schienbein, Querfrakturen an zwei Zähnen, Prellungen,</t>
+  </si>
+  <si>
+    <t>Einige kurze Behandlungen</t>
+  </si>
+  <si>
+    <t>Nähen; Zahnbehandlungen</t>
+  </si>
+  <si>
+    <t>Mehrere Wochen 100% + Einzeltage wegen Zahnbehandlungen</t>
+  </si>
+  <si>
+    <t>Keine</t>
+  </si>
+  <si>
+    <t>Geltend gemacht wird Epilepsie aber Kausalität nicht erstellt (starker Alkoholabusus)</t>
+  </si>
+  <si>
+    <t>14.05.2024</t>
+  </si>
+  <si>
+    <t>61687</t>
+  </si>
+  <si>
+    <t>Agée de 20 ans, la petite-fille  de la demanderesse s’est rendue au bord du lac afin d’y rencontrer un ami d’enfance. Lors de cette rencontre, l'auteur a asséné un puissant coup de maillet sur la tête de la victime, qui a hurlé de douleur, puis s'est écroulée dans l'eau. Ce geste ne l'a pas tuée, car elle a encore marmonné. L'auteur l'a ensuite attachée et traînée sur une cinquantaine de mètres. Deux heures plus tard, il l'a détachée, déshabillée, puis a commis sur elle des actes d'ordre sexuel, alors qu'elle était inconsciente. La victime a ensuite été déposée dans une roselière, encore vivante, mouillée et presque nue, dehors, par 5 à 8 degrés. Son corps sans vie n’a été retrouvé que près de deux mois plus tard, partiellement dévoré par des animaux.</t>
+  </si>
+  <si>
+    <t>35'000</t>
+  </si>
+  <si>
+    <t>- stress post-traumatique</t>
+  </si>
+  <si>
+    <t>- suivi psychothérapeutique pendant six mois</t>
+  </si>
+  <si>
+    <t>- La grand-mère souffrait déjà de dépression avant la perte de sa petite-fille</t>
+  </si>
+  <si>
+    <t>Agée de 20 ans, la fille de la demanderesse s’est rendue au bord du lac afin d’y rencontrer un ami d’enfance. Lors de cette rencontre, l'auteur a asséné un puissant coup de maillet sur la tête de la victime, qui a hurlé de douleur, puis s'est écroulée dans l'eau. Ce geste ne l'a pas tuée, car elle a encore marmonné. L'auteur l'a ensuite attachée et traînée sur une cinquantaine de mètres. Deux heures plus tard, il l'a détachée, déshabillée, puis a commis sur elle des actes d'ordre sexuel, alors qu'elle était inconsciente. La victime a ensuite été déposée dans une roselière, encore vivante, mouillée et presque nue, dehors, par 5 à 8 degrés. Son corps sans vie n’a été retrouvé que près de deux mois plus tard, partiellement dévoré par des animaux.</t>
+  </si>
+  <si>
+    <t>- graves problèmes psychologiques</t>
+  </si>
+  <si>
+    <t>- suivi thérapeutique régulier et traitement médicamenteux</t>
+  </si>
+  <si>
+    <t>Décision du Tribunal cantonal (603 2023 59)</t>
+  </si>
+  <si>
+    <t>751/2023</t>
+  </si>
+  <si>
+    <t>GS wird seit 6jährig von Eltern geschlagen (Holzkehle, Schuhe, Stöcke). Ab 15 Jahren wurde sie stark kontrolliert. Nach Schlägen ins Gesicht flüchtete GS in Schutzunterkunft und nachher in betreutes Wohnen.</t>
+  </si>
+  <si>
+    <t>somatische Beschwerden</t>
+  </si>
+  <si>
+    <t>psychologische Beratung</t>
+  </si>
+  <si>
+    <t>Migräne, Schwindel, Konzentrations- und Merkfähigkeitsschwierigkeiten, Antriebslosigekeit</t>
+  </si>
+  <si>
+    <t>minderjähriges Alter, Täter = Eltern</t>
+  </si>
+  <si>
+    <t>10.05.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2023.106</t>
+  </si>
+  <si>
+    <t>Der zum damaligen Zeitpunkt zwölfjährige Täter und der vierjährige Gesuchsteller lebten zusammen in einer Patchworkfamilie. Anlässlich zweier Besuchswochenenden des Täters brachte er den Gesuchsteller dazu, den Penis des Täters anzufassen und seinen Penis vom Täter anfassen zu lassen, den Penis des Täters mehrmals in den Mund zu nehmen und seinen Penis vom Täter in den Mund nehmen zu lassen. Mindestens beim zweiten Vorfall liess der Täter zudem Sperma in den Mund des Gesuchstellers fliessen. Der Gesuchsteller befindet sich mittlerweile in der Adoleszenz. Es leidet unter regelmässigen Albträumen und Einschränkungen im Beziehungsverhalten.</t>
+  </si>
+  <si>
+    <t>15'000</t>
+  </si>
+  <si>
+    <t>Störendes Sozialverhalten, wobei die Diagnose nicht nur auf das Ereignis zurückzuführen ist</t>
+  </si>
+  <si>
+    <t>Sehr junges Alter, besonderes Vertrauensverhältnis zum Täter, Tatbegehung an einem geschützten Ort</t>
+  </si>
+  <si>
+    <t>07.05.2024</t>
+  </si>
+  <si>
+    <t>OHG 4'069</t>
+  </si>
+  <si>
+    <t>Volljährige GS wurde zwei Mal mit Faust ins Gesicht geschlagen, zu Boden gestossen und an Haaren gerissen (Büschel fielen aus). Als GS am Boden liegend versuchte, Kopf mit Händen zu schützen, trat Täterin mit Füssen wiederholt und mit voller Kraft gegen Rücken und Lendenbereich der Gesuchstellerin, wobei sie auch andere Körperstellen traft. GS wurde überdies wiederholt beschimpft.</t>
+  </si>
+  <si>
+    <t>multiple schmerzhafte Prellmarken bzw. Hämatome an Knien, Ellbogen, Achsel, Schulter, Rücken, Hals und starkes Hämatom am Auge. Ängste und Schlafstörungen. Fortwährende Schmerzen geltend gemacht.</t>
+  </si>
+  <si>
+    <t>Kurze Spitaluntersuchung 2 Tage nach Vorfall</t>
+  </si>
+  <si>
+    <t>Psychotherapie und alternativmedizinische Behandlungen</t>
+  </si>
+  <si>
+    <t>4 Tage 100 %</t>
+  </si>
+  <si>
+    <t>2022/200</t>
+  </si>
+  <si>
+    <t>Täter packt Opfer mit der Hand am Genick, zieht es zu sich heran und fragt, ob es gekokst habe. Als das Opfer verneint, verpasst Täter ihm eine Kopfnuss. Das Opfer blutet stark aus der Nase. Eine weitere Person spricht das Opfer an und verpasst ihm einen Faustschlag in den Bauch.</t>
+  </si>
+  <si>
+    <t>Nasenbeinfraktur; Abweichung der Nasenscheidewand aus Mittelstellung, Schwellung der äusseren Nase</t>
+  </si>
+  <si>
+    <t>Operation in Vollnarkose</t>
+  </si>
+  <si>
+    <t>4 Tage 100% AUF, nach OP 5 Wochen 100% AUF</t>
+  </si>
+  <si>
+    <t>2020/153</t>
+  </si>
+  <si>
+    <t>Opfer wurde mehrfach vom Täter (ehemaliger Partner und Vater gemeinsamer Sohn) tätlich angegriffen (u.a. Ohrfeige, Faustschlag unterhalb Auge, Haare ausgerissen, Schläge mit der offenen Hand gegen den Kopf), als "Hure und Psychopathin" beschimpft und mit dem Tod bedroht. Der Täter hat zudem wiederholt das gegen ihn erlassene Kontakt- und Rayonverbot missachtet.</t>
+  </si>
+  <si>
+    <t>hoher psychischer Stress, Schlafstörung, Angst vor weiteren Angriffen durch Täter, Verlust Kontrollgefühl (keine Arzt- und Therapieberichte)</t>
+  </si>
+  <si>
+    <t>2014/229</t>
+  </si>
+  <si>
+    <t>das aus Thailand stammende Opfer arbeitete 2014 während rund einem Monat als Sexarbeiterin im Studio der Täterin. Die Arbeitsmodalitäten und deren Preise wurden dem Opfer diktiert. Von den Einnahmen musste es mind. die Hälfte abgeben, hinzu kamen monatliche Abgaben für Essen und Internetwerbung. Das Opfer musste sich täglich ab 11 bis 2 Uhr morgens für Freier zur Verfügung halten.</t>
+  </si>
+  <si>
+    <t>leidet noch heute unter dem Erlebten</t>
+  </si>
+  <si>
+    <t>409/2020</t>
+  </si>
+  <si>
+    <t>12-jähriger GS wird von Fremden Süsses angeboten/er sei ein Lieber und als sie verneint, gepackt, Mund zugehalten und zu Schützenhaus getragen wo er sie vaginal penetriert. GS ist dabei erstarrt/wie ohnmächtig und kann sich nicht wehren.</t>
+  </si>
+  <si>
+    <t>Angststörung, soziale Phobie, Dissoziationen, Leistungsverweigerung, ptbs, agiertes Verhalten</t>
+  </si>
+  <si>
+    <t>Tagesklinik</t>
+  </si>
+  <si>
+    <t>IV-Anmeldung erfolgt da Berufseinstieg nicht geglückt</t>
+  </si>
+  <si>
+    <t>AUF (IV), Ess-, Angst-, Schlafstörungen, Selbstverletzungen, Selbstmordgedanken, aggressive Impulse</t>
+  </si>
+  <si>
+    <t>keine Anzeige erfolgt</t>
+  </si>
+  <si>
+    <t>junges Alter (12 Jahre)</t>
+  </si>
+  <si>
+    <t>72/2024</t>
+  </si>
+  <si>
+    <t>Ehemann schubst, boxt, schlägt GS 3 Jahre lang. Nach Trennung Versuche Profile zu hacken, Aufsuchen, Drohungen er werde sie grün und blau schlagen, sie "werde schon sehen". Text- und Sprachnachrichten er "scheisse" auf KESB, regle das selber. Beleidigt GS vor gemeinsamen Kindern (Nutte, brauche mehrere Schwänze).</t>
+  </si>
+  <si>
+    <t>ständig in Alarmbereitschaft, Hausklingel demontiert, erschöpft, energielos, verängstigt</t>
+  </si>
+  <si>
+    <t>06.05.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2020.90</t>
+  </si>
+  <si>
+    <t>10400 CHF</t>
+  </si>
+  <si>
+    <t>Das bereits angetrunkene Opfer lernte an einem Bahnhof zwei Männer kennen, mit denen sie weiter alkoholische Getränke konsumierte. Sodann begab sich das Opfer mit den beiden Männern in die Wohnung um ihnen die selbst erstellten Kunstwerke zu zeigen. Die drei konsumierten in der Wohnung weitere alkoholische Getränke. An den weiteren Verlauf des Abend konnte sich das Opfer nur noch bruchstückhaft erinnern, hatte jedoch mit mindestens einem der beiden Täte Geschlechtsverkehr, wobei sie aufgrund des Alkoholkonsums nicht mehr widerstandsfähig war. Der zweite Täter war bei der Tat anwesend und führte mutmasslich seinen Penis in den Mund des widerstandsunfähigen Opfers ein.</t>
+  </si>
+  <si>
+    <t>13000</t>
+  </si>
+  <si>
+    <t>Untersuchung am Institut für Rechtsmedizin</t>
+  </si>
+  <si>
+    <t>Psychotherapie, 3 Jahre, über 100 Sitzungen</t>
+  </si>
+  <si>
+    <t>Kürzung um 20% aufgrund Auslandwohnsitz (80% von 13'000.-)</t>
+  </si>
+  <si>
+    <t>05.05.2024</t>
+  </si>
+  <si>
+    <t>2017/080</t>
+  </si>
+  <si>
+    <t>Opfer arbeitete während ca. drei Monaten als Prostituierte an zwei verschiedenen Orten in der Schweiz und wurde hierbei von zwei Täterinnen sexuell ausgebeutet. Das Opfer musste mehr als die Hälfte der Einnahmen an die Täterinnen abgeben, sich einer 24/7 Standby-Regelung unterwerfen, wurde kontrolliert und durfte das Studio nur nach vorgängiger Erlaubnis und nur sehr eingeschränkt verlassen, alle zugeteilten Kunden bedienen. Die Dienstleistungen (u.a. ungeschützter Oral- und Geschlechtsverkehr) und deren Preise wurden diktiert. Im Hotelzimmer der Täterin 1 verbrachte das Opfer ca. 6 Tage, in den Studios der Täterin 2 rund drei Monate. Opfer griff, um dem Druck der Prostitution Stand zu halten, zu der Droge Crystal Meth und litt stark unter den psychischen Folgen der Zwangsarbeit.</t>
+  </si>
+  <si>
+    <t>PTBS mit Vermeidungsstrategie: Rückzug, Schweigen, Verdrängen, Schlafstörung, Antriebslosigkeit, Konzentrationsstörung, Angstzustände, Flashbacks; Suizidversuch</t>
+  </si>
+  <si>
+    <t>Konzentrationsstörung und Beeinträchtigung des Kurzzeitgedächtnisses als Folge des Suchtmissbrauchs</t>
+  </si>
+  <si>
+    <t>FIZ, Suizidversuch</t>
+  </si>
+  <si>
+    <t>03.05.2024</t>
+  </si>
+  <si>
+    <t>2022/054</t>
+  </si>
+  <si>
+    <t>Täter drückt Opfer im Bett das Kissen ca. eine Minute auf das Gesicht, so dass dieses für ca. 6-7 Sekunden nicht mehr atmen kann. Opfer wehrt sich gegen Angriff, sodass es phasenweise für kurzen Moment das Kissen wegdrücken und Atem holen kann. Täter lässt nicht von Opfer ab und drückt erneut das Kissen ins Gesicht. Schliesslich kann sich Opfer befreien, ergreift Flucht, verheddert sich am Bettlaken und fällt neben Bett zu Boden. Der Täter drückt dem Opfer während ca. einer Minute Hand auf Mund und Nase und drückt gleichzeitig Kopf des Opfers gegen Zimmerwand. Opfer kann sich wehren und schreit, Eltern des Täters werden wach und eilen zu Hilfe.</t>
+  </si>
+  <si>
+    <t>PTBS mit schweren depressiven Episoden; Schwellung und Hautverfärbung an rechter Schläfe, Oberhautabtragung an Nasenspitze, Blutantragung Nasenöffnung, Hautverfärbungen in Hinterohrregion und am Rücken, Oberhautabtragung an Finger</t>
+  </si>
+  <si>
+    <t>20 Tage stationäre Behandlung Frauenklinik, psychologische Behandlung, 1 Woche PD AG</t>
+  </si>
+  <si>
+    <t>6 Monate 100%</t>
+  </si>
+  <si>
+    <t>Suizidversuch</t>
+  </si>
+  <si>
+    <t>2021/051</t>
+  </si>
+  <si>
+    <t>mehrfach Opfer häuslicher Gewalt durch Partner während drei Jahre. Täter hat Opfer u.a. an Haaren gepackt und solange daran gezogen, dass Haarbüschel ausgerissen sind. Zudem packte Täter Opfer, während dieses mit dem ersten Kind schwanger war, und schlug Kopf gegen Türrahmen. Als Opfer im fünften Monat schwanger war, packte der Täter das Opfer und würgte dieses so heftig, dass es kurzfristig das Bewusstsein verlor. Des Weiteren erhielt Opfer Faustschlag gegen den Kopf sowie Schläge mit Stock eines Wischmops und Verlängerungskabel gegen Beine. Zudem wurde Opfer als Schlampe und Hure bezeichnet.</t>
+  </si>
+  <si>
+    <t>Monokelhämatom rechts, RQW an Augenbraue rechts</t>
+  </si>
+  <si>
+    <t>Narbe oberhalb Augenbraue und Lippe sichtbar</t>
+  </si>
+  <si>
+    <t>02.05.2024</t>
+  </si>
+  <si>
+    <t>30/2024</t>
+  </si>
+  <si>
+    <t>Schändung: GS wurden K.O.-Tropfen ins Getränk gemischt. Bekannter begleitete sie nach Hause und schändete sie dort.</t>
+  </si>
+  <si>
+    <t>2 Monate 100%, 1 Monat 40%, 6 Monate 20%</t>
+  </si>
+  <si>
+    <t>29.04.2024</t>
+  </si>
+  <si>
+    <t>1/24</t>
+  </si>
+  <si>
+    <t>Durant environ deux mois, la victime, une jeune femme, a vécu au domicile de l'auteur avec qui elle avait fait connaissance par l'intermédiaire des réseaux sociaux peu de temps auparavant. Durant cette période, l'auteur a notamment injurié la victime, a installé des caméras dans son domicile afin de filmer les faits et gestes de la victimes et l'a menacée à plusieurs reprises (de lui faire du mal ou de faire du mal aux personnes qu'elle aimait si elle le quittait).</t>
+  </si>
+  <si>
+    <t>Angoisses, anxiété, sentiment de persécution, dépression (en lien avec l'infraction), trouble grave de la personnalité de type borderline (en lien avec une poly toxicomanie).</t>
+  </si>
+  <si>
+    <t>Hospitalisation dans un centre psychiatrique durant plusieurs jours</t>
+  </si>
+  <si>
+    <t>Suivi par un psychiatre durant plusieurs années pour une poly toxicomanie</t>
+  </si>
+  <si>
+    <t>La victime est poly toxicomane.</t>
+  </si>
+  <si>
+    <t>28.04.2024</t>
+  </si>
+  <si>
+    <t>2021-0012</t>
+  </si>
+  <si>
+    <t>17-jähriger Täter küsste und berührte die 13-jähige GS und es kam zum Geschlechtsverkehr, mit welchem die GS nicht einverstanden war. Freispruch vom Vorwurf der Vergewaltigung aufgrund nicht zweifelsfrei erstellbarem Sachverhalt.</t>
+  </si>
+  <si>
+    <t>posttraumatische Belastungsstörung, sie litt unter starken Schlafstörungen, Konzentrationsstörungen, Stimmungsschwankungen, Flashbacks aufgrund des sexuellen Missbrauchs sowie einer belastenden familiären Situation.</t>
+  </si>
+  <si>
+    <t>ambulante Abklärung, Therapie wäre indiziert, aber GS diesbezüglich noch ambivalent .</t>
+  </si>
+  <si>
+    <t>Die eingeschränkten Belastbarkeit führte zu einem Verlust der Lehrstelle.</t>
+  </si>
+  <si>
+    <t>26.04.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2021.62</t>
+  </si>
+  <si>
+    <t>Das Opfer war während rund sechs Jahren häuslicher Gewalt durch den Ehemann ausgesetzt. Dieser beschimpfte, würgte und schlug das Opfer. Zudem bedrohte er das Opfer (teilweise mit dem Tod). Häufig erfolgten die Übergriffe in Anwesenheit der beiden gemeinsamen Kinder. Sie wurden auch selbst regelmässig vom Vater geschlagen, weshalb ihnen, zusätzlich zur Genugtuung der Mutter, antragsgemäss je eine Genugtuung von Fr. 1'500.- ausgerichtet wurde.</t>
+  </si>
+  <si>
+    <t>Knochenbruch, diverse Hämatome, depressive Episoden</t>
+  </si>
+  <si>
+    <t>diverse Aufenthalte im Frauenhaus</t>
+  </si>
+  <si>
+    <t>2019/088</t>
+  </si>
+  <si>
+    <t>Opfer wird im Haus des Schwiegervaters vom Täter überrascht und überfallen. Täter hat zuvor Schwiegervater tätlich angegriffen, gefesselt und ausgeraubt. Zusammen mit dem Täter stürzt Opfer Treppe hinunter, erhält nach dem Sturz Faustschlag und Fusstritt ins Gesicht, ein Foulard vor die Nase und Mund gedrückt und wird an Händen und Füssen gefesselt sowie ausgeraubt.</t>
+  </si>
+  <si>
+    <t>mittelschweres Schädelhirntrauma, Rissquetschwunde der Oberlippe, Unterblutung der weichen Hirnhäute, Blutung am äusseren Gehörgang, Vorhofflattern, Punktblutungen an Augenlidern und -bindehäuten, Blutergüsse, Hautschürfungen, posttraumatische Belastungsstörung, anhaltende Persönlichkeitsveränderung</t>
+  </si>
+  <si>
+    <t>9 Tage Spital, 3 Wochen Reha, erneute Hospitalisation für 5 Tage</t>
+  </si>
+  <si>
+    <t>Psychotherapie, mehrere Behandlungen</t>
+  </si>
+  <si>
+    <t>25.04.2024</t>
+  </si>
+  <si>
+    <t>1204-02, 11/2024</t>
+  </si>
+  <si>
+    <t>victime a passé la première partie de la nuit avec son ex-compagnon avec lequel elle a entrenu une  relation consentie. Puis vers 1.00, ce dernier l'a violemment secouée alors qu'elle était endormie et l'a traitée de connasse et dit qu'il allait la violer. Il l'a attrapée alors qu'elle tentait de prendre la fuite. Il hurlait et tapait des poings contre le mur. Tétanisée, elle n'a pas opposé de résistance alors qu'il la pénétrait, avant de se masturer et d'éjaculer sur son visage. Il a réitéré la pénétration jusqu'à éjaculation puis l'a contrainte à faire une fellation en la saisissant par les cheveux</t>
+  </si>
+  <si>
+    <t>20'000</t>
+  </si>
+  <si>
+    <t>1 CHF</t>
+  </si>
+  <si>
+    <t>examen gynécologique met en évidence une légère rougeur de la vulve sans lésion et constate un utérus en antéversion mais sans douleur à la mobilisation du col</t>
+  </si>
+  <si>
+    <t>phase dépressive ayant nécessité une hospitalisation quelques mois plus tard</t>
+  </si>
+  <si>
+    <t>24.04.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2024.62</t>
+  </si>
+  <si>
+    <t>Der Täter versetzte dem Opfer einen Faustschlag gegen den Unterkiefer. Dadurch stürzte das Opfer zu Boden und prallte mit dem Kopf auf dem Untergrund auf.</t>
+  </si>
+  <si>
+    <t>- Schädelbruch rechts stirn- bis scheitelseitig, Bruch schläfen- bis scheitelseitig, Bruch des rechten Felsenbeins, Quetsch-Riss-Wunde am Unterkiefer linksseitig, Austritt blutiger Flüssigkeit aus dem rechten Gehörgang</t>
+  </si>
+  <si>
+    <t>- unheilbare Schalleitungsschwerhörigkeit  (mittelgradige Hörbeeinträchtigung)</t>
+  </si>
+  <si>
+    <t>23.04.2024</t>
+  </si>
+  <si>
+    <t>OHG 3'520</t>
+  </si>
+  <si>
+    <t>Jugendliche Gesuchstellerin wurde von vier gleichaltrigen männlichen Schulkollegen für drei bis fünf Minuten an Armen festgehalten und zu Boden gedrückt. Sie öffneten ihre Jacken, schoben Shirt und BH nach oben, öffneten BH und zogen Hosen und Slip bis zu den Knien herunter und fassten an entblösste Brüste und Intimbereich. Teilweise Einführen von Finger. Zudem wurden zwei Fotos der entblössten Brust erstellt, während Gesuchstellerin festgehalten wurde. Täter versuchten auch Intimbereich abzulichten, was nicht gelang. Bei anderem Vorfall wurde Gesuchstellerin mit Schlägen und der Veröffentlichung diffamierender Fotos bedroht.</t>
+  </si>
+  <si>
+    <t>Begab sich in Therapie, wollte jedoch nie über die Vorfälle sprechen</t>
+  </si>
+  <si>
+    <t>Schulwechsel, Umzug der Familie, Abbruch Lehre, regelmässiger Alkohol- und Cannabiskonsum seit Tat</t>
+  </si>
+  <si>
+    <t>Jugendliches Alter</t>
+  </si>
+  <si>
+    <t>OHG 4'065</t>
+  </si>
+  <si>
+    <t>Unter Medikamenteneinfluss stehende Gesuchstellerin wurde von Mitpatienten einer Klinik sexuell missbraucht. Aufgrund ihres Zustandes und der Medikamente erlebte sie den gegen ihren Willen erfolgten Geschlechtsaktes mit, konnte sich jedoch nicht zur Wehr setzen.</t>
+  </si>
+  <si>
+    <t>Gesuchstellerin unter Medikamenteneinfluss und vorbestehendes psychisches Leiden.</t>
+  </si>
+  <si>
+    <t>22.04.2024</t>
+  </si>
+  <si>
+    <t>263/2024</t>
+  </si>
+  <si>
+    <t>Täter betrat Arbeitsort der GS. Sie bat ihn, den Ort zu verlassen da er keinen Termin habe. Da er sich weigerte rief GS Polizei. Täter nahm erigiertes Glied aus Hose, streichelte und rieb daran, nahm diesen Finger in seinen Mund und sah dabei GS an.</t>
+  </si>
+  <si>
+    <t>Medikation für Schlafstörungen</t>
+  </si>
+  <si>
+    <t>Schlafstörungen</t>
+  </si>
+  <si>
+    <t>18.04.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2024.61</t>
+  </si>
+  <si>
+    <t>Das Opfer wurde in der eigenen Wohnung vom Täter überfallen und mit Gewalt zum Oral- und Geschlechtsverkehr gezwungen. Der Täter handelte brutal und skrupellos. Er schlug das Opfer mehrmals, stach mit einem spitzen Gegenstand auf das Opfer ein, legte dem Opfer einen Gürtel um den Hals und drohte dem Opfer mit dem Tod.</t>
+  </si>
+  <si>
+    <t>- zahlreiche körperliche Verletzung in Form von Hautdefekten und Hämatomen; psychische Beeinträchtigung</t>
+  </si>
+  <si>
+    <t>- Das Opfer leidet psychisch noch heute unter dem Vorfall.</t>
+  </si>
+  <si>
+    <t>11.04.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2018.299</t>
+  </si>
+  <si>
+    <t>Gesuchsteller wird vom Täter vor und danach in einem Lokal angegriffen. Mehrfache Faustschläge und Kniestösse insbesondere gegen den Kopf des Gesuchstellers.</t>
+  </si>
+  <si>
+    <t>Leichte Form eines Schädel-Hirn-Traumas und Jochbeinbruch</t>
+  </si>
+  <si>
+    <t>Operation infolge Jochbeinbruch</t>
+  </si>
+  <si>
+    <t>Psychotherapie, über ein Jahr</t>
+  </si>
+  <si>
+    <t>9 Tage</t>
+  </si>
+  <si>
+    <t>RDGS.2025.60</t>
+  </si>
+  <si>
+    <t>In den gemeinsamen Ferien bei Verwandten half der 13-jährige Täter seiner 8-jährigen Cousine mit deren Einverständnis bei Haare wachsen in der Dusche. Der nackte Täter näherte sich seinem Opfer an, sodass sie seinen Penis am Po spürte. Der Täter liess vom Opfer ab, als die grosse Schwester des Opfer das Badezimmer betrat. Drei Jahre später fragte der Täter, dessen Penis zu diesem Zeitpunkt entblösst und erigiert war, das Opfer, ob sie seinem Penis in den Mund nähme, was das Opfer ablehnte. Ungefähr im gleichen Zeitraum fragte der Täter das Opfer, ob sie ihn mit der Hand stimulieren wolle, was das Opfer an diesem Tag auch machte. Schliesslich zeigte der Täter dem Opfer in einem Zeitraum von rund 3 Jahren pornografische Filmaufnahmen.</t>
+  </si>
+  <si>
+    <t>Das Opfer befand sich aus anderen Gründen bereits in Therapie --&gt; Fortsetzung / Erweiterung Therapie</t>
+  </si>
+  <si>
+    <t>10.04.2024</t>
+  </si>
+  <si>
+    <t>1204-02, 003/2024</t>
+  </si>
+  <si>
+    <t>A la suite d'une altercation verbale au sujet d'un transport de véhicules dans leur pays d'origine, deux compatriotes serbes en sont venus au mains, puis se sont battus avec les mains et les pieds malgré plusieurs tentatives d'un ami présent qui a tenté de les séparer.  Les deux protagonistes ont subi réciproquement des lésions corporelles et le requérant s'est fait mordre une partie de l'oreille ce qui a nécessité des points de suture.</t>
+  </si>
+  <si>
+    <t>35%</t>
+  </si>
+  <si>
+    <t>hématome multiples et bout d'une oreille arrachée</t>
+  </si>
+  <si>
+    <t>hospitalisation ambulatoire</t>
+  </si>
+  <si>
+    <t>points de suture de l'oreille</t>
+  </si>
+  <si>
+    <t>3 semaines à 100%</t>
+  </si>
+  <si>
+    <t>1204-02, 3/2024</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Autres infractions contre la liberté (183, 184, 185)</t>
+  </si>
+  <si>
+    <t>bout d'une oreille arrachée et multiples hémathomes</t>
+  </si>
+  <si>
+    <t>quelques heures en ambulatoire</t>
+  </si>
+  <si>
+    <t>20 jours à 100%</t>
+  </si>
+  <si>
+    <t>09.04.2024</t>
+  </si>
+  <si>
+    <t>OH 24-13</t>
+  </si>
+  <si>
+    <t>Der sich auf einem E-Scooter befindliche Täter, fuhr beinahe die Tochter des Gesuchstellers um und beschimpfte diesen als Vollidioten. Als der Gesuchsteller den Täter in der Folge zur Rede stellte, schlug ihm dieser mehrfach gezielt gegen den Kopf.</t>
+  </si>
+  <si>
+    <t>800</t>
+  </si>
+  <si>
+    <t>-Druckdolenz an der Schläfe, Schürfwunden am Knie, mehrere Wochen Kopfschmerzen</t>
+  </si>
+  <si>
+    <t>08.04.2024</t>
+  </si>
+  <si>
+    <t>OHG 2018/106</t>
+  </si>
+  <si>
+    <t>Nach reichlich Alkoholkonsum beschlossen vier Täter, eine Person auszunehmen, um an Geld für Bier zu kommen. Zwei der Täter sprachen den Gesuchsteller in der Folge an und sagten ihm, dass er das Geld herausgeben solle. Ein dritter Täter kam hinzu, fasste den Gesuchsteller mit angewinkeltem Ellenbogen von hinten um den Hals und drückte ihn zu Boden. Er hielt den Gesuchsteller so fest, währenddem zwei der Täter versuchten, ihm das Portemonnaie zu entwenden. Da dies nicht gelang, riss einer am Rucksack des Gesuchstellers, zwei andere schlugen mit den Fäusten auf ihn ein, bis er den Rucksack losliess. Zudem entwendeten sie sein Mobiltelefon. Anschliessend flohen die Täter.</t>
+  </si>
+  <si>
+    <t>anamnestisches Würgetrauma, Schädelprellung, Thorax- und Kniekontusion, Schürfung am rechten Ellenbogen</t>
+  </si>
+  <si>
+    <t>83/2024</t>
+  </si>
+  <si>
+    <t>GSin wurde innerhalb eines Jahres von ihrem Mann (in Trennungsphase) zum Sex gezwungen. Die Vorfälle ereigneten sich im Keller oder im Badezimmer und wurden vom Mann gefilmt. Er drohte ihr, allen von ihrer gemeinsamen Scheinehe zu erzählen, wenn sie sich nicht füge. Ausserdem drohte er mit dem Versand des Filmmaterials an Dritte und auch mit einem Blutbad, falls sie sich nicht füge. Im gleichen Zeitraum kam es mehrfach zu Tätlichkeiten.</t>
+  </si>
+  <si>
+    <t>komplexe PTBS; mittelgradige depressive Episode; eingeschränkte Gedächtnisfunktion, Konzentrationsschwierigkeiten; fortbestehende Ängste; ausgeprägtes Gedankenkreisen; schwere tägliche Kopf- und Nackenschmerzen, massive Gewichtsabnahme</t>
+  </si>
+  <si>
+    <t>Mehrjährige Psychotherapie; 11 Beratungen bei der OH-Beratungsstelle</t>
+  </si>
+  <si>
+    <t>100% während mindestens 3 Jahren</t>
+  </si>
+  <si>
+    <t>05.04.2024</t>
+  </si>
+  <si>
+    <t>616/2023</t>
+  </si>
+  <si>
+    <t>Der stark alkoholisierte Täter befand sich bei Freunden zusammen mit seiner Parnterin, der GSin. Er wurde aggressiv und drohte GSin mit dem Tod. Der Täter zerrte die Gsin an den Haaren aus der Wohnung, stoss sie im Treppenhaus mit dem Fuss gegen das Schulterblatt und zwang sie ins Auto einzusteigen. Während der Fahrt schlug der Täter die GSin mehrmals mit der Faust ins Gesicht und ihren Kopf gegen die Mittelkonsole. Dabei schrie er "wir werden heute zusammen sterben".</t>
+  </si>
+  <si>
+    <t>Nasenschifstand und Nasenatmungsbehinderung bei Nasenpyramiden- und Zahfrakturen.</t>
+  </si>
+  <si>
+    <t>stationäre Akutbehandlung im Spital von ca. 1 Woche</t>
+  </si>
+  <si>
+    <t>2 Operationen -</t>
+  </si>
+  <si>
+    <t>Akutbehandlung Zahnschäden und Nasenbeinfraktur, 1 Monat lang schwere Migräneanfälle und Erbrechen</t>
+  </si>
+  <si>
+    <t>Migräneanfälle mind. einmal pro Woche</t>
+  </si>
+  <si>
+    <t>lebensgefärhliche Horrorfahrt, heute noch Panikattacken</t>
+  </si>
+  <si>
+    <t>A asperiert mit C wegen psychischen Beeitnrächtigungen</t>
+  </si>
+  <si>
+    <t>04.04.2024</t>
+  </si>
+  <si>
+    <t>OHG 3'368</t>
+  </si>
+  <si>
+    <t>Gesuchstellerin wird von damaligem Ehemann in Trennungsphase mehrfach mit dem Tode bedroht, genötigt und beschimpft. Gesuchstellerin nahm diese Drohungen sehr ernst, da der neue Partner vom selben Täter bereits wiederholt tätlich angegangen und bedroht wurde.</t>
+  </si>
+  <si>
+    <t>03.04.2024</t>
+  </si>
+  <si>
+    <t>1204-02, 008/2024</t>
+  </si>
+  <si>
+    <t>En raisons de vieilles rancoeurs, l'auteur a donné un violent coup de poing à la victime alors qu'il se trouvait dans un espace extérieur fermé d'un bar</t>
+  </si>
+  <si>
+    <t>commotion cérébrale</t>
+  </si>
+  <si>
+    <t>1204-02, 8/2024</t>
+  </si>
+  <si>
+    <t>Le 7 octobre 2023, vers 1h30, l'auteur en raison de vieilles rancoeurs, a donné un coup de poing à la tête de la victime alors qu’elle se trouvait dans l’espace extérieur fermé d'un bar</t>
+  </si>
+  <si>
+    <t>1 semaine</t>
+  </si>
+  <si>
+    <t>30.03.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2024.45</t>
+  </si>
+  <si>
+    <t>Der Täter versetzte dem Opfer einen Schlag gegen das linke Auge, woraufhin das Opfer zu Boden stürzte. Der Vorfall ereignete sich direkt vor der Wohnungstüre des Opfers.</t>
+  </si>
+  <si>
+    <t>- Fraktur des  Bodens der Augenhöhle, Nasenbeinfraktur, mehrere Hämatome im Gesichtsbereich</t>
+  </si>
+  <si>
+    <t>- sozialer Rückzug, Angst die Wohnung zu verlassen</t>
+  </si>
+  <si>
+    <t>28.03.2024</t>
+  </si>
+  <si>
+    <t>OHG 3'294</t>
+  </si>
+  <si>
+    <t>Täter (ehemaliger Lebenspartner) drohte der Gesuchstellerin: "euch Frauen mache ich kaputt" und schlug Fensterscheibe ein. Danach über einen Monat zahlreiche Nachrichten ähnlichen Inhaltes. Zu späterem Zeitpunkt während rund eines halben Jahres ca. 300 E-Mails mit Beschimpfungen, Drohungen (keine expliziten wohl aber implizite Todesdrohungen).</t>
+  </si>
+  <si>
+    <t>Mind. 8 Therapiesitzungen</t>
+  </si>
+  <si>
+    <t>Verm. Tätlichkeiten und Sexualdelikte in der Vergangenheit jedoch nicht Ggst. des Strafverfahrens</t>
+  </si>
+  <si>
+    <t>20.03.2024</t>
+  </si>
+  <si>
+    <t>2015/143</t>
+  </si>
+  <si>
+    <t>Opfer nimmt in Trennungsabsicht dem Täter Hausschlüssel weg. Täter ist aufgebracht, setzt sich auf das im Bett liegende Opfer und verlangt Schlüssel zurück. Das Gerangel verlagert sich in Korridor, Opfer versucht zu flüchten, Täter packt Opfer in Schwingergriff, setzt es rücklings auf Treppengeländer, drückt es nach hinten und droht es loszulassen. Opfer klammert sich an Täter und Geländer fest und gibt aus Angst Schlüssel zurück. Opfer versucht zu flüchten, Täter packt Opfer erneut und zerrt es an den Haaren die Treppe hoch. Opfer gelingt es Fenster zu öffnen, um Hilfe zu schreien und daraufhin zu flüchten.</t>
+  </si>
+  <si>
+    <t>physische Verletzungen (Quetschungen, Schürfungen, Halswirbeldistorsion) sowie erhebliche psychische Verletzungen (v.a. Angst- und Schlafstörungen)</t>
+  </si>
+  <si>
+    <t>18 Monate Physiotherapie, mehrmonatige Psychotherapie, medikamentöse Behandlung</t>
+  </si>
+  <si>
+    <t>lange Zeit wiederkehrend arbeitsunfähig (unterschiedliche %)</t>
+  </si>
+  <si>
+    <t>Ängste, Schlafstörungen</t>
+  </si>
+  <si>
+    <t>Basisgenugtuung um CHF 1000.- erhöht aufgrund Todesängste sowie Verhalten Täter nach Tat (Stalking)</t>
+  </si>
+  <si>
+    <t>OHG 2021/73</t>
+  </si>
+  <si>
+    <t>Der Ex-Partner der Gesuchstellerin würgte sie nach einer verbalen Auseinandersetzung bis sie ohnmächtig wurde und Urinabgang hatte. Als sie aus der Ohnmacht erwachte, sagte der Täter ihr, dass sie niemandem von dem Vorfall erzählen dürfe, ansonsten er alles verlöre und fähig sei, sie zu töten. Später ging der Streit im Schlafzimmer weiter, wo der Täter die Gesuchstellerin zu Boden stiess, so dass sie mit dem Kopf aufschlug. Als sie die Wohnung verlassen wollte, zog er den Schlüssel aus dem Schloss und als sie zu schreien begann, stecke er ihr vier Finger in den Mund und drohte, sie so weit hineinzustecken, bis sie erbrechen müsse. Anschliessend forderte er sie auf, sich ins Bett zu legen, wo er gegen ihren ausdrücklichen Willen den Geschlechtsverkehr vollzog.</t>
+  </si>
+  <si>
+    <t>14000</t>
+  </si>
+  <si>
+    <t>14000 CHF</t>
+  </si>
+  <si>
+    <t>Tentative d'homicide, Extorsion et chantage, menaces, contraintes (156, 180-181), Autres infractions contre la liberté (183, 184, 185), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>19.03.2024</t>
+  </si>
+  <si>
+    <t>OHG 3'042</t>
+  </si>
+  <si>
+    <t>Täter töte seine Ehefrau und deren Schwester (beides leibliche Töchter des Gesuchstellers) durch Messerstiche. Seit vielen Jahren kein gemeinsamer Haushalt mehr aber regelmässiger Kontakt.</t>
+  </si>
+  <si>
+    <t>OHG 3'987</t>
+  </si>
+  <si>
+    <t>Täter tötete seine Ehefrau und deren Schwester (beides leibliche Geschwister der Gesuchstellerin) durch Messerstiche. GS hatte unmittelbar vor der Tat noch gemeinsamen Haushalt mit einem der Opfer.</t>
+  </si>
+  <si>
+    <t>2022/359</t>
+  </si>
+  <si>
+    <t>Opfer wird mit Tochter in eigenem Verkaufsgeschäft überfallen, mit Faustfeuerwaffe bedroht und unter vorgehaltener Waffe zur Herausgabe von Geld und Schmuck aufgefordert (Tatdauer ca. 8 Minuten). Während Überfall musste Opfer in hinterem Raum des Geschäfts niederknien und um das Leben der Tochter fürchten.</t>
+  </si>
+  <si>
+    <t>Psychotherapie und medikamentöse Behandlung</t>
+  </si>
+  <si>
+    <t>3 Monate zu 100%</t>
+  </si>
+  <si>
+    <t>Angstgefühle, Schutzlosigkeit und Schlafstörungen</t>
+  </si>
+  <si>
+    <t>2022/360</t>
+  </si>
+  <si>
+    <t>3840 CHF</t>
+  </si>
+  <si>
+    <t>Opfer wird mit Mutter in eigenem Verkaufsgeschäft überfallen, mit Faustfeuerwaffe bedroht und unter vorgehaltener Waffe zur Herausgabe von Geld und Schmuck aufgefordert (Tatdauer ca. 8 Minuten). Während Überfall musste Mutter in hinterem Raum des Geschäfts niederknien und um das Leben Opfers fürchten.</t>
+  </si>
+  <si>
+    <t>3 Monate zu 100%, nach Wiedereinstieg in Arbeitswelt erneut und bislang zu 100%</t>
+  </si>
+  <si>
+    <t>Angstgefühle, Schutzlosigkeit, Schlafstörungen</t>
+  </si>
+  <si>
+    <t>Basisgenugtuung um 20% erhöht u.a. aufgrund erhöht geschaffener Verantwortung ggü Mutter während Tat</t>
+  </si>
+  <si>
+    <t>OHG 2020/82</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin wurde in drei belegten Fällen Opfer von häuslicher Gewalt durch den damaligen Partner. Bei einem Vorfall wurde sie mit einer Hand gewürgt, getreten und mit dem Tod bedroht, sollte sie jemanden über die Vorfälle informieren. Anlässlich einer verbalen Auseinandersetzung schlug der Täter ihr zudem mit der flachen Hand in die linke Gesichtshälfte und aufs Ohr, wodurch sie eine Trommelfellperforation erlitt. Ein weiteres Mal packte der Täter sie am Hals, würgte sie, schlug ihr mit den Fingerknöcheln ins Gesicht, auf die Wangenknochen und den Kopf und bedrohte sie mit einem Messer mit dem Tod. Mehrfach begab sie sich aufgrund der häuslichen Gewalt in eine Notunterkunft.</t>
+  </si>
+  <si>
+    <t>Trommelfellperforation am linken Ohr (Loch im Trommelfell), leichtgradige Schalleitungsschwerhörigkeit links, posttraumatische Belastungsstörung</t>
+  </si>
+  <si>
+    <t>740/2021</t>
+  </si>
+  <si>
+    <t>GSin traf sich mit einer Face-Book-Bekanntschaft auf einem Parkplatz. Dort hielt der Täter sie mit Gewalt fest, legte ihren Autositz um, legte sich auf sie, penetrierte sie mit dem Finger vaginal und versuchte dann mit dem Penis den Oralverkehr zu erzwingen, was ihm nicht gelang. Daraufhin rieb er den entblössten Penis auf ihrem Brustbereich.</t>
+  </si>
+  <si>
+    <t>Schmerzen an Vagina und Leiste; diverse Hautabfärbungen an verschiedenen Körperstellen; Verletzungen und Blutergüsse an den Schamlippen; komplexe PTBS mit zeitweiser schwerer Depression, z.T. akute Suizidalität, Schlafstörungen, Unruhe, Herzrasen</t>
+  </si>
+  <si>
+    <t>3 Monate Psychiatrie stationär</t>
+  </si>
+  <si>
+    <t>Mindestens 2 1/2 Jahre Psychotherapie und 2 Jahre Ergotherapie</t>
+  </si>
+  <si>
+    <t>2 1/2 Jahre, durch Unfallversicherung anerkannt</t>
+  </si>
+  <si>
+    <t>chronifizierte psychische Dekompensation</t>
+  </si>
+  <si>
+    <t>Stellenverlust wegen lang dauernder Arbeitsunfähigkeit</t>
+  </si>
+  <si>
+    <t>18.03.2024</t>
+  </si>
+  <si>
+    <t>60373</t>
+  </si>
+  <si>
+    <t>Les auteurs ont pris à partie la victime. Ils lui ont lancé de l’eau sur le visage, lui ont pris son téléphone portable, l’ont lancé à terre, lui ont tiré les cheveux, l’ont frappée et poussée au sol.</t>
+  </si>
+  <si>
+    <t>-éraflures derrière la nuque, hématome sur le genou, lésions à la lèvre supérieure et à l’arcade sourcilière; saignement à la lèvre et au nez. Absence scolaire de plus d’un mois, altération du mode de vie - peur en se rendant à l’école et lorsqu’elle rencontre des groupes de jeunes</t>
+  </si>
+  <si>
+    <t>- victime récemment arrivée en Suisse, en processus de socialisation, difficultés avec la langue</t>
+  </si>
+  <si>
+    <t>RDGS.2023.174</t>
+  </si>
+  <si>
+    <t>Das Opfer wurde nach einer Auseinandersetzung zwischen mehreren Personen vom Täter mit einem Küchenmesser mit einer 20 cm langen Klinge von hinten und oben herab in die linke Schulter gestochen.</t>
+  </si>
+  <si>
+    <t>- Stichverletzung, welche zu zwei gebrochenen Rippen, einer Verletzung des Brustfells, der Spitze des Lungenflügels und des Trapezmuskels führte. Ein Lungensegment musste entfernt werden.</t>
+  </si>
+  <si>
+    <t>- Aufgrund des Blutverlustes sowie der Verletzung der Brusthöhle bestand akute Lebensgefahr.</t>
+  </si>
+  <si>
+    <t>15.03.2024</t>
+  </si>
+  <si>
+    <t>2011/002</t>
+  </si>
+  <si>
+    <t>Raubüberfall im eigenem Haus durch zwei Täter. Ehepartner des Opfers wird mit Kabelbinder festgebunden, mit kantig stumpfen Gegenstand acht Mal gegen den Kopf und mit der Faust gegen das Gesicht und Oberkörper geschlagen. Ehepartner verstirbt vier Monate nach Raubüberfall, ohne je zuvor Bewusstsein voll wiedererlangt zu haben.</t>
+  </si>
+  <si>
+    <t>Homicide (111-116, 117) sans LCR, Brigandage (140)</t>
+  </si>
+  <si>
+    <t>psychisches Trauma</t>
+  </si>
+  <si>
+    <t>psychotherapeutische und medikamentöse Behandlung</t>
+  </si>
+  <si>
+    <t>12.03.2024</t>
+  </si>
+  <si>
+    <t>OHG 2018/41</t>
+  </si>
+  <si>
+    <t>Der Expartner der Gesuchstellerin, sowie Vater des gemeinsamen Sohnes, stellte ihr während mehrerer Monate nach, indem er teils täglich an ihrem Wohnort sowie beim Kindergarten des Sohnes auftauchte, sie beobachtete und verfolgte. Er verschaffte sich Zugang zum Eingangsbereich ihres Wohnhauses, beschädigte Dinge, nahm ihre Post, beschimpfte sie und griff sie tätlich an. Des weiteren kontaktierte er sie unzählige Male telefonisch, per SMS, WhatsApp und E-Mail mit verschiedenen Telefonnummern und sandte ihr obszöne und ehrverletzende Inhalte. Er drohte damit, ihr den Sohn wegzunehmen und die KESB zu informieren. Um ihren Ruf zu schädigen, sandte er Nachrichten an Dritte (u.a. KESB) und veröffentlichte in ihrem Namen Inserate auf Erotik-Plattformen und bot darin sexuelle Dienstleistungen an.</t>
+  </si>
+  <si>
+    <t>Posttraumatische Belastungsstörung welche sich zu einer Persönlichkeitsänderung nach Extrembelastung hin entwickelte</t>
+  </si>
+  <si>
+    <t>Psychotherapie sowie stationäre Behandlung, Medikamente</t>
+  </si>
+  <si>
+    <t>bleibend zu 100%</t>
+  </si>
+  <si>
+    <t>Psychisch bleibende Beeinträchtigung, welche wohl nur teilweise kausal zu den Straftaten ist</t>
+  </si>
+  <si>
+    <t>57'315</t>
+  </si>
+  <si>
+    <t>L'auteur a été reconnu coupable de voies de faits à réitérées reprises (partenaire), de tentative de contrainte et de contrainte. L'auteur a suivi sa compagne et l'a harcelé durant de nombreux mois et a commis des voies de faits. À une reprise, il l'a menacée de mort._x000D_
+_x000D_
+La victime n'a pas allégué de conséquences à long terme sur sa santé psychique, mais que sa vie de tous les jours a été perturbée par les violences quasi quotidienne. Elle n'a pas non plus allégué effectuer une suivi thérapeutique. Vu les infractions subies et la répétition de celles-ci, un montant de Fr. 1'000.- a été attribué</t>
+  </si>
+  <si>
+    <t>08.03.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2024.15</t>
+  </si>
+  <si>
+    <t>An einem Freitag Abend hielt sich der minderjährige Gesuchsteller mit vier Freunden in einem Naherholungsgebiet auf. Im Verlauf des Abends begab sich eine Gruppe von Jugendlichen und jungen Erwachsenen (ca. 17 Personen) ebenfalls in das Naherholungsgebiet, wo sie auf den Gesuchsteller und dessen Freunde trafen. Ein junger Erwachsener forderte den Gesuchsteller auf, seine Jacke ausziehen und ihm diese zu geben. Als der Gesuchsteller dieser Aufforderung nicht nachkam, verpasste der Täter dem Gesuchsteller mehrere Kopfnüsse sowie einen Faustschlag gegen den Kopf. Durch diesen Faustschlag erlitt der Gesuchsteller einen Nasenbeinbruch.</t>
+  </si>
+  <si>
+    <t>Hämatome und Nasenbeinbruch</t>
+  </si>
+  <si>
+    <t>Reposition Nasenbein</t>
+  </si>
+  <si>
+    <t>- minderjähriges Opfer</t>
+  </si>
+  <si>
+    <t>07.03.2024</t>
+  </si>
+  <si>
+    <t>114/2023</t>
+  </si>
+  <si>
+    <t>Täter und 3 J. älterer Bruder der GSin forderte seine Schwester (9 J.) auf, sich auszuziehen. Er legte sich auf sie und rieb jeweils den Penis an ihrer Vagina im Zeitraum von ca. 2 Jahren. Einmal drang er auch in sie ein. Er befahl ihr, niemandem etwas zu erzählen. Alles geschah gegen den geäusserten Willen der bis dato unaufgeklärten GSin. Ausserdem schaute der Bruder der GSin beim Duschen zu und belästigte sie per Telefon auch noch zwei Jahre nachdem die sexuellen Handlungen aufhörten.</t>
+  </si>
+  <si>
+    <t>Suizidabsichten, Beibringen von Selbstverletzungen mit dem Messer, Rückzug, Traurigkeit</t>
+  </si>
+  <si>
+    <t>Psychotherapie - Dauer unbekannt</t>
+  </si>
+  <si>
+    <t>junges vorpubertäres Alter</t>
+  </si>
+  <si>
+    <t>06.03.2024</t>
+  </si>
+  <si>
+    <t>19/23</t>
+  </si>
+  <si>
+    <t>Durant une période d'environ 1 an, la victime, une jeune femme âgée moins de 15 ans, a subi, à plusieurs reprises, des attouchements de la part de l'auteur, son beau-père. L'auteur a notamment fait des attouchements sur la poitrine et le sexe de la victime, a introduit ses doigts dans le sexe de la victime et lui a léché les parties intimes. L'auteur a également demandé à la victime de le masturber, ce qu'elle a dû faire à plusieurs reprises.</t>
+  </si>
+  <si>
+    <t>Trouble de l'adaptation avec anxiété et humeur dépressive</t>
+  </si>
+  <si>
+    <t>Victime âgée de moins de 15 ans et infractions commises au domicile familial.</t>
+  </si>
+  <si>
+    <t>05.03.2024</t>
+  </si>
+  <si>
+    <t>728/2023</t>
+  </si>
+  <si>
+    <t>Der Gs wurde nachts von zwei Männern angesprochen. Der eine versuchte ihm, den Rucksack wegzunehmen. Als der GS Widerstand leistete, warf ihn einer der Täter zu Boden und würgte ihn. Der Andere zog ihm die Hose herunter und penetrierte ihn anal.</t>
+  </si>
+  <si>
+    <t>Starke Quetschung/Bruch im Bereich des unteren Rippenbogens, Schmerzen beim Schlucken, heisere Stimme, Thoraxkontusion, Würgetrauma, PTBS, Anpassungsstörung</t>
+  </si>
+  <si>
+    <t>Strafverfahren wurde aufgrund unbekannter Täterschaft sistiert.</t>
+  </si>
+  <si>
+    <t>98/2021</t>
+  </si>
+  <si>
+    <t>Ex akzeptiert Trennung nicht, droht 20-jähriger GS mit Tod/ihre Familie umzubringen, ihre Nacktfotos ihrem Vater zu schicken falls sie nicht zu ihm zurückkehrt. Beschimpfungen. Drängt sie zum Rückzug der Anzeige indem er ausrichten lässt, sie solle sich überlegen was passiert, er hätte nichts mehr zu verlieren. Droht ihrem Bruder ihn umzubringen. Einer Freundin der GS schickt er die Nacktfotos mit Mitteilung er werde diese überall verbreiten. Dauer: 1 1/2 Jahre.</t>
+  </si>
+  <si>
+    <t>sozialer Rückzug, Schamgefühle, Schuldgefühle</t>
+  </si>
+  <si>
+    <t>junges Alter, Täter = Ex-Partner</t>
+  </si>
+  <si>
+    <t>54'439</t>
+  </si>
+  <si>
+    <t>L'auteur (l'ami du père d'une amie de la victime, âgée de 12 ans au moment des faits) est entré dans la chambre, lui a masturbé ses parties génitales par-dessus et lui a léché son sexe. La victime, déjà perturbée psychologiquement, a vu son état s'empirer suite aux infractions subies._x000D_
+_x000D_
+Le Tribunal de première instance a fixé le montant de la réparation morale à Fr. 3'000.-, le Tribunal cantonal à Fr. 7'500.-. Vu les antécédents psychiques de la demanderesse, il a semblé cohérent de fixer le montant dû au titre de la LAVI à Fr. 5'000.-.</t>
+  </si>
+  <si>
+    <t>Problèmes psychiques aggravés</t>
+  </si>
+  <si>
+    <t>Incconu à ce stade vu le jeune âge de la victime, mais probable.</t>
+  </si>
+  <si>
+    <t>Enfant âgée de 12 ans au moment des faits, qui se sont déroulés la nuit, chez une amie.</t>
+  </si>
+  <si>
+    <t>04.03.2024</t>
+  </si>
+  <si>
+    <t>2017/108</t>
+  </si>
+  <si>
+    <t>2572 CHF</t>
+  </si>
+  <si>
+    <t>3 Täter verschaffen sich Zugang zu Domizil des Opfers, traktieren das schlafende Opfer mit Faustschlägen ins Gesicht und Fusstritten gegen Rippenbereich, fordern Bargeld (erfolglos), fordern Bankkarte und Code ein. Täter 1 versucht erfolglos an Bankomaten Geld abzuheben, Täter 2 und 3 halten Opfer in Schach. In der Folge wird Opfer erneut mit Fusstritten und Faustschlägen traktiert.</t>
+  </si>
+  <si>
+    <t>5%</t>
+  </si>
+  <si>
+    <t>posttraumatische Belastungsstörung, Schlafstörung, nicht dislozierte Fraktur einer Rippe,  Schwellungen, Prellmarken und Schürfungen im Gesichtsbereich</t>
+  </si>
+  <si>
+    <t>6 Monate Psychotherapie</t>
+  </si>
+  <si>
+    <t>5 Monate zu 100%, 5 Tage zu 50% AUF</t>
+  </si>
+  <si>
+    <t>keine Kürzung aufgrund Wohnsitz Dänemark</t>
+  </si>
+  <si>
+    <t>01.03.2024</t>
+  </si>
+  <si>
+    <t>69/2024</t>
+  </si>
+  <si>
+    <t>11-jährige GS erlebt wie Lebenspartner der Mutter und Mutter Streit haben. Bruder mischt sich ein, Täter droht allen Kehle aufzuschlitzen. Gerangel zwischen Bruder und Täter wobei Täter Kopf des Bruders  mehrmals auf Boden schlägt. Weiter miterlebt wie Täter Mutter Kissen ins Gesicht drückt, mit Händen würgt. Zweimal Ohrfeige vom Täter erhalten.</t>
+  </si>
+  <si>
+    <t>700</t>
+  </si>
+  <si>
+    <t>Psychotherapie (war bereits wegen Vorbelastung in Therapie)</t>
+  </si>
+  <si>
+    <t>Verschlechterung schulische Situation (Impulsdurchbrüche, dissoziatives Verhalten), Schulversetzung</t>
+  </si>
+  <si>
+    <t>minderjähriges Opfer, geschützter Raum (eigene Wohnung), Täter = Lebenspartner Mutter</t>
+  </si>
+  <si>
+    <t>29.02.2024</t>
+  </si>
+  <si>
+    <t>2024-0024</t>
+  </si>
+  <si>
+    <t>GS war zu Besuch bei einer Freundin. In der Nacht drang der Ehemann der Freundin in die Wohnung ein. Beschimpfte die Ehefrau als Hure und fragte, ob er sie töten solle und hielt dieser ein Messer an den Hals. Danach fragte er die Ehefrau, ob er die GS töten solle. Als die GS mit dem Handy Hilfe anfordern wollte und sich Richtung Ausgang begab, machte der Täter gegen sie eine Stichbewegung und verletzte die GS an der rechten Hand.</t>
+  </si>
+  <si>
+    <t>4 cm lange klaffende Wunde zwischen dem Daumen und dem Zeigefinger</t>
+  </si>
+  <si>
+    <t>Schnittwunde musste gereinigt und genäht werden</t>
+  </si>
+  <si>
+    <t>2022-0009</t>
+  </si>
+  <si>
+    <t>Der alkoholisierte  Täter begab in einen Salon in Basel, wo es nach Absprache mit der GS und nach Bezahlung des verabredeten Lohnes zum Geschlechtsverkehr kam. Anschliessend wollte der Täter anal bei der GS eindringen, was diese nicht wollte. Die Rückweisung akzeptierte der Täter nicht und drohte der GS, sie zu schlagen und, dass sie sterben werde. Diese lies sich nicht von ihm einschüchtern und wollte den Raum verlassen. Als sie jedoch die Zimmertür öffnete, schloss der Täter die Tür schnell wieder. Er packte die GS in der Folge mit beiden Händen am Hals und würgte sie. Als sie versuchte, sich aus seinem Griff zu befreien, verabreichte ihr der Täter ohne jegliche Vorwarnung und blitzschnell drei Kopfstösse gegen die Gesichtsmitte.</t>
+  </si>
+  <si>
+    <t>Dislozierte Fraktur des Orbitabodens links unter Mitbeteiligung des Canalis nervi infraorbitalis (Unteraugennervenkanal) und Hämatosinus maxillaris links, eine tiefe, ca. 5 cm lange Rissquetschwunde über dem linken Auge, welche genäht werden musste, eine periorbitale Weichteilschwellung links sowie ein Monokelhämatom links.</t>
+  </si>
+  <si>
+    <t>Schmerzen an der linken Gesichtshälfte bei Wetterveränderungen, psychische Beeinträchtigungen</t>
+  </si>
+  <si>
+    <t>51/2024</t>
+  </si>
+  <si>
+    <t>Der Haupttäter kontaktierte den GS telefonisch um sich zu verabreden. Bei Ankunft des GS am Treffpunkt sprangen 2 vermummte Mittäter aus dem Gebüsch und versetzten dem GS mit einem harten Gegenstand diverse Schläge gegen Kopf und Arm. Als der GS stürzte, schlugen die Täter weitere 20 bis 30 Male auf ihn ein.</t>
+  </si>
+  <si>
+    <t>Blutende RQW an Kopf/Armen; Hämatome am Kopf; multiple Prellungen am Rücken; Schürfungen an Fingern und Knie; PTBS; erhebliche Angstzustände; Panik; Kopfschmerzen; Appetitlosigkeit</t>
+  </si>
+  <si>
+    <t>1 J. nach der Tat: Psychiatrie-Aufenthalt, jedoch auch aus anderen Gründen</t>
+  </si>
+  <si>
+    <t>Mindestens 2 J. Psychotherapie</t>
+  </si>
+  <si>
+    <t>100% arbeitsunfähig während mindestens 4 Jahren</t>
+  </si>
+  <si>
+    <t>unbekannt; IV-Anmeldung erfolgte, wobei die Straftat teilursächlich war</t>
+  </si>
+  <si>
+    <t>Vorgeschichte blieb unklar</t>
+  </si>
+  <si>
+    <t>27.02.2024</t>
+  </si>
+  <si>
+    <t>OHG 4'047</t>
+  </si>
+  <si>
+    <t>12-jähriger Gesuchsteller sass auf Schoss von 22-jährigem Täter. Täter fuhr mit rechter Hand auf dem Rücken bis tief zum Gesäss auf und ab, küsste Gesuchsteller an Haaren und fasste mit linker Hand in Hose an den Penis des Gesuchstellers und führte rhythmische Auf- und Abbewegungen aus. 2-3 weitere ähnliche Vorfälle in Vergangenheit.</t>
+  </si>
+  <si>
+    <t>400</t>
+  </si>
+  <si>
+    <t>Beeinträchtigungen notorisch.</t>
+  </si>
+  <si>
+    <t>OHG 4'046</t>
+  </si>
+  <si>
+    <t>Im Tatzeitpunkt 15-jährige Gesuchstellerin wurde von 1 1/2 Jahre älteren und körperlich überlegenen Täter gegen ihren Willen über Kleidung zwischen den Beinen angefasst. Darauf zog er ihr Oberteil und BH aus, fasste an nackte Brust und küsste diese. Gesuchstellerin äusserte wiederhlt, dass sie dies nicht wolle, was vom Täter ignoriert wurde. Sodann nahm er ihre Hand und führte diese über den Hosen an seinen Penis und rieb daran. Täter redete Gesuchstellerin ein, dies sei völlig normal und sie solle sich nicht so kindisch verhalten. Gesuchstellerin war völlig überfordert und verängstigt. Täter hörte erst auf, als jemand in Zimmer trat.</t>
+  </si>
+  <si>
+    <t>Wenig Angaben über Beeinträchtigungen aber notorisch.</t>
+  </si>
+  <si>
+    <t>21.02.2024</t>
+  </si>
+  <si>
+    <t>OHG 4'025</t>
+  </si>
+  <si>
+    <t>8-9-jährige Gesuchstellerin besuchte Freundin und übernachtete dort. Vater der Freundin berührte Brüste über und unter Kleidern, teilweise als GS schlief und berührte mit Geschlechtsteil Oberschenkel über Pyjama. Zog einmal T-Shirt hoch als GS schlief und fertigte Video an. Mehrere Vorfälle.</t>
+  </si>
+  <si>
+    <t>Aufgrund Anerkennung Täter setzte sich Gericht nicht weiter mit Genugtuung auseinander.</t>
+  </si>
+  <si>
+    <t>RDGS.2024.32</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin arbeitete am Drive Thru eines Schnellrestaurants, als der maskierte Täter nach Aufgabe seiner Bestellung vorfuhr. Er bedrohte sie mit einer Pistole und verlangte, dass sie ihm das in der Kasse befindliche Bargeld aushändige bzw. in die mitgebrachte Tasche packe. Die Gesuchstellerin informierte eine weitere Mitarbeiterin und entfernte sich aus dem Blickfeld des Täters. Sogleich verliess der Täter den Tatort ohne Beute.</t>
+  </si>
+  <si>
+    <t>PTBS mit Schlafstörungen, Alpträume, Flashbacks, Angstzuständen und Hyperarrousals, sozialer Rückzug, innere Unruhe und Anspannung, Kraftlosigkeit</t>
+  </si>
+  <si>
+    <t>Psychotherapie, 10 Sitzungen à 50min</t>
+  </si>
+  <si>
+    <t>16 Tage</t>
+  </si>
+  <si>
+    <t>19.02.2024</t>
+  </si>
+  <si>
+    <t>494/2023</t>
+  </si>
+  <si>
+    <t>Der Täter (Partner) drang in mehreren Nächten mit seinem Penis in die schlafende Gsin ein. Er hinderte sie 6 bis 7-mal daran, seine Wohnung zu verlassen. Als sie sich von ihm trennen wollte, drohte er ihr, sie umzubringen. Eines Abends eskalierte die Situation. Er nahm einen Holztisch und lief in ihre Richtung. Ca. 10 cm vor ihrem Gesicht hielt er an und warf den Tisch in eine andere Richtung. Er forderte sie danach auf, sich nackt auf sein Gesicht zu setzen. Er berührte sie sodann mit seinem Mund/seiner Zunge im Vaginalbereich. Er nahm anschliessend ein Messer und schnitt sich selbst in den Arm.</t>
+  </si>
+  <si>
+    <t>Extorsion et chantage, menaces, contraintes (156, 180-181), Autres infractions contre la liberté (183, 184, 185), Atteinte et contrainte sexuelles, viol (189, 190), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>PTBS, depressive Störung, Panikattacken, Angst- und Schlafstörungen, starke Beeinträchtigung ihrer kognitiven Aufmerksamkeit und Konzentration am Arbeitsplatz, Dissoziation im Sexualleben</t>
+  </si>
+  <si>
+    <t>12 Monate  zu 100%</t>
+  </si>
+  <si>
+    <t>sexuelle Nötigung, mehrfache Freiheitsberaubung, mehrfache Schändung, Nötigung</t>
+  </si>
+  <si>
+    <t>15.02.2024</t>
+  </si>
+  <si>
+    <t>SD SDS 10.2 / 618</t>
+  </si>
+  <si>
+    <t>Zwei Personen lieferten sich eine Auseinandersetzung und bewarfen sich gegenseitig mit einer Bierflasche und einem Cocktailglas. Dabei wurde das unbeteiligte Opfer zufälligerweise von Glassplittern eines Cocktailglases im Gesicht getroffen. Das Opfer erlitt einen 2 cm langen Schnitt unterhalb der Unterlippe, einen 4 cm sowie einen 3 cm langen Schnitt im Bereich der rechten Wange sowie einen 3 cm langen Schnitt im rechten Mundwinkelbereich, wobei alle Schnitte genäht werden mussten.</t>
+  </si>
+  <si>
+    <t>25'935</t>
+  </si>
+  <si>
+    <t>Das Opfer erlitt einen 2 cm langen Schnitt unterhalb der Unterlippe, einen 4 cm sowie einen 3 cm langen Schnitt im Bereich der rechten Wange sowie einen 3 cm langen Schnitt im rechten Mundwinkelbereich, wobei alle Schnitte genäht werden mussten. Weiter erlitt das Opfer eine leichte Gehirnerschütterung</t>
+  </si>
+  <si>
+    <t>1</t>
+  </si>
+  <si>
+    <t>Narben, die vom Bartwuchs bzw. Bartstoppeln verdeckt sind.</t>
+  </si>
+  <si>
+    <t>Opfer leidet seit Vorfall unter erheblichen Minderwertigkeitsgefühlen.</t>
+  </si>
+  <si>
+    <t>13.02.2024</t>
+  </si>
+  <si>
+    <t>1204-02, 015/2023</t>
+  </si>
+  <si>
+    <t>Durant une nuit, l'auteur, accusant sa compagne de lui être infidèle, l'a violemment agressée (main sur la bouche et le nez, jetée au sol et tentative de l'étrangler). _x000D_
+Une autre nuit, la victime a été traînée au sol jusqu'au salon. Hors de lui, il l'a pénétrée vaginalement depuis derrière alors qu'elle était agenouillée par terre. Il s'est ensuite retiré puis a introduit sa main entière dans le vagin. Il a fait fi de ses supplications d'arrêter. Même lorsque la victime parvenait à faire sortir la main du vagin, il la remettait dedans avec force. Elle a ensuite réussi à le repousser avec ses jambes. Il l'a ensuite asséné de nombreux coups, lui a obstrué le nez et la bouche et une fois sur elle, il a tenté de la stranguler. Il l'a ensuite contrainte à une fellation.</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Autres infractions contre la liberté (183, 184, 185), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>multiples ecchymoses au niveau de l’extrémité céphalique (cuir chevelu, front, région orbitaire/yeux/conjonctivites, nez, muqueuse buccale, oreilles et régions rétro-auriculaires), du cou, du dos, de la fesse gauche, des membres supérieurs et du membre inférieur droit, des dermabrasions au niveau des membres supérieurs</t>
+  </si>
+  <si>
+    <t>2 semaines</t>
+  </si>
+  <si>
+    <t>non</t>
+  </si>
+  <si>
+    <t>3 mois à 100%</t>
+  </si>
+  <si>
+    <t>prise de traitement antalgique et suivi physio thérapeutique</t>
+  </si>
+  <si>
+    <t>partenaire</t>
+  </si>
+  <si>
+    <t>583/2023</t>
+  </si>
+  <si>
+    <t>Nach einer verbalen Auseinandersetzung ging der Täter auf die Gsin los, packte sie und stiess sie zu Boden. Er beschimpfte und spuckte sie an. Er riss ihr an den Haaren und verpasste ihr Tritte und Schläge. Er schrie sie an und legte mehrfach seine Faust auf ihr Gesicht, so als würde er ihr die Schläge androhen.</t>
+  </si>
+  <si>
+    <t>psychisch schlechte Verfassung, starke Konzentrationsschwierigkeiten, körperliche Erschöpfung, Albträume, soziale Isolation, Gedankenkreisen, Angst, innere Unruhe bis Anspannung mit Herzrasen, depressive Verstimmung, Schlafstörungen, psychosomatische Schmerzen</t>
+  </si>
+  <si>
+    <t>stationärer Aufenthalt Psychiatrie (6 Tage)</t>
+  </si>
+  <si>
+    <t>08.02.2024</t>
+  </si>
+  <si>
+    <t>2021/169</t>
+  </si>
+  <si>
+    <t>Täter gibt sich gegenüber 5 Personen als Zivilpolizist aus und fordert u.a. Opfer auf, sich ihm gegenüber auszuweisen. Kollege des Opfers folgt der Aufforderung. Anschliessend verlangt Täter das Turnsäckchen, welches er durchsucht und währenddessen mit seinem Fuss gegen den Kopf des Opfers kickt, wobei dieses von der Sitzbank zu Boden fällt und dort bewusstlos und verletzt liegen bleibt.</t>
+  </si>
+  <si>
+    <t>Schädelhirntrauma 1. Grades, globale Amnesie, Rissquetschwunde</t>
+  </si>
+  <si>
+    <t>3 Tage stationär</t>
+  </si>
+  <si>
+    <t>Amnesie den Vorfall betreffend</t>
+  </si>
+  <si>
+    <t>OH 19-15</t>
+  </si>
+  <si>
+    <t>Über einen Zeitraum von knapp 2 Jahren zielte das aggressive und kontrollierende Verhalten des Täters darauf ab, die Gesuchstellerin, seine Ex-Partnerin, gefügig zu  machen und in ihren Lebensgewohnheiten stark einzuschränken. Dabei bedrohte er sie wiederholt mit dem Tod und hinderte sie mehrfach daran, die gemeinsame Wohnung zu verlassen.</t>
+  </si>
+  <si>
+    <t>nach Massgabe OHG</t>
+  </si>
+  <si>
+    <t>-Anpassungsstörung, Angst, depressive Reaktion</t>
+  </si>
+  <si>
+    <t>-Psychotherapie</t>
+  </si>
+  <si>
+    <t>06.02.2024</t>
+  </si>
+  <si>
+    <t>60152</t>
+  </si>
+  <si>
+    <t>L’auteur a, à plusieurs reprises, poussé la victime et l’a fait tomber au sol. A une reprise, il l'a prise par les cheveux, l’a projetée au sol et lui a asséné des coups de poing, notamment au niveau de la tête et de la hanche. Enfin, l’auteur a asséné un coup de pied dans le ventre de sa compagne et l'a menacée de mort.</t>
+  </si>
+  <si>
+    <t>- Entorse du ligament du coude; hématomes; cauchemars; crainte de sortir de la maison.</t>
+  </si>
+  <si>
+    <t>-non</t>
+  </si>
+  <si>
+    <t>- 10 jours</t>
+  </si>
+  <si>
+    <t>OHG 2023/4</t>
+  </si>
+  <si>
+    <t>Der Exfreund der Gesuchstellerin, welcher nicht im selben Haushalt lebte wie sie, kam mit gezücktem Brotmesser auf sie zu und drohte, sie umzubringen. Anlässlich derselben Auseinandersetzung hielt er sie am rechten Oberarm fest, wodurch sie sich ein Hämatom zuzog. Darüber hinaus verpasste er ihr mehrere Ohrfeigen.</t>
+  </si>
+  <si>
+    <t>1/22</t>
+  </si>
+  <si>
+    <t>Durant près de 10 mois, l'auteur a commis de multiples actes de violence physique et sexuelle sur la victime, sa fille à peine majeure. L'auteur a notamment commis des attouchements sur la victime et des pénétrations digitales, l'a forcée à le masturber et a frotté son sexe contre celui de la victime. L'auteur est parvenu à pénétrer vaginalement la victime à deux reprises, avant de mettre fin à ses agissements.</t>
+  </si>
+  <si>
+    <t>Episode dépressif moyen à sévère, état de stress post-traumatique,</t>
+  </si>
+  <si>
+    <t>Prise en charge durant plusieurs mois dans un hôpital de jour</t>
+  </si>
+  <si>
+    <t>Suivi psychiatrique durant plusieurs années</t>
+  </si>
+  <si>
+    <t>Pas d'incapacité de travail, mais conséquences sur la formation professionnelle</t>
+  </si>
+  <si>
+    <t>2024-0009</t>
+  </si>
+  <si>
+    <t>Täter vollzog an der (in Folge von Alkoholkonsum) widerstandunfähigen 17-jährigen GS ungeschützt den Geschlechtsverkehr.</t>
+  </si>
+  <si>
+    <t>im eigenen Zimmer</t>
+  </si>
+  <si>
+    <t>minderjährig</t>
+  </si>
+  <si>
+    <t>19/2024</t>
+  </si>
+  <si>
+    <t>Der Täter verpasste dem Gs nach einer verbalen Auseinandersetzung einen Faustschlag ins Gesicht.</t>
+  </si>
+  <si>
+    <t>Orbitabodenfraktur rechts, 2cm grosse infraorbitale RQW (unterhalb der Augenhöhle), Anisokorie rechts, kleine Aderhautruptur</t>
+  </si>
+  <si>
+    <t>Augentropfen gegen erhöhten Augendruck</t>
+  </si>
+  <si>
+    <t>05.02.2024</t>
+  </si>
+  <si>
+    <t>2022-0030</t>
+  </si>
+  <si>
+    <t>Nach einer zunächst verbalen Diskussion unter Jugendlichen wurde Gs vom Täter plötzlich mit einem Messer in die linke Bauchgegend gestochen und dabei schwer verletzt.</t>
+  </si>
+  <si>
+    <t>In Folge der Stichverletzung im linken Oberbauch kam zu einem Durchtrennen der Haut mit Eindringen in den Bauchraum und Verletzen der Magenwand sowie der den Magen versorgenden Schlagader. Hoher Blutverlust. Diese Verletzung musste operativ versorgt werden. Perforation des Magens und Verletzung der Magenaorta, posttraumatische Belastungsstörung</t>
+  </si>
+  <si>
+    <t>zweimal</t>
+  </si>
+  <si>
+    <t>insbesondere psychische möglich</t>
+  </si>
+  <si>
+    <t>Streit unter Jugendlichen</t>
+  </si>
+  <si>
+    <t>31.01.2024</t>
+  </si>
+  <si>
+    <t>OHG 4'037</t>
+  </si>
+  <si>
+    <t>Täter (Ex-Mann) schlug Gesuchstellerin zunächst mit der Faust ins Gesicht. GS stürzte nach hinten drei Stufen die Treppe hinunter.</t>
+  </si>
+  <si>
+    <t>Nasenbeinfraktur, Spaltung Oberlippe (durch Faustschlag); Beule am Hinterkopf durch Aufprall</t>
+  </si>
+  <si>
+    <t>Eine Operation an Oberlippe</t>
+  </si>
+  <si>
+    <t>1 Woche 100 %</t>
+  </si>
+  <si>
+    <t>Einschränkung Nahrungsaufnahme während rund einer Woche</t>
+  </si>
+  <si>
+    <t>Berne</t>
+  </si>
+  <si>
+    <t>2022-14958</t>
+  </si>
+  <si>
+    <t>Fünf Täter drangen in der Nacht in die Wohnung des Gesuchstellers ein, überraschten ihn im Schlaf, hielten ihm ein Messer an den Hals und raubten ihn unter Anwendung von Gewalt aus.</t>
+  </si>
+  <si>
+    <t>Hämatome, Hautabschürfungen, Sehstörung (weisser Fleck) am linken Auge, psychische Beschwerden</t>
+  </si>
+  <si>
+    <t>6 Monate Physiotherapie</t>
+  </si>
+  <si>
+    <t>4 Tage 100%</t>
+  </si>
+  <si>
+    <t>23.01.2024</t>
+  </si>
+  <si>
+    <t>588/2023</t>
+  </si>
+  <si>
+    <t>Der 6-jährige GS wurde auf dem Nachhauseweg vom Täter angesprochen. Aufgrund seines unguten Gefühls, rannte er weg. Er wurde jedoch eingeholt und zu Boden gestossen. Der Täter trat ihm in der Folge mehrfach heftig mit dem Fuss gegen den Kopf.</t>
+  </si>
+  <si>
+    <t>Kopfprellung, Kniekontusion, Schürfungen im Gesicht, angeschlagener Zahn, Verletzungen im Mund, Anpassungsstörung mit Angst</t>
+  </si>
+  <si>
+    <t>2 Tage / Schmerzmedikation, Vorstellung beim Zahnarzt und Psychotraumatologie</t>
+  </si>
+  <si>
+    <t>19.01.2024</t>
+  </si>
+  <si>
+    <t>2023-15371</t>
+  </si>
+  <si>
+    <t>Eine siebenjährige Gesuchstellerin wurde vom damaligen Verlobten der Mutter im gemeinsamen Zuhause mehrfach im Intimbereich gestreichelt.</t>
+  </si>
+  <si>
+    <t>18.01.2024</t>
+  </si>
+  <si>
+    <t>2021-14822</t>
+  </si>
+  <si>
+    <t>Der damals elfjährige Gesuchsteller wurde durch sechs Jahre älteren Täter ca. dreimal anal penetriert.</t>
+  </si>
+  <si>
+    <t>Ermessen</t>
+  </si>
+  <si>
+    <t>2021-14821</t>
+  </si>
+  <si>
+    <t>Der Gesuchsteller wurde im Alter von zehn Jahren etwa zehnmal durch den sieben Jahre älteren Täter anal penetriert.</t>
+  </si>
+  <si>
+    <t>2023-0029</t>
+  </si>
+  <si>
+    <t>GS wurde von ihrem Partner (sie waren während mehrerer Jahre in einer on/off-Beziehung) gestalkt und mehrfach massiv körperlich misshandelt. Sie wurde mehrfach gewürgt, zwei Mal festgehalten, einmal gefesselt und ein anderes Mal in der Wohnung eingesperrt.</t>
+  </si>
+  <si>
+    <t>Sie hat unzählige Verletzungen erlitten, darunter ein Schädelhirntrauma, mehrfache Mittelgesichtsfrakturen, mehrfache Rippenfrakturen, Thoraxkontusionen, mehrfache Monokelhämatome sowie Hämatome am ganzen Körper, Trommelfellperforation, Würgemale am Hals.  Die diversen physischen Verletzungen sind folgenlos ausgeheilt.</t>
+  </si>
+  <si>
+    <t>jeweils wenige Tage</t>
+  </si>
+  <si>
+    <t>17.01.2024</t>
+  </si>
+  <si>
+    <t>OHG 3'083</t>
+  </si>
+  <si>
+    <t>Ehemann der Gesuchstellerin wurde in Asylunterkunft durch Mitbewohner ermordet. Gesuchstellerin reiste einige Monate vor der Tat im Rahmen asylrechtlicher Familienzusammenführung mit beiden gemeinsamen Söhnen in die Schweiz ein. Man wollte gemeinsames Leben aufbauen. Durch Tod des Ehegatten war die Gesuchstellerin plötzlich mit zwei minderjährigen Söhnen in einem für sie fremden Land ohne Angehörige oder Sprachkenntnisse.</t>
+  </si>
+  <si>
+    <t>Strafgericht setzte Genugtuung trotz Anerkennung Täterschaft hoch an</t>
+  </si>
+  <si>
+    <t>OHG 3'814</t>
+  </si>
+  <si>
+    <t>Vater der beiden minderjährigen Gesuchsteller wurde in Asylunterkunft durch Mitbewohner ermordet. Gesuchsteller reisten einige Monate vor der Tat im Rahmen asylrechtlicher Familienzusammenführung mit Mutter in die Schweiz ein. Man wollte gemeinsames Leben aufbauen. Durch Tod des Vaters bzw. Ehegatten war die Familie plötzlich in einem für sie fremden Land ohne Angehörige oder Sprachkenntnisse.</t>
+  </si>
+  <si>
+    <t>Minderjährige Gesuchsteller verloren Vater in fremdem Land; keine Sprachkenntnisse</t>
+  </si>
+  <si>
+    <t>2023-15331</t>
+  </si>
+  <si>
+    <t>Der Gesuchsteller wurde von einem Täter mit der Faust ins Gesicht geschlagen und von einem weiteren Täter mit einem Messer verletzt.</t>
+  </si>
+  <si>
+    <t>Schädelprellung, Hautrötungen, Hautunterblutungen, Schnittverletzung, posttraumatische Belastungsstörung</t>
+  </si>
+  <si>
+    <t>Physiotherapie, Psychotherapie</t>
+  </si>
+  <si>
+    <t>2019-13968</t>
+  </si>
+  <si>
+    <t>Der Gesuchsteller wurde vom Täter mit einem Messer in der Ellbogenregion schwer verletzt.</t>
+  </si>
+  <si>
+    <t>grosse, tiefreichende Wunde am linken Ellbogen</t>
+  </si>
+  <si>
+    <t>eine Operation und drei Tage später weiterer Eingriff</t>
+  </si>
+  <si>
+    <t>mehrere Monate Ergo- und Physiotherapie</t>
+  </si>
+  <si>
+    <t>4 Monate 100%, 1 Monat 50%, 3 Monate 25%</t>
+  </si>
+  <si>
+    <t>weniger Kraft im Arm, Sensibilitätsstörungen, unterschiedlich langer Bizeps</t>
+  </si>
+  <si>
+    <t>2021/001</t>
+  </si>
+  <si>
+    <t>Über Zeitdauer von mind. 4 Jahren nimmt Vater wiederholt sexuelle Handlungen an seiner 9-13 jährigen Tochter vor. Anfangs Umarmungen und Berührungen im Intimbereich. Täter intensiviert stetig seine Handlungen. Anales oder vaginales Eindringen alle 1 bis 2 Wochen. Der letzte Übergriff filmte der Täter, übertrug das Video auf seinen PC und sah sich Video an.</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Actes d'ordre sexuel avec des enfants (187), Autres infractions contre l'intégrité sexuelle (194, 198)</t>
+  </si>
+  <si>
+    <t>aufgrund Straftat notorische Beeinträchtigung</t>
+  </si>
+  <si>
+    <t>regelmässige psychologische Behandlung</t>
+  </si>
+  <si>
+    <t>15.01.2024</t>
+  </si>
+  <si>
+    <t>2023-0099</t>
+  </si>
+  <si>
+    <t>Die zur Tatzeit leicht alkoholisierte Täterin hielt sich in Begleitung ihrer Kollegin in Basel auf, als sie auf den GS traf, welcher sich in Begleitung zweier Kolleginnen auf dem Platz aufhielt. Zwischen den beiden Gruppen kam es zunächst zu Schubsereien und einem verbalen Streit, wobei der GS darum bemüht war, diesen zu schlichten. Unvermittelt behändigte die Täterin unter ihrem linken Arm eine Flasche Tequilla und schleuderte diese mit ihrer rechten Hand in Richtung der Gruppe. Dabei traf sie den Gesuchsteller am Kopf.</t>
+  </si>
+  <si>
+    <t>2 cm grosse Rissquetschwunde am Kopf</t>
+  </si>
+  <si>
+    <t>sichtbare Narbe über der Stirn</t>
+  </si>
+  <si>
+    <t>10.01.2024</t>
+  </si>
+  <si>
+    <t>OHG 2022/16</t>
+  </si>
+  <si>
+    <t>Vor dem Restaurant, in welchem der Gesuchsteller arbeitete, entwickelte sich eine verbale und anschliessend tätliche Auseinandersetzung zwischen zwei Männern, welche der Gesuchsteller akustisch mitbekam. Nachdem die Auseinandersetzung beendet war, kam der erste Mann, ein Bekannter des Gesuchstellers, ins Restaurant. Als der Zweite ebenfalls das Restaurant betreten wollte, versuchte der Gesuchsteller ihn daran zu hindern. Daraufhin nahm dieser ein Messer hervor, schob den Gesuchsteller zur Seite und stach mehrmals auf den ersten Mann ein, wobei er mehrfach sagte, dass er ihn töten werde. Nach dieser Attacke drehte der Täter sich um und ging mit dem Messer in der Hand auf den Gesuchsteller zu, der die Flucht ergriff. Der Täter verfolgte ihn, wobei er drohte ihn zu töten.</t>
+  </si>
+  <si>
+    <t>angemessener Betrag</t>
+  </si>
+  <si>
+    <t>Mehrere Monate zu 100%</t>
+  </si>
+  <si>
+    <t>Straftat am Arbeitsort (geschützter Bereich) und Mitansehen wie Bekannter niedergestochen wurde</t>
+  </si>
+  <si>
+    <t>09.01.2024</t>
+  </si>
+  <si>
+    <t>OHG 2018/11</t>
+  </si>
+  <si>
+    <t>Die zum Tatzeitpunkt 12 - 16-jährige Gesuchstellerin wurde von ihrem Stiefvater während mehreren Jahren sexuell missbraucht. Der Täter berührte sie mehrfach an der Brust und am Po, massierte sie an den nackten Brüsten, fummelte an ihrem Genitalbereich und zeigte sich nackt vor ihr. Er betrat zudem in unregelmässigen Abständen am Abend ihr Zimmer, führte ihre Hand an sein Glied und befriedigte sich mit ihrer Hand bis zum Samenerguss. Des Weiteren vollzog der Täter mehrfach mit ihr den Geschlechtsverkehr, wobei er sie mit einer Geschlechtskrankheit infizierte. Die Mutter der Gesuchstellerin stellte sich auf die Seite des Täters und versuchte ihre Tochter zu beeinflussen. Die Gesuchstellerin löste sich schliesslich aus der Familie und floh ins Ausland.</t>
+  </si>
+  <si>
+    <t>höchstmögliche Genugtuung</t>
+  </si>
+  <si>
+    <t>Reittherapie</t>
+  </si>
+  <si>
+    <t>Minderjähriges Opfer</t>
+  </si>
+  <si>
+    <t>04.01.2024</t>
+  </si>
+  <si>
+    <t>RDGS.2023.71</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin hatte Probleme mit ihrem Partner. Ein Kollege bot ihr an, ihr bei der Vermittlung zu helfen, weshalb sie zu ihm in die Wohnung kam. Nach dem telefonischen Vermittlungsversuch teilte er mit, dass sie ihm nun etwas schulde und machte sexuelle Andeutungen. Obwohl die Gesuchstellerin mitteilte, dass sie dies nicht wolle, vergewaltigte er sie im Nebenzimmer. Den Geschlechtsverkehr vollzog er dabei bis zum Samenerguss ungeschützt.</t>
+  </si>
+  <si>
+    <t>-minderjähriges Opfer, Vertrauensverhältnis</t>
+  </si>
+  <si>
+    <t>28.12.2023</t>
+  </si>
+  <si>
+    <t>2023-15205</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin wurde im Zug von einem ihr unbekannten Mann sexuell belästigt. Er griff zwischen den Beinen an den Genitalbereich. Zudem schlug er sie gegen den Arm.</t>
+  </si>
+  <si>
+    <t>Albträume und Flashbacks</t>
+  </si>
+  <si>
+    <t>Sie hat seit dem Vorfall Mühe den öffentlichen Verkehr zu nutzen.</t>
+  </si>
+  <si>
+    <t>27.12.2023</t>
+  </si>
+  <si>
+    <t>2023-15382</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin wurde in zwei Sitzungen von ihrem Physiotherapeuten gegen ihren klar geäusserten Willen im Intimbereich berührt. So zog ihr die Unterhose herunter und massierte ihre Schamlippen. Zudem berührte er sie mit seinem erigierten Penis am Kopf.</t>
+  </si>
+  <si>
+    <t>Panikattacken</t>
+  </si>
+  <si>
+    <t>Coaching im Rahmen einer Gesprächstherapie mit Boxen</t>
+  </si>
+  <si>
+    <t>9 Physiotherapiesitzungen um Vertrauen wiederherzustellen</t>
+  </si>
+  <si>
+    <t>2023-15263</t>
+  </si>
+  <si>
+    <t>Der Gesuchsteller wurde von zwei unbekannten Tätern angegriffen und ins Gesicht geschlagen. Er fiel dabei zu Boden.</t>
+  </si>
+  <si>
+    <t>Knochenbrüche an beiden Händen</t>
+  </si>
+  <si>
+    <t>2 Operationen</t>
+  </si>
+  <si>
+    <t>ca. 8 Wochen zu 100%</t>
+  </si>
+  <si>
+    <t>2023-15311</t>
+  </si>
+  <si>
+    <t>Der Täter schlug dem Gesuchsteller unvermittelt und völlig überraschend mindestens zweimal mit der rechten und der linken Faust ins Gesicht, woraufhin der Gesuchsteller zu Boden ging. Als er bereits wehrlos rücklings am Boden lag, traktierte ihn der Täter weiter mit mindestens vier Fusstritten gegen den Kopf.</t>
+  </si>
+  <si>
+    <t>Gehirnerschütterung, Bruch des Schildknorpels, leicht bis mittelgradige depressive Episode</t>
+  </si>
+  <si>
+    <t>1 Tag Spital, stationäre psychiatrische Behandlung</t>
+  </si>
+  <si>
+    <t>Logopädie und Psychotherapie</t>
+  </si>
+  <si>
+    <t>131 Tage zu 100%</t>
+  </si>
+  <si>
+    <t>Tessin</t>
+  </si>
+  <si>
+    <t>22.12.2023</t>
+  </si>
+  <si>
+    <t>LAV 690</t>
+  </si>
+  <si>
+    <t>Tentata violenza carnale (art. 190 CP), la vittima appena maggiorenne è stata seguita e aggredita alle spalle mentre stava tornando a casa, trattenuta con forza dall'aggressore costretta a subire palpazione e svestimento parziale. Intervento di terzi ha fermato l'aggressore.</t>
+  </si>
+  <si>
+    <t>Sintomatologia ansiosa, claustrofobia, agorafobia, attacco di panico, isolamento sociale_x000D_
+- peggioramento del quadro clinico in quanto sintomatologia già presente prima del reato.</t>
+  </si>
+  <si>
+    <t>Trattamento psicoterapeutico con terapia EMDR</t>
+  </si>
+  <si>
+    <t>(no in quanto studente)</t>
+  </si>
+  <si>
+    <t>18.12.2023</t>
+  </si>
+  <si>
+    <t>2021-14532</t>
+  </si>
+  <si>
+    <t>Der Gesuchsteller wurde überraschend von hinten mit einer Metallstange gegen den Hinterkopf geschlagen. Er stürzte zu Boden und wurde mit weiteren Schlägen eingedeckt, während er seinen linken Arm schützend vor sich hielt.</t>
+  </si>
+  <si>
+    <t>zwei Rissquetschwunden am Kopf, Verletzung am Unterarm, diverse Schürfwunden, posttraumatische Belastungsstörung</t>
+  </si>
+  <si>
+    <t>Physiotherapie, psychiatrische Behandlung</t>
+  </si>
+  <si>
+    <t>zwei sichtbare Narben am Hinterkopf</t>
+  </si>
+  <si>
+    <t>2019-14066</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin erlebte während ungefähr einem Jahr häusliche Gewalt seitens ihres damaligen Ehemannes. In dieser Zeit wurde sie mehrfach geschlagen, getreten, gewürgt, beleidigt und mit dem Tode bedroht.</t>
+  </si>
+  <si>
+    <t>diverse Hämatome, Traumafolgestörung, depressive Episode</t>
+  </si>
+  <si>
+    <t>auch mehr als zwei Jahre nach den Taten nur 70% arbeitsfähig</t>
+  </si>
+  <si>
+    <t>2.5 Monate im Frauenhaus</t>
+  </si>
+  <si>
+    <t>15.12.2023</t>
+  </si>
+  <si>
+    <t>2023-15420</t>
+  </si>
+  <si>
+    <t>Der Täter warf die damals knapp 17-jährige Gesuchstellerin mehrere Treppenstufen hinunter, würgte sie während 60-90 Sekunden mit beiden Händen, bedrohte sie mehrfach mit dem Tod, bezeichnete sie als "Scheissschlampe" und nötigte sie unter Einsatz eines Messers dazu, ihn oral und anschliessend mit den Händen bis zum Samenerguss zu befriedigen.</t>
+  </si>
+  <si>
+    <t>11000</t>
+  </si>
+  <si>
+    <t>Traumatisierung</t>
+  </si>
+  <si>
+    <t>2023-15396</t>
+  </si>
+  <si>
+    <t>Die damals neun bis elfjährige Gesuchstellerin wurde über zweieinhalb Jahre weg von ihrem älteren Bruder zu Oral- und Analverkehr gezwungen. Dies geschah mehrmals pro Monat.</t>
+  </si>
+  <si>
+    <t>längere Psychotherapie</t>
+  </si>
+  <si>
+    <t>14.12.2023</t>
+  </si>
+  <si>
+    <t>582/2023</t>
+  </si>
+  <si>
+    <t>Der Gs wurde vom Täter mit einem Butterfly-Messer gegen den Kopf- und Halsbereich gestochen. Er traf ihn am Mund und fügte ihm an der linken Gesichtsseite eine Stich- und Schnittverletzung zu. Der Täter verfolgte ihn und stach ein zweites Mal mit dem Messer gegen den Kopf- und Halsbereich.</t>
+  </si>
+  <si>
+    <t>Stichwunde am Hals links, leichtes Schädel-Hirn-Trauma, Platzwunde Oberlippe, lebensbedrohlicher Zustand (keine unmittelbare Lebensgefahr), PTBS (Albträume, Einschlafstörungen, Missempfindungen bei Verletzungsstelle an der rechten Halsseite, aufdrängende Erinnerungen)</t>
+  </si>
+  <si>
+    <t>2 Tage / Schmerzmedikation</t>
+  </si>
+  <si>
+    <t>18 Tage stationärer Aufenthalt Psychiatrie, danach Psychotherapie</t>
+  </si>
+  <si>
+    <t>2 Narben im Gesicht</t>
+  </si>
+  <si>
+    <t>76/2021</t>
+  </si>
+  <si>
+    <t>Im Rahmen einer Auseinandersetzung zwischen zwei Gruppen Jugendlicher stach der Täter dem GS mit einem Klappmesser von hinten mit grosser Wucht gegen den Rücken, wobei er diesen unmittelbar bei der Wirbelsäule traf. Aufgrund des Messerstichs fiel der GS nach vorne auf die Knie, woraufhin der Täter noch einmal mit voller Wucht von hinten zustach und den GS dieses Mal am linken Oberarm traf. In der Folge wurde der GS durch weitere Anwesende mehrmals geschlagen und getreten.</t>
+  </si>
+  <si>
+    <t>2 schwere Stichverletzungen mit Hämatopneumothorax, Deltamuskel links komplett durchtrennt und Rückenmarksverletzung mit inkompletter Paraplegie links (Sensibilität linkes Bein vermindert, kompletter Ausfall der Motorik des linken Beins und Beckens, komplette Inkontinenz)</t>
+  </si>
+  <si>
+    <t>2 Wochen / 2 1/2 Monate</t>
+  </si>
+  <si>
+    <t>Mehrere</t>
+  </si>
+  <si>
+    <t>Physiotherapie, Ergotherapie, MTT</t>
+  </si>
+  <si>
+    <t>3 1/2 Monate, GS musste Lehre als Gipser aufgeben und sich umschulen lassen.</t>
+  </si>
+  <si>
+    <t>Fussheberparese links (keine oder nur wenig Kontrolle über das Anheben, Aufsetzen des Fusses)</t>
+  </si>
+  <si>
+    <t>Auswirkungen auf das Berufsleben, grosse Einschränkungen im Sport</t>
+  </si>
+  <si>
+    <t>12.12.2023</t>
+  </si>
+  <si>
+    <t>16/2020</t>
+  </si>
+  <si>
+    <t>Täter schlägt schlafende Ex-Partnerin mit Flasche, würgt sie zum sauerstoffmangelbedingten Hirntod, sticht mit Messer auf Getötete ein. Gesuchstellende sind die Eltern der Getöteten.</t>
+  </si>
+  <si>
+    <t>Psychotherapie, pflanzliche Beruhigungsmittel</t>
+  </si>
+  <si>
+    <t>ziehen Kind der Getöteten und des Täters auf, Mutter der Getöteten hat dafür Job gekündet</t>
+  </si>
+  <si>
+    <t>Getötete kam vor Tat beinahe täglich bei GS vorbei, Täter&amp;Getötete wohnten während 1 Jahr bei GS</t>
+  </si>
+  <si>
+    <t>07.12.2023</t>
+  </si>
+  <si>
+    <t>1204-02, 046/2023</t>
+  </si>
+  <si>
+    <t>Dans un contexte de tension familial existant depuis plusieurs années, propos menaçants proférés par la sœur de la victime dans un dialecte marocain. Elle a déclaré vouloir la suivre au Maroc pour la « massacrer » devant sa fille de 5 ans. Il a été toutefois retenu que le terme massacrer en dialecte marocain signifie «taper comme il faut, faire du  mal».</t>
+  </si>
+  <si>
+    <t>suivi psychologique. Rapport de la psychologue fait état de symptômes en lien avec la procédure judiciaire : trouble du sommeil, ruminations constantes, anxiété et sentiments d’injustice</t>
+  </si>
+  <si>
+    <t>05.12.2023</t>
+  </si>
+  <si>
+    <t>OHG 3'711</t>
+  </si>
+  <si>
+    <t>Gesuchstellerin wurde über einen Zeitraum von rund zwei Jahren wiederholt Opfer häuslicher Gewalt durch den Ehemann. Teilweise tägliche Beschimpfungen und Todesdrohungen, mind. zwei Faustschläge ohne Verletzungsfolge.</t>
+  </si>
+  <si>
+    <t>1678</t>
+  </si>
+  <si>
+    <t>OHG 2022/31</t>
+  </si>
+  <si>
+    <t>Der Gesuchsteller und der Täter waren Tags zuvor in eine verbale Auseinandersetzung in einem Restaurant verwickelt, welche durch eine zufällig vorbeifahrende Polizeipatrouille beendet werden konnte. Am Folgetag begab sich der Täter erneut vor das Restaurant, in welchem der Gesuchsteller arbeitete und begann mit einem Stammgast und dem Geschäftspartner des Gesuchstellers zu streiten. Als der Gesuchsteller ebenfalls aus dem Restaurant trat, stach ihm der Täter unvermittelt mit einem Taschenmesser in die Bauchgegend und rannte anschliessend davon.</t>
+  </si>
+  <si>
+    <t>3 cm breite und rund 10 cm tiefe, lebensbedrohliche Stichwunde im Abdomen mit Beteiligung der rechten zuführenden Magennetzarterie. Dadurch entstand zudem ein grosses intraperitoneales Hämatom. Danach ein Jahr lang Schmerzen beim Tragen von schweren Gegenständen, auch psychische Beschwerden</t>
+  </si>
+  <si>
+    <t>7 Tage Spitalaufenthalt, eine Woche später wegen starken Schmerzen erneut 3 Tage Spitalaufenthalt</t>
+  </si>
+  <si>
+    <t>Komplikationen beim Heilungsverlauf und Tat am Arbeitsort (geschützer Bereich) genugtuungserhöhend</t>
+  </si>
+  <si>
+    <t>30.11.2023</t>
+  </si>
+  <si>
+    <t>697/2023</t>
+  </si>
+  <si>
+    <t>Der Täter wurde von Polizeibeamten kontrolliert. Er wehrte sich verbal und körperlich vehement und trat den GS mit Händen und Füssen und legte sein Körpergewicht auf dessen Hand, verdrehte das Handgelenk des GS und bedrohte ihn.</t>
+  </si>
+  <si>
+    <t>Schmerzhafte Verstauchung von Handgelenk/Mittelhandknochen, Riss des Handgelenk-Meniskus, stechende und anhaltende Schmerzen, wiederkehrende Lähmungen in zwei Fingern während mehreren Monaten.</t>
+  </si>
+  <si>
+    <t>22 Sitzungen Hand-Ergo-Therapie</t>
+  </si>
+  <si>
+    <t>12 Wochen, teilweise 50% im Innendienst tätig</t>
+  </si>
+  <si>
+    <t>Trotz OP blieb Gelenk mit offener eher positiver Prognose eingeschränkt beweglich und schmerzhaft</t>
+  </si>
+  <si>
+    <t>Fast zwei J. nach Straftat war Velofahren nicht mehr möglich wg. Vibration</t>
+  </si>
+  <si>
+    <t>28.11.2023</t>
+  </si>
+  <si>
+    <t>264/2023</t>
+  </si>
+  <si>
+    <t>Nach vorgängiger jahrelanger HG mit Beschimpfen, Kontrollieren, Tätlichkeiten mit zunehmender Aggravation: Drohung des Täters auf dem Balkon mit Versuch, das Handy der GSin zu entwenden. Der Täter packte sie an der Jacke, so dass sie sich nicht mehr bewegen konnte, legte seinen Arm um ihren Hals, um ihr Handy per Gesichtserkennung zu entsperren, was ihm nicht gelang. Etwas später fixierte er erneut ihren Hals und beschimpfte sie als "Nutte und Schlampe".</t>
+  </si>
+  <si>
+    <t>unbekannt</t>
+  </si>
+  <si>
+    <t>zwei Jahre Psychotherapie</t>
+  </si>
+  <si>
+    <t>5 Monate</t>
+  </si>
+  <si>
+    <t>23.11.2023</t>
+  </si>
+  <si>
+    <t>7/23</t>
+  </si>
+  <si>
+    <t>Lors d'une dispute, la victime, un homme, a été griffé au visage et au niveau de l'avant-bras par l'auteure, son épouse. Durant une période d'environ 6 semaines, l’auteure a giflé une vingtaine de fois la victime, lui a donné un coup de pied au niveau de l’entrejambe, l’a traitée en anglais de connard, d’animal, de menteur, de fils de pute et de minable. L'auteure a également menacé la victime à plusieurs reprises.</t>
+  </si>
+  <si>
+    <t>Plaies au visage et à l'avant-bras, réaction aiguë à un facteur de stress, état de stress post-traumatique avec des facteur tels que le manque de sommeil, le manque d’appétit, des difficultés de concentration, un isolement social, une grande tristesse et une culpabilité importante.</t>
+  </si>
+  <si>
+    <t>Séjour aux urgences pour un constat de coups et blessures</t>
+  </si>
+  <si>
+    <t>22.11.2023</t>
+  </si>
+  <si>
+    <t>591/2023</t>
+  </si>
+  <si>
+    <t>Der Täter warb die GSin in Ungarn mit der sog. Loverboy-Methode an. Die GSin arbeitete während 5 Jahren lang in verschiedenen Clubs in der Schweiz, insb. im Kt. Zürich. Der Täter überwachte sie, zwang sie den ganzen Erlös auszuhändigen und wandte Gewalt an, um seinen Forderungen durchzusetzten (3x mit Händen geschlagen und mit Füssen getreten, 1x mit einer Agelrute so lange geschlagen, bis diese in die Brüche ging).</t>
+  </si>
+  <si>
+    <t>300000</t>
+  </si>
+  <si>
+    <t>Traite des êtres humains (182)</t>
+  </si>
+  <si>
+    <t>Physisch: diverse Blutergüsse_x000D_
+psychisch: depressive Episode, Panikattacken und Trieblosigkeit, verminderter Seblstwertgefühl</t>
+  </si>
+  <si>
+    <t>Die GSin wurde auf Grund psychischer Zusammenbrüche wiederholt hospitalisiert.</t>
+  </si>
+  <si>
+    <t>Dauernde Modifikation der Persönlichkeit nicht auszuschliessen.</t>
+  </si>
+  <si>
+    <t>FIZ: Opferschutzprogramm + Härtefallgesuch (gutgeheissen, da Gefahr im Ausland noch gegeben)</t>
+  </si>
+  <si>
+    <t>C asperiert mit A</t>
+  </si>
+  <si>
+    <t>21.11.2023</t>
+  </si>
+  <si>
+    <t>OHG 2'864</t>
+  </si>
+  <si>
+    <t>Täter (Ex-Partner) wohnte mit Gesuchstellerin wieder zusammen. Drohte ihr ein Messer in der Hand haltend mit dem Tod und berichtet ihr später, er habe sie und sich umbringen wollen. Bei anderem Vorfall drohte er, sie vom Balkon zu stossen. Später würgte er die GS und drückte sie gegen die Wand. Schläge mit Hand gegen Wange und Schläfe. Kniestoss in Bauch, Haarereissen und weitere Todesdrohungen. Täter drohte auch Kinder der GS umzubringen.</t>
+  </si>
+  <si>
+    <t>16.11.2023</t>
+  </si>
+  <si>
+    <t>LAV 686</t>
+  </si>
+  <si>
+    <t>Per 9 mesi l'autore ha intralciato la libertà d'agire della vittima inviandole messaggi, lettere, e-mail, presentandosi fuori casa, ecc, controllandola inoltre sui social e sui social degli amici per poi scriverle farle sapere che la controllava. L'autore si è inoltre reso colpevole di vie di fatto, ingiurie e ripetuta disobbedienza a decisioni dell'autorità siccome non ha ottemperato agli obblighi di allontanamento dalla vittima impartiti dal giudice civile. _x000D_
+L'autore ha inoltre minacciato la vittima asserendo che avrebbe fatto del male ai di lei figli.</t>
+  </si>
+  <si>
+    <t>14 mesi psicoterapia</t>
+  </si>
+  <si>
+    <t>La vittima ha cambiato le sue abitudini, non ha più una vita sociale</t>
+  </si>
+  <si>
+    <t>15.11.2023</t>
+  </si>
+  <si>
+    <t>2021-14668</t>
+  </si>
+  <si>
+    <t>Der Täter ging mit einem Messer auf die Gesuchstellerin los. Als sie sich in ein Auto fliehen konnte, schlug er das Messer gegen die Scheibe.</t>
+  </si>
+  <si>
+    <t>Psychotherapie, 1.5 Monate stationär</t>
+  </si>
+  <si>
+    <t>mehr als 3 Monate 100%, 2 Wochen 60%, 3 Wochen 40%, 2 Wochen 20%</t>
+  </si>
+  <si>
+    <t>13.11.2023</t>
+  </si>
+  <si>
+    <t>2020-14367</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin wurde Opfer von häuslicher Gewalt. Der Täter konnte die Trennung nicht akzeptieren und passte sie mehrmals ab und bedrohte sie u.a. mit einem Messer. Anlässlich des letzten Vorfalls verletzte der Täter die Gesuchstellerin mit dem Messer und stiess sie u.a. eine Treppe hinunter.</t>
+  </si>
+  <si>
+    <t>Zahlreiche Hautunter- und -einblutungen, Schnittverletzung am Zeigefinger, Knochenbruch am Zeh, PTBS, depressive Episode</t>
+  </si>
+  <si>
+    <t>100% während knapp drei Monaten</t>
+  </si>
+  <si>
+    <t>2 Monate im Frauenhaus</t>
+  </si>
+  <si>
+    <t>10.11.2023</t>
+  </si>
+  <si>
+    <t>1204-02, 002/2023</t>
+  </si>
+  <si>
+    <t>Ein Snowboarder wurde von einem unbekannten Skifahrer auf einer Skipiste in Zermatt seitlich überholt. Dabei kam es zu einem Zusammenstoss; der Snowboarder kam zu Fall und zog sich eine Humerusschaftquerfraktur am linken Oberarm zu. Später kam ein schmerzhafter Abszess an der Oberationswunde hinzu. Bei der Entfernung des Abszesses kam es zu einer Nervenverletzung die zu einer lokalen, eng umschriebenen Sensibilitätssminderung (kein Gespür im linken Daumen)n führte.</t>
+  </si>
+  <si>
+    <t>0</t>
+  </si>
+  <si>
+    <t>Humerusschaftsquerfraktur am linken Oberarm; Sensibiitätsminderung am linken Daumen</t>
+  </si>
+  <si>
+    <t>ca. 4 Monate 100% arbeitsunfähig</t>
+  </si>
+  <si>
+    <t>Sensibiitätsminderung am linken Daumen</t>
+  </si>
+  <si>
+    <t>07.11.2023</t>
+  </si>
+  <si>
+    <t>418/2021</t>
+  </si>
+  <si>
+    <t>Die GSin wurde im Alter von 16-17 J. ca. drei- bis viermal pro Woche von ihrem Vater sexuell missbraucht. Der Beschuldigte wollte mit seiner Tochter "zusammen sein", er wollte ihr den Sex "lehren" und sie zu seiner "Edelhure" ausbilden. Bereits im Alter von 15 J. war es zu sexuellen und tätlichen Übergriffen gekommen, wobei das entsprechende Strafverfahren eingestellt wurde, weil die GSin aus Angst vor dem Vater ihre Anzeige zurückgezogen hatte.</t>
+  </si>
+  <si>
+    <t>Komplexe PTBS, schwere Depression, Panikattacken, starke agoraphobische Ängste mit ausgeprägter Isolation zuhause, zwanghaftes Waschen (50x Hände waschen am Tag) sowie vermehrtes Duschen, Mundspülen, Sauberkeitszwang, Depersonalisation, dissoziatives Erleben, wiederkehrende Gefühle paralysiert zu sein, Gewichtsverlust, Ein- und Durchschlafstörungen</t>
+  </si>
+  <si>
+    <t>lange ambulant psychiatrisch-psychotherapeutische Behandlung, medikamentöse Behandlung</t>
+  </si>
+  <si>
+    <t>2 Lehrabbrüche, AUF während mind. 3 Jahren, IV-Anmeldung</t>
+  </si>
+  <si>
+    <t>schwere psychische Beeinträchtigung</t>
+  </si>
+  <si>
+    <t>06.11.2023</t>
+  </si>
+  <si>
+    <t>Eine damals 17-jährige Gesuchstellerin wurde Opfer einer versuchten Vergewaltigung. Ein ihr unbekannter Mann verfolgte sie und warf sie zu Boden. Daraufhin kniete er sich auf sie und würgte sie mit beiden Händen. Erst als sich ein Passant näherte liess er von ihr ab.</t>
+  </si>
+  <si>
+    <t>posttraumatische Belastungsstörung, Würgetrauma, Kopfschmerzen, Hautrötungen, Hautabschürfungen</t>
+  </si>
+  <si>
+    <t>Notfall Inselspital</t>
+  </si>
+  <si>
+    <t>1 Woche 100%</t>
+  </si>
+  <si>
+    <t>jugendliches Alter</t>
+  </si>
+  <si>
+    <t>2022-15008</t>
+  </si>
+  <si>
+    <t>Dem Gesuchsteller wurde mit einem Messer einmal kräftig in den linken Oberbauch gestochen.</t>
+  </si>
+  <si>
+    <t>Leberlazeration im Segment II, Verletzung der Bauchdeckenarterie</t>
+  </si>
+  <si>
+    <t>16 cm lange Keloidnarbe am Bauch</t>
+  </si>
+  <si>
+    <t>2020-14224</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin wurde an ihrem Arbeitsort überfallen. Der Täter zwang sie unter Vorhalt einer Gasdruckpistole zur Herausgabe des Geldes im Safe.</t>
+  </si>
+  <si>
+    <t>Schreckhaftigkeit, Konzentrationsstörungen, Flashbacks, Ängste, Schlafstörungen</t>
+  </si>
+  <si>
+    <t>03.11.2023</t>
+  </si>
+  <si>
+    <t>219/2020</t>
+  </si>
+  <si>
+    <t>7-9jährige GS wird durch 5 Jahre älteren Halbbruder missbraucht (Genitalien anfassen, harte Gegenstände in Vagina und Anus einführen, Penetration mit Penis).</t>
+  </si>
+  <si>
+    <t>ptbs, Anpassungsstörung, Angstsymptomatik</t>
+  </si>
+  <si>
+    <t>4 Jahre Psychotherapie</t>
+  </si>
+  <si>
+    <t>Einschränkung Sexualität, Ritzen, Flashbacks, depressive Reaktionen</t>
+  </si>
+  <si>
+    <t>Missbrauch hörte erst auf, als Täter zu seinem Vater zog</t>
+  </si>
+  <si>
+    <t>junges Alter (7-9 Jahre)</t>
+  </si>
+  <si>
+    <t>02.11.2023</t>
+  </si>
+  <si>
+    <t>8/23</t>
+  </si>
+  <si>
+    <t>Durant plus de trois ans, l’auteur a imposé de multiples actes à caractère sexuel à la victime, sa belle-soeur. En particulier, l’auteur a, à plusieurs reprises, embrassé la victime, l’a forcée à se déshabiller, lui a touché et sucé les seins, lui a touché son sexe, et l’a pénétrée digitalement et vaginalement.</t>
+  </si>
+  <si>
+    <t>Anxiété, difficultés liées à des sévices sexuels infligés à un enfant par une personne de son entourage immédiat,</t>
+  </si>
+  <si>
+    <t>Suivi auprès d'une psychothérapeute durant plusieurs années</t>
+  </si>
+  <si>
+    <t>La victime avait entre 9 et 12 au moment des faits.</t>
+  </si>
+  <si>
+    <t>575/2023</t>
+  </si>
+  <si>
+    <t>Die GSin verbrachte zusammen mit drei Männern und einer Freundin einen Abend bei sich zuhause. Während des Essens wurde reichlich Alkohol konsumiert. Im Verlaufe der Morgenstunden verliessen zwei der drei Männer die Wohnung, während der Beschuldigte (ohne Wissen der beiden Frauen) in der Wohnung verblieb. Die GSin zog sie sich aus und legte sich im Schlafzimmer ins Bett, wo sie einschlief. Nachdem der Beschuldigte den vaginalen GV an der schlafenden Freundin der GSin vollzogen hatte, begab er sich ins Schlafzimmer der GSin, legte sich auf sie und drang mit seinem Penis in deren Vagina ein.</t>
+  </si>
+  <si>
+    <t>15'000 CHF</t>
+  </si>
+  <si>
+    <t>PTBS, rezidivierende depressive Störung</t>
+  </si>
+  <si>
+    <t>1 Woche stationäre psychiatrische Krisenintervention</t>
+  </si>
+  <si>
+    <t>1 1/2 Jahre Psychotherapie mit medikamentöser Behandlung</t>
+  </si>
+  <si>
+    <t>6 Mt. zu 100%, 4 Mt. zu 80%, 2 Mt. zu 50%</t>
+  </si>
+  <si>
+    <t>31.10.2023</t>
+  </si>
+  <si>
+    <t>OHG 2022/94</t>
+  </si>
+  <si>
+    <t>Die 17-jährige Gesuchstellerin begab sich mit zwei ihr bekannten Männern in die Wohnung eines dritten Mannes, wo die drei Männer das offensichtlich beeinträchtigte Opfer während 2 Tagen zur Befriedigung ihrer sexuellen Bedürfnisse ausnutzten, wobei dies lediglich bei einem der drei Männer strafrechtlich relevant war. Dieser schlug sie mehrfach, äscherte ihr Zigarettenasche auf den Arm, spuckte ihr in den Mund und hinderte sie daran die Wohnung zu verlassen. Als die anderen beiden Männer weg waren, versuchte er sie zu vergewaltigen, wobei er sie aufs Sofa drückte, ihr auf die Wange schlug, sich auf sie legte und versuchte den Geschlechtsverkehr mit ihr zu vollziehen, wobei unklar blieb, ob es ihm nicht gelang, oder ob er von einem der zurückkehrenden Männer daran gehindert wurde.</t>
+  </si>
+  <si>
+    <t>Autres infractions contre la liberté (183, 184, 185), Atteinte et contrainte sexuelles, viol (189, 190)</t>
+  </si>
+  <si>
+    <t>Genugtuungserhöhend wirkte sich nebst der besonderen Verletzlichkeit auch die Freiheitsberaubung aus</t>
+  </si>
+  <si>
+    <t>Jugendliches Alter, Intelligenzminderung</t>
+  </si>
+  <si>
+    <t>589/2023</t>
+  </si>
+  <si>
+    <t>Partner zerrt GS durch Wohnung, sagt er werfe sie vom Balkon, sperrt sie in Wohnung ein, Schläge mit Kabelbinder gegen Beine, Ohrfeigen, zu Boden stossen. Einmal mit Fleischermesser herumgefuchtelt, Sprachnachrichten er werde sie umbringen/zerstören. Verstoss gegen Kontaktverbot.</t>
+  </si>
+  <si>
+    <t>ventrolaterale Rippenfrakturen 3-5. Rippe, posttraumatische Deckplattenimpressionsfraktur Wirbelsäule</t>
+  </si>
+  <si>
+    <t>1/2 Jahr Physiotherapie, Chiropraktiker</t>
+  </si>
+  <si>
+    <t>1 Monat 100%, 3 1/2 Monate 50%, 1 Monat 25%</t>
+  </si>
+  <si>
+    <t>wacht nachts aufgrund Schmerzen auf, nachts nicht alleine unterwegs, schreckhaft, schnell nervös</t>
+  </si>
+  <si>
+    <t>26.10.2023</t>
+  </si>
+  <si>
+    <t>OHG 2022/20</t>
+  </si>
+  <si>
+    <t>Der Täter begab sich zum Wohnort des Gesuchstellers, um diesen wegen eines angeblich sexuellen Übergriffs an seiner Halbschwester und ehemaliger Freundin des Gesuchstellers zur Rede zu stellen. Nach einem kurzen Wortwechsel im Eingangsbereich der Wohnliegenschaft griff der Täter den Gesuchsteller an. Dabei schlug er mindestens 5 Mal mit dem Baseballschläger heftig in Richtung Kopf des Gesuchstellers. Dieser versuchte sich mit den Armen vor den Schlägen zu schützen und dem Täter den Baseballschläger wegzunehmen, was ihm schliesslich gelang. Bei der «Rückeroberung» des Baseballschlägers schlug der Täter mehrfach mit seinen Fäusten auf Kopf und Oberkörper des Gesuchstellers ein. Anschliessend entfernte er sich.</t>
+  </si>
+  <si>
+    <t>Fraktur des Unterarms rechts,  Abschürfungen an den Fingern der rechten Hand, Prellmarke in Richtung Hinterhaupt rechts,  blutende Rissquetschwunde in Richtung Hinterkopf links, Hämatom über dem Jochbein (Wangenknochen) rechts, Schürfungen und Hämatome am Rücken, Schulter- und Rückenbereich links</t>
+  </si>
+  <si>
+    <t>Eine Operation zur operativen Versorgung der Unterarmfraktur</t>
+  </si>
+  <si>
+    <t>43 Tage zu 100%</t>
+  </si>
+  <si>
+    <t>24.10.2023</t>
+  </si>
+  <si>
+    <t>OHG 3'147</t>
+  </si>
+  <si>
+    <t>Gesuchstellerin wurde vom Täter anlässlich einer Therapiesitzung in eigener Wohnung während rund 15 Minuten sexuell genötigt. Täter kniete nackt auf ihr, sodass sie sich nicht zur Wehr setzen konnte.</t>
+  </si>
+  <si>
+    <t>6445.9</t>
+  </si>
+  <si>
+    <t>Misstrauen und Ängste gegenüber anderen Personen; kann nicht mehr im eigenen Schlafzimmer nächtigen</t>
+  </si>
+  <si>
+    <t>23.10.2023</t>
+  </si>
+  <si>
+    <t>OHG 3'741</t>
+  </si>
+  <si>
+    <t>Gesuchstellerin wurde von ihrem Ehemann über Zeitraum von rund einem halben Jahr wöchentlich mit der flachen Hand und teilweise mit der Faust gegen Gesicht und Kopf geschlagen. Ferner Beschimpfungen und vage Todesdrohungen.</t>
+  </si>
+  <si>
+    <t>mind. 10 Sitzungen Psychotherapie, weitere folgen</t>
+  </si>
+  <si>
+    <t>Psychische Beeinträchtigungen bis Entscheiddatum anhaltend</t>
+  </si>
+  <si>
+    <t>Gesuchstellerin trug keine physischen Verletzungen davon. Psychische Beeinträchtigungen ausgewiesen.</t>
+  </si>
+  <si>
+    <t>2021-14672</t>
+  </si>
+  <si>
+    <t>1700 CHF</t>
+  </si>
+  <si>
+    <t>Der Gesuchsteller forderte den Täter auf freundlich zu bleiben. Danach kam es zu einer Auseinandersetzung zwischen den beiden und sie schubsten und packten sich gegenseitig. Schliesslich fielen sie zu Boden und der Täter schlug dem Gesuchsteller mit der Faust ins Gesicht. Daraufhin kamen Freunde des Täters dazu und fügten dem Gesuchsteller ebenfalls Schläge auf den Kopf sowie Fusstritte in die Rippen zu.</t>
+  </si>
+  <si>
+    <t>verschiedene Rippenfrakturen, diverse Prellungen und Blutergüsse</t>
+  </si>
+  <si>
+    <t>10 Tage 100%</t>
+  </si>
+  <si>
+    <t>20.10.2023</t>
+  </si>
+  <si>
+    <t>2023-15375</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin wurde im Alter von sechs Jahren von ihrem Onkel sexuell missbraucht. Er berührte sie im Genitalbereich, rieb an ihrer Scheide, leckte mit der Zunge daran und onanierte vor ihr bis zum Samenerguss.</t>
+  </si>
+  <si>
+    <t>Schmerzen und Jucken im Genitalbereich, Hautverfärbungen und Hautläsionen im Genitalbereich</t>
+  </si>
+  <si>
+    <t>gynäkologische Untersuchung</t>
+  </si>
+  <si>
+    <t>Salben und Bäder</t>
+  </si>
+  <si>
+    <t>besonders junges Alter</t>
+  </si>
+  <si>
+    <t>19.10.2023</t>
+  </si>
+  <si>
+    <t>2015-12565</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin wurde von ihrem damaligen Partner während ca. 24 Stunden rechtswidrig in dessen Wohnung festgehalten. Während dieser Zeit vergewaltigte er sie, schlug ihr mehrmals mit der flachen Hand ins Gesicht, würgte sie mit einer Hand, stiess sie gegen Einrichtungsgegenstände, biss sie in den Finger, riss sie an den Haaren, bis sie stürzte und schlug ihren Kopf mehrmals gegen den Boden. Weiter überschüttete er die auf dem Boden sitzende Gesuchstellerin mit einer kleinen Menge kochendem Wasser. Zudem bedrohte und beschimpfte er sie immer wieder.</t>
+  </si>
+  <si>
+    <t>mittelgradige depressive Episode, Verbrennungen 1. und 2. Grades</t>
+  </si>
+  <si>
+    <t>ambulant-psychiatrische Krisenintervention</t>
+  </si>
+  <si>
+    <t>10 Wochen 100%, 4 Wochen 70%, 7 Wochen 40%</t>
+  </si>
+  <si>
+    <t>2021-14715</t>
+  </si>
+  <si>
+    <t>7300 CHF</t>
+  </si>
+  <si>
+    <t>Der Gesuchsteller wurde mitten in der Nacht von fünf Tätern bei sich zu Hause überrascht, mit Pfefferspray besprüht, mit Klebeband gefesselt und teilweise mit einem Schlagstock geschlagen sowie ausgeraubt.</t>
+  </si>
+  <si>
+    <t>diverse Rissquetschwunden, Bruch Mittelhandknochen, posttraumatische Belastungsstörung</t>
+  </si>
+  <si>
+    <t>1 Nacht im Spital</t>
+  </si>
+  <si>
+    <t>Die verletzte Hand verheilte nie vollständig</t>
+  </si>
+  <si>
+    <t>438/2023</t>
+  </si>
+  <si>
+    <t>GSin ging zum Täter in Psychotherapie. Nach ein paar Sitzungen setzte der Psychiater sich auf das Becken/den Bauch der GSin und führte eine "Entspannungsübung" durch. Dabei führte er kreisförmige Bewegungen an ihr aus, wobei er seinen Penis an ihr rieb. Obschon sie sagte, dass dies schmerzhaft und unangenehm sei, bestand er während der ganzen Stunde auf der "Übung".  Er wurde wegen Ausnützung der Notlage iSv StGB 193 I verurteilt.</t>
+  </si>
+  <si>
+    <t>starke körperliche Reaktion nach dem Vorfall, so dass GSin mehrmals auf der Notfallstation vorstellig wurde.</t>
+  </si>
+  <si>
+    <t>Therapiebedürftigkeit wäre vorhanden. Es fehlte jedoch die Kraft, eine neue Therapie zu beginnen.</t>
+  </si>
+  <si>
+    <t>4 Monate, ev. aber auch aufgrund anderer Ursachen.</t>
+  </si>
+  <si>
+    <t>GSin war in einer vulnerablen Situation und ging deshalb in Therapie</t>
+  </si>
+  <si>
+    <t>06.10.2023</t>
+  </si>
+  <si>
+    <t>617/2021</t>
+  </si>
+  <si>
+    <t>Die GSin wurde vom 7. - 15. Altersjahr Opfer von schweren Körperverletzungen und psychischer Gewalt durch ihre Eltern.</t>
+  </si>
+  <si>
+    <t>Schwere depressive Episode und komplexe PTBT, diverse körperliche Beeinträchtigungen</t>
+  </si>
+  <si>
+    <t>Psychotherapie über Jahre</t>
+  </si>
+  <si>
+    <t>Abbruch Ausbildung</t>
+  </si>
+  <si>
+    <t>unklar, notorisch aufgrund der Schwere</t>
+  </si>
+  <si>
+    <t>asperiert mit A1</t>
+  </si>
+  <si>
+    <t>Minderjährigkeit, Abhängigkeit/Vertrauensverhältnis zwischen Opfer und Täter, langer Zeitraum</t>
+  </si>
+  <si>
+    <t>GSin wurde vom 7. bis 15. Altersjahr Opfer von schweren Körperverletzungen und psychischer Gewalt durch den Vater und die Stiefmutter. Sie wurde geschlagen, gewürgt, gezüchtigt, herabgesetzt, aus der Familie ausgeschlossen, etc.</t>
+  </si>
+  <si>
+    <t>schwere depressive Episode und komplexe PTBS, diverse körperliche Verletzungen</t>
+  </si>
+  <si>
+    <t>Abbruch der Ausbildung aus psychischen Gründen</t>
+  </si>
+  <si>
+    <t>04.10.2023</t>
+  </si>
+  <si>
+    <t>1204-02, 013/2023</t>
+  </si>
+  <si>
+    <t>Jeune fille de 15 ans et demi, victime d’actes d’ordre sexuel. L’auteur a questionné la jeune fille sur sa sexualité, lui a parlé de ses propres expériences sexuelles, l’a attrapée par la nuque, l’a embrassée sur la bouche et a caressé ses seins par-dessus les habits.</t>
+  </si>
+  <si>
+    <t>Suivi psychologique antérieur irrégulier pour des troubles anxieux liés aux questions de l’adolescence, puis suite aux événements, péjoration de son état général, état de choc, insomnies et recrudescence de cauchemards, et peur de sortir seule.</t>
+  </si>
+  <si>
+    <t>jeune fille déjà suivi psychologiquement pour des troubles liées à l'adolescence</t>
+  </si>
+  <si>
+    <t>03.10.2023</t>
+  </si>
+  <si>
+    <t>OHG 2021/89</t>
+  </si>
+  <si>
+    <t>Der 85-jährige Vater der Gesuchstellerin schlief in einem Zimmer einer psychiatrischen Klinik. Der Täter, der mit dem Vater der Gesuchstellerin im selben Zimmer untergebracht war, schlug, trat und würgte ihn im Zustand der nicht selbst verschuldeten Schuldunfähigkeit, wobei es insbesondere zu einer massiven Gewalteinwirkung gegen Kopf, Hals und Brustbereich kam. Aufgrund der stattgefundenen Gewalteinwirkung verstarb der Vater der Gesuchstellerin einige Stunden später.</t>
+  </si>
+  <si>
+    <t>Unterer Rahmen der Bandbreite da getrennter Haushalt und hohes Alter des Verstorbenen</t>
+  </si>
+  <si>
+    <t>02.10.2023</t>
+  </si>
+  <si>
+    <t>70/2023</t>
+  </si>
+  <si>
+    <t>Täter erschoss die Ehefrau aus nicht bekannten Gründen (ev. vorbestehende psychische Störung). Enkel im Kleinkindalter hielt sich zum Tatzeitpunkt im Haus auf und mussten mit seinem Vater flüchten. Es blieb unklar, ob der Täter auch weitere Familienmitglieder töten wollte. Täter suizidierte sich nach der Tat.</t>
+  </si>
+  <si>
+    <t>Enkel wohnte mit den Eltern im gleichen Haushalt wie die Grosseltern</t>
+  </si>
+  <si>
+    <t>GS wohnte mit Frau, Kindern und Schwiegereltern im selben Haus. Der Schwiegervater erschoss aus unbekannten Gründen seine Frau, wobei einer der Schüsse auch ihn traf - ob zufällig oder nicht blieb ungeklärt. GS konnte mit seinen Kindern aus dem Haus flüchten. Der Täter suizidierte sich nach der Tat.</t>
+  </si>
+  <si>
+    <t>Schussverletzung oberhalb der linken Hüfte; dreifache Perforation des Dünndarms; Venenverletzung; Riss in der Niere; Mittelgradige depressive Episode und etwas verzögert depressive Anpassungsstörung als Reaktion auf die traumatisch erlebte Familientragödie mit eigener körperlicher Verletzung.</t>
+  </si>
+  <si>
+    <t>Spitalaufenthalt</t>
+  </si>
+  <si>
+    <t>4.5-stündige OP</t>
+  </si>
+  <si>
+    <t>100% während 2 Monaten; 50% während weiterer 2 Monate</t>
+  </si>
+  <si>
+    <t>Bandbreite A2 asp. mit C1/2</t>
+  </si>
+  <si>
+    <t>Familientragödie mit mehreren Opfern/Angehörigen von Opfern</t>
+  </si>
+  <si>
+    <t>26.09.2023</t>
+  </si>
+  <si>
+    <t>OHG 3'978</t>
+  </si>
+  <si>
+    <t>Freund des GS wollte in dessen Begleitung Marihuana verkaufen. Vier Beteiligte. Zunächst verbale Diskussion und Täter stiess GS plötzlich heftig weg. In der Folge wechselseitige Auseinandersetzung der insgesamt vier Beteiligten. Im Verlauf versuchte GS mind. zwei Mal Schlag gegen Täter auszuführen, was ihm jedoch misslang. GS wurde in der Folge geschlagen und ging bewusstlos zu Boden.</t>
+  </si>
+  <si>
+    <t>5300</t>
+  </si>
+  <si>
+    <t>Doppelte Kieferfraktur, leichtes Schädel-Hirntrauma, Mittelgesichtsfraktur, Kratzer und Schürfungen</t>
+  </si>
+  <si>
+    <t>Zwei</t>
+  </si>
+  <si>
+    <t>Mind. 20 Psychotherapiesitzungen, Tat jedoch nicht alleine kausal</t>
+  </si>
+  <si>
+    <t>ca. 2 Wochen 100 %</t>
+  </si>
+  <si>
+    <t>Reduktion der Genugtuung von Fr. 3'000.- auf Fr. 2'250.- aufgrund Mitverschulden.</t>
+  </si>
+  <si>
+    <t>21.09.2023</t>
+  </si>
+  <si>
+    <t>1204-02, 025/2023</t>
+  </si>
+  <si>
+    <t>Jeune femme victime d'exhibitionnisme sur son lieu de travail de la part de son chef. Celui-ci, après lui avoir massé les épaules, fait deux bisous dans le cou et touché ses seins, a dégrafé son pantalon et a sorti son sexe nu en érection devant elle.</t>
+  </si>
+  <si>
+    <t>Soutien thérapeutique, mais victime était déjà suivie psychologiquement . Toutefois, aucun rapport de causalité entre les traumatismes préexistants et les faits subis</t>
+  </si>
+  <si>
+    <t>personne au bénéfice d'une rente AI / soutien psychologique antérieur pour des abus dans son enfance</t>
+  </si>
+  <si>
+    <t>2023-15330</t>
+  </si>
+  <si>
+    <t>Nachdem der Gesuchsteller vom Täter ins Auge gebissen worden war, wurde er mit zahlreichen Schlägen mit den Fäusten und Ellenbogen massiv verprügelt.</t>
+  </si>
+  <si>
+    <t>grosse Rissquetschwunde am linken Auge mit Liddefekt, Teilamputation der Augenlider</t>
+  </si>
+  <si>
+    <t>3 Operationen</t>
+  </si>
+  <si>
+    <t>3-4 Monate 100%</t>
+  </si>
+  <si>
+    <t>Entstellung im Gesicht, eingeschränkte Funktionsfähigkeit des linken Auges, Sehstörungen</t>
+  </si>
+  <si>
+    <t>18.09.2023</t>
+  </si>
+  <si>
+    <t>2022-15094</t>
+  </si>
+  <si>
+    <t>27000 CHF</t>
+  </si>
+  <si>
+    <t>Der Gesuchsteller wurde nach einer verbalen Auseinandersetzung unerwartet angegefriffen und mit einer Metallstange derart massiv auf den Kopf (Stirn) geschlagen, dass er ein offenes Schädelhirntrauma erlitt. Er wird ein Leben lang an den Folgen der Straftat leiden (Epilepsie, Kopfschmerzen, Konzentrationsschwierigkeiten, psychische Belastung etc.)</t>
+  </si>
+  <si>
+    <t>diverse Schädelbrüche, Depression, Konzentrationsschwierigkeiten</t>
+  </si>
+  <si>
+    <t>8 Tage</t>
+  </si>
+  <si>
+    <t>5h Notfalloperation und weitere Operation</t>
+  </si>
+  <si>
+    <t>Epilepsie, grosse Narbe an der Stirn</t>
+  </si>
+  <si>
+    <t>08.09.2023</t>
+  </si>
+  <si>
+    <t>LAV 672</t>
+  </si>
+  <si>
+    <t>7600 CHF</t>
+  </si>
+  <si>
+    <t>Reati perpetrati per tre anni. Toccamenti e baci in varie zone del corpo, compresi genitali (art. 187 e 189 CP). La vittima aveva tra i 5 e gli 8 anni al momento dei fatti.</t>
+  </si>
+  <si>
+    <t>Breve terapia infruttuosa, vittima incapace di affrontare un percorso psicoterapeutico</t>
+  </si>
+  <si>
+    <t>La vittima è riuscita a parlare dei reati unicamente 5 anni dopo i fatti.</t>
+  </si>
+  <si>
+    <t>Autore amico stretto di famiglia, reato presso il domicilio della vittima</t>
+  </si>
+  <si>
+    <t>7/20</t>
+  </si>
+  <si>
+    <t>La victime, un jeune homme, a eu dans un premier temps une altercation avec plusieurs personnes qui ont ensuite quitté les lieux. Les deux auteurs sont retournés plusieurs dizaines de minutes plus tard sur les lieux de l'altercation. L'un des auteurs a pris à part la victime et lui a donné un coup de taser au torse. Le second auteur est arrivé par derrière et a frappé la victime à la tête au moyen d’une bouteille en verre d'un litre, qui ne s’est pas cassée, provoquant la chute au sol de la victime. Le second auteur a ensuite donné deux coup de pied à la tête de la victime.</t>
+  </si>
+  <si>
+    <t>Epilepsie symptomatique avec crises tonico-cloniques généralisées, traumatisme crânien avec hématome épidural droit et trouble de la vision de l’œil droit, fracture de l'os pariétal droit et troubles cognitifs sévères, état de stress post-traumatique avec détresse anxieuse.</t>
+  </si>
+  <si>
+    <t>Hospitalisation durant environ 2 semaines</t>
+  </si>
+  <si>
+    <t>Opération d'urgence avec évacuation d'un hématome épidural et une cranioplastie</t>
+  </si>
+  <si>
+    <t>Suivi auprès d'un neurologue</t>
+  </si>
+  <si>
+    <t>La victime était déjà à l'AI à 100 % avant l'agression. Plus aucune capacité de travail résiduelle.</t>
+  </si>
+  <si>
+    <t>Epilepsie (avec prise de médicaments tous les jours) et longue cicatrice sur le crâne.</t>
+  </si>
+  <si>
+    <t>Absence de compliance au traitement médicamenteux/Consommation excessive d’alcool et de stupéfiants</t>
+  </si>
+  <si>
+    <t>01.09.2023</t>
+  </si>
+  <si>
+    <t>1204-02, 029/2023</t>
+  </si>
+  <si>
+    <t>In einem Nachtlokal lernte eine 21jährige Frau einen 36jährigen Mann kennen, mit dem sie sich mit Hilfe eines Bekannten und einem Übersetzungsprogramm unterhielt. Nach der Schliessung des Lokals fuhr sie mit dem Mann und 3 weiteren Männern  zu deren Wohnung, um dort auf den nächsten Zug zu warten. In der Wohnung wollte der Mann, dass sie mit ihm auf sein Zimmer komme, was sie zunächst ablehnte.  Schliesslich ging sie mit dem Mann auf dessen Zimmer, wo er begann sich ausziehen und versuchte, auch sie auszuziehen. Sie gab ihm zu verstehen, dass sie das nicht wolle und auch keinen Sex wollte. Der Mann liess nicht locker, nahm schliesslich den Penis in die Hand und ihr diesen in den Mund, so dass sie ihn oral befriedigen musste. Nachdem er das Zimmer verliess, konnte sie fliehen.</t>
+  </si>
+  <si>
+    <t>eine psych.Therapiesitzung;  und  seit Februar 2023 in regelmässigen Abständen psych. Unterstützung</t>
+  </si>
+  <si>
+    <t>1204-02, 033/2023</t>
+  </si>
+  <si>
+    <t>das weibliche Opfer wurde während drei Tagen von einem unbekannten Täter über Instagramm bedroht und beleidigt; der Täter welcher seine wahre Identiät hinter einem Fake-Account versteckte, hatte gegenüber dem Freund des Opfers verleumderische Inhalte verbreitet, wonach sie fremdgehe und sich an ihrem Arbeitsplatz regelrecht an die Männer heranmache. Zudem wusste der Täter was für einen Personenwagen das Opfer fährt und drohte ihm, an diesem  die Bremsleitungen durchzuschneiden</t>
+  </si>
+  <si>
+    <t>Albträume und Panickattacken</t>
+  </si>
+  <si>
+    <t>29.08.2023</t>
+  </si>
+  <si>
+    <t>673/2022</t>
+  </si>
+  <si>
+    <t>Währen 5 J. vollzog der Täter unter Anwendung von Gewalt ca. zweimal wöchtenlich den GV und/oder Analverkehr oder zwang sie zur Vornahme des Analverkehrs. Er beschimpfte sie, erteilte Ohrfeigen und Faustschläge und würgte sie. Auch nach der Trennung kam es einmal zu einer Vergewaltigung. Er drohte er mit dem Tod und hielt ihr einmal eine brennende Zigarette gegen den Arm.</t>
+  </si>
+  <si>
+    <t>Lésions corporelles (122-123, 125, 126) sans LCR, Atteinte et contrainte sexuelles, viol (189, 190), Autres infractions selon le CP</t>
+  </si>
+  <si>
+    <t>PTBS; andauernde psychiatrische Behandlung</t>
+  </si>
+  <si>
+    <t>GSin ging zum Zeitpunkt der Taten keiner Erwerbstätigkeit nach</t>
+  </si>
+  <si>
+    <t>andauernde schwere psychische Beeinträchtigung</t>
+  </si>
+  <si>
+    <t>23.08.2023</t>
+  </si>
+  <si>
+    <t>LAV 684</t>
+  </si>
+  <si>
+    <t>Vittima aggredita con l'ausilio di bastoni da parte di due autori ignoti mentre stava riposando nell'appartamento di un amico. Gli autori - mai identificati - stavano cercando soldi/stupefacenti. _x000D_
+Concolpa a causa della compravendita di stupefacenti da parte dell'autore rimasta indecisa poiché richiesta respinta.</t>
+  </si>
+  <si>
+    <t>frattura del piatto tibiale, frattura di una falange, blow out del pavimento della parete mediale dell’orbita destra con ematoma congiuntivale, ferita lacero contusa allo zigomo destro</t>
+  </si>
+  <si>
+    <t>10 giorni</t>
+  </si>
+  <si>
+    <t>terapia chirurgica di osteosintesi per frattura piatto tibiale e frattura falange</t>
+  </si>
+  <si>
+    <t>100% per tre mesi, tuttavia vittima senza attività lavorativa</t>
+  </si>
+  <si>
+    <t>Le ferite sono state curate e non hanno lasciato conseguenze</t>
+  </si>
+  <si>
+    <t>07.08.2023</t>
+  </si>
+  <si>
+    <t>467/2017</t>
+  </si>
+  <si>
+    <t>27770 CHF</t>
+  </si>
+  <si>
+    <t>Der GS wurde (wahrscheinlich aus rassistischen Gründen) mit mehreren Schüssen schwer verletzt.</t>
+  </si>
+  <si>
+    <t>47770 (70000 minus erhaltene IE von 22230)</t>
+  </si>
+  <si>
+    <t>Diverse Einschussverletzungen (rechte Flanke, Brustraum, Achsel/Schulter rechts, Ober- und Vorderarm links (komplexer Trümmerbruch), Verletzungen von Dünn- u. Dickdarm, Milz, Zwerchfell; Hämothorax mit Blutansammlung, Blutverlust, PTBS</t>
+  </si>
+  <si>
+    <t>Stationäre Aufenthalte: Insgesamt 38 Wochen</t>
+  </si>
+  <si>
+    <t>9 Operationen mit vielen Nachkontrollen</t>
+  </si>
+  <si>
+    <t>Mind. 2 J. Psycho- und 1 J. Physio- und Ergotherapie</t>
+  </si>
+  <si>
+    <t>bleibend arbeitsunfähig</t>
+  </si>
+  <si>
+    <t>li. Hand funktionsunfähig; künstl. Darmausgang, Schmerzen im Bauchraum, eingeschr. Bewegl. Rumpf/Arm</t>
+  </si>
+  <si>
+    <t>Bleibende multiple Beeinträchtigungen, Persönlichkeitsveränderung, Verlust soziales Umfeld</t>
+  </si>
+  <si>
+    <t>04.08.2023</t>
+  </si>
+  <si>
+    <t>439/2023</t>
+  </si>
+  <si>
+    <t>GS wurde angepöbelt. Als er in Ruhe gelassen werden will, zieht Täter Kopfhörer von Ohren des GS und meint der GS sei psychisch krank. Als GS später aus Zug steigt, verpasst ihm Täter unvermittelt einen Faustschlag ins Gesicht.</t>
+  </si>
+  <si>
+    <t>2200</t>
+  </si>
+  <si>
+    <t>Orbitabodenfraktur, mediale Wandfraktur links, Monokelhämatom links, Riss und Einblutung Auge links (contusio bulbi), Abschürfungen Hornhautoberfläche Auge links, 6-7 Wochen eingeschränkte Augenmobilität und Doppelbider</t>
+  </si>
+  <si>
+    <t>Operation Implantat</t>
+  </si>
+  <si>
+    <t>mehr als 1 Monat</t>
+  </si>
+  <si>
+    <t>Taubheitsgefühl unter Auge li, Kopfschmerzen, teilweise Angst wenn alleine unterwegs</t>
+  </si>
+  <si>
+    <t>18.07.2023</t>
+  </si>
+  <si>
+    <t>636/2021</t>
+  </si>
+  <si>
+    <t>Der Täter als neuer Lebensgefährte der Mutter des GS erschlich das Vertrauen des GS. Während mehrerer Monate, als der GS ca. 9 J. alt war, kam der Täter abends ins Zimmer des GS, zog ihm die Pijama-Hose herunter, streichelte und frottierte den Penis (Dauer jeweils ca. bis zu 20 Minuten). Der Täter versuchte mit seinen angeblich liberalen Weltanschauungen, seine Taten als etwas völlig Normals und Positives zu vermitteln.</t>
+  </si>
+  <si>
+    <t>Einige Jahre nach den Übergriffen entwickelte der GS diverse Beschwerden (Kopf- und Magen- und Blasenprobleme). Im Alter von 17 Jahren stellte der Hausarzt eine PTBS fest.</t>
+  </si>
+  <si>
+    <t>3 J. Psych.Therapie; während Str.prozess: Verschlechterung Zustand: Kurzfr.Einweisung in Psychiatrie</t>
+  </si>
+  <si>
+    <t>Einige Jahre nach den Übergriffen entwickelte der GS diverse Beschwerden (Kopf-, Magen- und Blasenprobleme). Im Alter von 17 Jahren stellte der Hausarzt eine PTBS fest.</t>
+  </si>
+  <si>
+    <t>13.07.2023</t>
+  </si>
+  <si>
+    <t>362/2023</t>
+  </si>
+  <si>
+    <t>Ehemann der GSin wurde vom Täter aus nichtigem Anlass mit Messerstichen in Bauch und Rücken schwer verletzt, auf Bahngeleise gestossen, mehrfach ins Gesicht geschlagen und auf den Geleisen wehrlos liegen gelassen. Der Ehemann erlitt neben den körperlichen Verletzungen (Stichverletzungen, Rippenbrüche mit längerem Spitalaufenthalt) schwere psychische Beeinträchtigungen, chronische postoperative und posttraumatische Schmerzen, war nur noch sehr eingeschränkt arbeitsfähig und zog sich sozial stark zurück.</t>
+  </si>
+  <si>
+    <t>Starke eigene Traumatisierung der GSin infolge Beeinträchtigung und Wesensveränderung des Ehemannes (GSin musste ihn pflegen und psychologisch betreuen), existentielle finanzielle Sorgen</t>
+  </si>
+  <si>
+    <t>Aufgrund des grossen Betreuungsaufwandes musste GSin ihre selbständige Tätigkeit stark reduzieren.</t>
+  </si>
+  <si>
+    <t>Ehemann musste von der GSin gepflegt und betreut werden.</t>
+  </si>
+  <si>
+    <t>Persönlichkeitsveränderung des Ehemannes (starker sozialer Rückzug von Familie, Kinder)</t>
+  </si>
+  <si>
+    <t>Der Täter versetzte dem GS (Sicherheitsbeauftragter der Bahn) frühmorgens aus nichtigem Anlass mit einem Messer einen Stich in den Bauch und drei Stiche in den Rücken mit den Worten "du verrecksch hüt und jetzt". Als der GS wegen der Verletzungen in die Knie ging, versetzte der Täter ihm einen Stoss, so dass der GS auf die Geleise fiel und aufgrund der schweren Verletzungen dort liegen blieb. Der Täter folgte ihm und versetzte ihm Faustschläge gegen Kopf und Gesicht. Dann liess er von dem reglos auf den Gleisen liegen gebliebenen Opfer ab.</t>
+  </si>
+  <si>
+    <t>45000</t>
+  </si>
+  <si>
+    <t>3 Stickverletzungen im Rücken, Brüche von Brustwirbeln und Rippen; Stichverletzung im Mittelbauch mit Verletzung oberhalb des Dünndarms; Blutansammlung zwischen Bauchspeicheldrüse und Zwölffingerdarm; leichtes SH-Trauma mit RQW am Hinterkopf; akute Belastungsreaktion; PTBS; Suizidgedanken, chronische postoperative Schmerzen.</t>
+  </si>
+  <si>
+    <t>Schmerz- und Physiotherapie; EMDR-Therapie 2x/Woche bis 2 Jahre nach der Straftat; Schmerzmedikation</t>
+  </si>
+  <si>
+    <t>70-80% bis 2 Jahre nach der Straftat</t>
+  </si>
+  <si>
+    <t>anhaltende starke Schmerzen in Rücken/Beinen; schwere psych. Beeinträchtigung mit Wesensveränderung</t>
+  </si>
+  <si>
+    <t>erhebliche Auswirkungen auf Berufs- und Privatleben; finanzielle Abhängigkeit von Ehefrau</t>
+  </si>
+  <si>
+    <t>12.07.2023</t>
+  </si>
+  <si>
+    <t>206/2023</t>
+  </si>
+  <si>
+    <t>Der Täter schlug den schlafenden GS in dessen Zimmer ins Gesicht und stach ihn mit einem Küchenmesser mehrfach heftig gegen den Kopf und ins Gesicht. Der GS wehrte sich und konnte aus dem Bett aufstehen - der Täter stach weiter total ca. 10x auf ihn ein.</t>
+  </si>
+  <si>
+    <t>5 Schnitt- und Stichverletzungen Hals 1-6cm lang, 2 Stichverletzungen Nacken, Bruch Oberkieferspitze und Nasenbein</t>
+  </si>
+  <si>
+    <t>5 Tage Spital, primäre Wundversorgung, keine Gefässverletzung</t>
+  </si>
+  <si>
+    <t>Psychotherapie (bereits vorbestehend) - Frequenz erhöht als Folge der Straftat</t>
+  </si>
+  <si>
+    <t>Narben Gesicht, Hals, Kopf</t>
+  </si>
+  <si>
+    <t>asperiert mit C2</t>
+  </si>
+  <si>
+    <t>23.06.2023</t>
+  </si>
+  <si>
+    <t>265/2023</t>
+  </si>
+  <si>
+    <t>1600 CHF</t>
+  </si>
+  <si>
+    <t>16-jährige GS wird vom Nachbar gestalkt (Abpassen im Treppenhaus, auf den Weg von/zur Schule, Nachrichten in sozialen Medien, Beobachten vom Balkon). Einmal blockiert er Lift und versperrt Ausweg, fasst sie an Schulter an um Instagram-Name zu erhalten. Dauer: 3 Monate</t>
+  </si>
+  <si>
+    <t>1400 CHF</t>
+  </si>
+  <si>
+    <t>Angst, Anpassung Lebensgewohnheiten (Weg, Zeiten), Umzug, Blockaden mit Erstarrung, eingeschüchtert</t>
+  </si>
+  <si>
+    <t>minderjähriges Opfer, Täter wohnte im selben Mehrfamilienhaus (geschützter Raum)</t>
+  </si>
+  <si>
+    <t>12.06.2023</t>
+  </si>
+  <si>
+    <t>186/2023</t>
+  </si>
+  <si>
+    <t>GS war mit Bruder und Cousin unterwegs. Jemand zieht Bruder am T-Shirt und wirft ihn zu Boden. GS &amp; Cousin wollen dazwischengehen. Täter zieht GS zurück und als GS zurückschaut, schlägt ihm Täter Faust ins Gesicht, woraufhin GS ohnmächtig zu Boden fällt.</t>
+  </si>
+  <si>
+    <t>dislozierte Jochbeinfraktur rechts, contusio bulbi mit Hornhaut und Bindehaut erosio</t>
+  </si>
+  <si>
+    <t>4 Tage Spitalaufenthalt</t>
+  </si>
+  <si>
+    <t>1 OP</t>
+  </si>
+  <si>
+    <t>Befeuchten der Augen, regelmässige Kontrolle Augen nötig</t>
+  </si>
+  <si>
+    <t>9 Wochen</t>
+  </si>
+  <si>
+    <t>erhöhtes Risiko Netzhautablösung, erhöhter Augendruck und Entwicklung Glaucom</t>
+  </si>
+  <si>
+    <t>18.04.2023</t>
+  </si>
+  <si>
+    <t>627/2020</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin wurde vom um 6 Jahre älteren Cousin zwischen dem 9. und 15. Altersjahr bei diversen Vorfällen Opfer von sexuellen Handlungen mit Kindern, sexueller Nötigung und Vergewaltigung. Orale Befriedigung mit Ejakulation in den Mund, Schläge, wenn sich die Gesuchstellerin weigerte. Vaginale Penetration.</t>
+  </si>
+  <si>
+    <t>Depression, selbstverletzendes Verhalten, Suizidgedanken, Substanzmissbrauch, Zwänge, sozialer Rückzug</t>
+  </si>
+  <si>
+    <t>Schülerin</t>
+  </si>
+  <si>
+    <t>Probleme in Schule und Ausbildung</t>
+  </si>
+  <si>
+    <t>sehr junges Alter</t>
+  </si>
+  <si>
+    <t>9-15 jährige GS wird von 6 Jahre älteren Cousin div. missbraucht: orale Befriedigung mit Ejakulation in Mund, Schläge bei Weigerung, vaginale Penetration</t>
+  </si>
+  <si>
+    <t>Depression, Zwänge</t>
+  </si>
+  <si>
+    <t>Schulprobleme, selbstverletzendes Verhalten, Suizidgedanken, Substanzmissbrauch, sozialer Rückzug</t>
+  </si>
+  <si>
+    <t>minderjähriges Alter, Täter = Familie</t>
+  </si>
+  <si>
+    <t>22.03.2023</t>
+  </si>
+  <si>
+    <t>2022-14872</t>
+  </si>
+  <si>
+    <t>Der Sohn des Gesuchstellers wurde von einem schuldunfähigen Täter mit einem Messer getötet.</t>
+  </si>
+  <si>
+    <t>Der Verlust des Sohnes belastet den Gesuchsteller psychisch.</t>
+  </si>
+  <si>
+    <t>13.03.2023</t>
+  </si>
+  <si>
+    <t>1204-02, 008/2023</t>
+  </si>
+  <si>
+    <t>A la suite d’une dispute entre concubins, l’auteur pousse sa compagne contre le rétroviseur de la voiture et la lance par terre dans le coin du garage. Il la saisit ensuite par les cheveux et la pousse contre un meuble. Il se met ensuite sur elle et la bloque. Par trois fois, il lui tape la tête au sol et plante son doigt dans sa bouche et tire sa joue en arrière.</t>
+  </si>
+  <si>
+    <t>selon jurisprudence</t>
+  </si>
+  <si>
+    <t>consultation médicale et prise d'un traitement antalgique</t>
+  </si>
+  <si>
+    <t>10.03.2023</t>
+  </si>
+  <si>
+    <t>1/23</t>
+  </si>
+  <si>
+    <t>3750 CHF</t>
+  </si>
+  <si>
+    <t>Lors d'une fête de village, la victime, un jeune homme, a eu une altercation avec un autre homme. L'auteur est ensuite arrivé pour voler à la rescousse de l'autre homme, a ceinturé la victime par derrière, l'a soulevée et l'a projetée par-dessus la barrière d'une passerelle. La victime est lourdement retombée sur une berge en béton, 3,70m plus bas.</t>
+  </si>
+  <si>
+    <t>Fracture du plateau supérieur et du corps vertébral L5, état de stress post-traumatique</t>
+  </si>
+  <si>
+    <t>Hospitalisation durant 4 jours</t>
+  </si>
+  <si>
+    <t>Immobilisation avec un corset durant 6 semaines / Suivi auprès d'un psychiatre</t>
+  </si>
+  <si>
+    <t>9 semaines à 100%, puis 2 semaines à 50%</t>
+  </si>
+  <si>
+    <t>Evolution favorable de l'état de santé de la victime</t>
+  </si>
+  <si>
+    <t>07.02.2023</t>
+  </si>
+  <si>
+    <t>LAV 666</t>
+  </si>
+  <si>
+    <t>Autore colpevole di lesioni semplici, ha colpito la vittima dapprima con due mani all'altezza delle spalle e poi le ha sferrato un pugno all'altezza dello zigomo sinistro. Autore e vittima non avevano nessun rapporto, la vittima è stata scelta a caso.</t>
+  </si>
+  <si>
+    <t>55'000</t>
+  </si>
+  <si>
+    <t>Lesioni semplici: multiple fratture a livello orbita, seno mascellare e arco zigomatico a sinistra --&gt; interventi chirurgici risolutivi.</t>
+  </si>
+  <si>
+    <t>5 giorni</t>
+  </si>
+  <si>
+    <t>2 interventi chirurgici (1 in Ticino 1 in altro cantone)</t>
+  </si>
+  <si>
+    <t>14 giorni</t>
+  </si>
+  <si>
+    <t>ipoestesie e disestesie al volto</t>
+  </si>
+  <si>
+    <t>27.01.2023</t>
+  </si>
+  <si>
+    <t>LAV 669</t>
+  </si>
+  <si>
+    <t>Morte della madre per mano del padre (assassinio).</t>
+  </si>
+  <si>
+    <t>Richiesta non quantificata</t>
+  </si>
+  <si>
+    <t>Lungo percorso psicoterapeutico (diversi anni)</t>
+  </si>
+  <si>
+    <t>Numerose assenze dal lavoro e scolastiche</t>
+  </si>
+  <si>
+    <t>Necessità di cambiare domicilio, nomina di un curatore, cambiamento stile di vita.</t>
+  </si>
+  <si>
+    <t>Giovane età del congiunto della vittima (appena maggiorenne)</t>
+  </si>
+  <si>
+    <t>09.01.2023</t>
+  </si>
+  <si>
+    <t>OHG 4'031</t>
+  </si>
+  <si>
+    <t>Gesuchsteller wurde von Bekannter wahrheitswidrig eines Sexualdelikts beschuldigt und für rund 25 Stunden inhaftiert. Die Bekannte wurde der falschen Anschuldigung und der Freiheitsberaubung und Entführung (mittelbare Täterschaft) schuldig gesprochen</t>
+  </si>
+  <si>
+    <t>Geringefügige Beeinträchtigung und Subsidiarität (Haftentschädigung)</t>
+  </si>
+  <si>
+    <t>16.12.2022</t>
+  </si>
+  <si>
+    <t>718/2022</t>
+  </si>
+  <si>
+    <t>Entführung erwachsener Sohn. Mehrere Stunden gefesselt, misshandelt und schliesslich erstickt. Die Tat wurde von mehreren Tätern kaltblütig geplant.</t>
+  </si>
+  <si>
+    <t>Opfer einziges Kind der GS, enger Kontakt, GS machte Büro des Geschäftes des Opfers, oft gesehen</t>
+  </si>
+  <si>
+    <t>18.11.2022</t>
+  </si>
+  <si>
+    <t>533/2022</t>
+  </si>
+  <si>
+    <t>Im Rahmen einer verbalen Auseinandersetzung zwischen 2 Gruppen junger Männer wurde der Gesuchsteller mit der Faust geschlagen. Er ging zu Boden. Anschliessend wurde ihm von verschiedenen Tätern mit voller Kraft gegen den Kopf geschlagen. Der Gesuchsteller intervenierte  deeskalierend und als er angegriffen wurde, wehrte er nur ab.</t>
+  </si>
+  <si>
+    <t>Schädelbruch rechts (Stirn/Schläfe), Unterkieferbruch, Verschiebung der Hirnmittellinie nach links + diverse Hautein- und unterblutungen, psychotische Phasen mit Halluzinationen, Albträume und Panikattacken, Suizidgedanken</t>
+  </si>
+  <si>
+    <t>12 Tage im Koma im Spital, 6 Monate Spital- und Rehaklinik-Aufenthalt</t>
+  </si>
+  <si>
+    <t>Schüler (fehlte 7 Monate in der Schule)</t>
+  </si>
+  <si>
+    <t>Chronisches Psychosyndrom, verminderte Belastbarkeit, verminderte Gedächtnis- und Lernleistungen</t>
+  </si>
+  <si>
+    <t>07.07.2022</t>
+  </si>
+  <si>
+    <t>119/2022</t>
+  </si>
+  <si>
+    <t>Die GSin lernte den Täter in Italien. Er überredete sie, mit ihm in die Schweiz zu fahren und als Prostituierte zu arbeiten. Sie vereinbarten, dass er sie in die Schweiz an einen guten Ort bringen würde, dafür schuldete sie dem Täter einen Betrag von Fr. 100'00.-, den sie durch die Hälfte ihrer Einnahmen bezahlen würde. Einmal in der Schweiz bestimmte der Täter Ort, Preise, Arbeitspraktiken und Arbeitszeiten. Er überwachte sie engmaschig, drohte sie mit Gewalt und verlangte die Abgabe sämtlicher Verdienste. Die GSin lebte in permanenter Angst. Dazu wurde sie mehrmals genötigt, den Täter oral zu befriedigen.</t>
+  </si>
+  <si>
+    <t>Posttraumatische Belastungsstörung mit folgenden Symptomen: Schlafsstörungen, Albträume, unmotivierte Angstzustände, Teilnahmlosigkeit, Konzentrationsstörungen, Vermeidung von sozialen Kontakten</t>
+  </si>
+  <si>
+    <t>Bandbreite C mit B asperiert.</t>
+  </si>
+  <si>
+    <t>15.02.2022</t>
+  </si>
+  <si>
+    <t>58/2020</t>
+  </si>
+  <si>
+    <t>Die Gesuchstellerin arbeitete in einem Tankstellenshop als Verkäuferin, als kurz vor Ladenschluss um Mitternacht ein maskierter Täter mit einer Pistole in der Hand in den Laden kam. Er richtete die Waffe auf die Gesuchstellerin und verlangte, dass sie ihm das Bargeld herausgebe. Die Gesuchstellerin stand unter Schock und rief den Lernenden, welcher sich im Personalraum befand. Der Täter bedrohte auch den Lernenden mit der Waffe, worauf ihm dieser das Geld aus der Kasse aushändigte. Daraufhin flüchtete der Täter.</t>
+  </si>
+  <si>
+    <t>PTBS mit Schlafstörungen, Alpträume, Flashbacks, Angstzuständen und Hyperarrousals, mittelschwere Depression, sozialer Rückzug, innere Unruhe und Anspannung, Kraftlosigkeit</t>
+  </si>
+  <si>
+    <t>3 Jahre</t>
+  </si>
+  <si>
+    <t>psychische Beschwerden</t>
+  </si>
+  <si>
+    <t>23.09.2021</t>
+  </si>
+  <si>
+    <t>507/2021</t>
+  </si>
+  <si>
+    <t>Im Rahmen einer gegenseitigen, alltäglichen Auseinandersetzung bemächtigte sich der Täter (Vater der Gesuchstellerin) eines Messers und stach mehrmals auf das Opfer (Mutter der Gesuchstellerin) ein, u.a. ins Herz. Das Opfer verstarb aufgrund eines hohen Blutverlustes unter Reanimationsversuchen ihrer Kinder.</t>
+  </si>
+  <si>
+    <t>Depression,  Schlaflosigkeit, Stress, Überforderungsgefühle, Konzentrationsschwierigkeiten</t>
+  </si>
+  <si>
+    <t>Veränderung Lebensweise, Verlust nächste Bezugsperson, Übernahme Mutterrolle für Geschwister</t>
+  </si>
+  <si>
+    <t>Gesuchstellerin war erst 21 Jahre alt</t>
+  </si>
+  <si>
+    <t>18.03.2021</t>
+  </si>
+  <si>
+    <t>500/2019</t>
+  </si>
+  <si>
+    <t>Zahlreiche Vorfälle von häuslicher Gewalt durch den damaligen Freund der 20-jährigen Gesuchstellerin während rund 1 Jahr: Ins Gesicht geschlagen, in der Wohnung eingeschlossen, anal eingedrungen, mit Kissen/Händen gewürgt, bespuckt, geschlagen, gedroht, die Gesuchstellerin mit absichtlich herbeigeführtem Unfall umbringen zu wollen, sie im Teich zu ertränken und umzubringen</t>
+  </si>
+  <si>
+    <t>Rezidivierende depressive Störung, Panikstörung, generalisierte Angststörung, posttraumatische Belastungsstörung, Verhaltensstörung durch Alkohol (schädlicher Gebrauch)</t>
+  </si>
+  <si>
+    <t>mehrere stationäre Aufenthalte im Psychiatrie</t>
+  </si>
+  <si>
+    <t>stationäre und ambulante Psychotherapie, psychiatrische Spitex</t>
+  </si>
+  <si>
+    <t>mind. 3 Jahre, IV Anmeldung erfolgt</t>
+  </si>
+  <si>
+    <t>25.02.2021</t>
+  </si>
+  <si>
+    <t>90/2021</t>
+  </si>
+  <si>
+    <t>Der Täter folgte der 20-jährigen Gesuchstellerin (Touristin in der Schweiz) um Mitternacht beim Aussteigen aus dem Zug durch die Bahnhofsunterführung. Dort packte er sie von hinten, warf sie auf die Treppe und vergewaltigte sie, indem er ihr den Mund und die Nase zuhielt, so dass die Gesuchstellerin Atemnot bekam (brutales Vorgehen).</t>
+  </si>
+  <si>
+    <t>div. Blutergüsse und Hautabschürfungen am ganzen Körper, Symptome einer PTBS (sich aufdrängende Erinnerungen, Albträume, Dissoziation), depressive Symptome (Schlaf-/Konzentrationsprobleme, Reizbarkeit, Hyperviliganz), anhaltende psych. Beeinträchtigungen 1 Jahr nach Tat</t>
+  </si>
+  <si>
+    <t>Rechtsmedizinische Untersuchung im Spital</t>
+  </si>
+  <si>
+    <t>prophylaktische Medikamente gegen HIV, Clamydien, Gonorrhoe, Psychotherapie</t>
+  </si>
+  <si>
+    <t>Todesangst</t>
+  </si>
+  <si>
+    <t>16.01.2020</t>
+  </si>
+  <si>
+    <t>476/2016</t>
+  </si>
+  <si>
+    <t>Anlässlich einer verbalen und tätlichen Auseinandersetzung schlug und stach der Täter mehrfach mit dem abgebrochenen Teil einer Bierflasche auf den Oberkörper und Kopf des Gesuchstellers ein.</t>
+  </si>
+  <si>
+    <t>Tiefe Schnittverletzung linkes Ohr mit Durchtrennung der oberflächlichen Schläfenarterie und der querverlaufenden Schlagader des Gesichts, Ohr inkl. Knorpel an mehreren Stellen durchtrennt, multiple Schnittverletzungen an Rücken und Schulter links, PTBS mit Angstzuständen, Schlafstörungen, innere Unruhe, Angespanntheit, Wiedererleben der Ereignisse</t>
+  </si>
+  <si>
+    <t>3 Tage (Schockraum)</t>
+  </si>
+  <si>
+    <t>psychiatrische Behandlung (3 Monate), danach stationärer Aufenthalt (massive Verschlechterung)</t>
+  </si>
+  <si>
+    <t>17 Tage</t>
+  </si>
+  <si>
+    <t>Narbe hinter Ohr mit Sensibilitätsstörungen am Ohr, nach 2 J. noch anhaltende psych. Beschwerden</t>
+  </si>
+  <si>
+    <t>Kat. A/1 aspiriert mit Kat. C/1</t>
+  </si>
+  <si>
+    <t>06.02.2019</t>
+  </si>
+  <si>
+    <t>113/2019</t>
+  </si>
+  <si>
+    <t>Die GSin befand sich mit einem Kollegen in einem Park, als ihr plötzlich ein nur spärlich bekleideter, offenbar nicht zurechnungsfähiger Mann mit einem Holzbrett nachrannte und schliesslich auf den Kopf schlug.</t>
+  </si>
+  <si>
+    <t>RQW an Stirn, Verstauchung des Sprunggelenks rechts, Prellung des Unterarms links, Kopf- und Nackenschmerzen, schwere PTBS, mittelgradige Depression mit Schreckhaftigkeit, intrusiven Erinnerungen an den Gewaltakt,  Schlafstörungen mit Albträumen, Zukunfts- und Existenzängsten mit Schweissausbrüchen, Panikstörung mit Agoraphobie</t>
+  </si>
+  <si>
+    <t>ambulante Wundbehandlung</t>
+  </si>
+  <si>
+    <t>Lange Psychotherapie und Einsatz einer psychiatrischen Spitex, medikamentenöse Behandlung</t>
+  </si>
+  <si>
+    <t>1 1/2 Jahre</t>
+  </si>
+  <si>
+    <t>asperiert mit A1, erhebliche Veränderung der Lebensweise (GSin ging nicht mehr aus dem Haus)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
@@ -441,60 +8456,60 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB1"/>
+  <dimension ref="A1:AC448"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="28" width="30.7109375" customWidth="1"/>
+    <col min="1" max="29" width="30.7109375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:28" s="1" customFormat="1" ht="20" customHeight="1">
+    <row r="1" spans="1:29" s="1" customFormat="1" ht="20" customHeight="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>3</v>
       </c>
       <c r="E1" s="1" t="s">
         <v>4</v>
       </c>
       <c r="F1" s="1" t="s">
         <v>5</v>
       </c>
       <c r="G1" s="1" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="1" t="s">
         <v>7</v>
       </c>
       <c r="I1" s="1" t="s">
@@ -534,50 +8549,39611 @@
         <v>19</v>
       </c>
       <c r="U1" s="1" t="s">
         <v>20</v>
       </c>
       <c r="V1" s="1" t="s">
         <v>21</v>
       </c>
       <c r="W1" s="1" t="s">
         <v>22</v>
       </c>
       <c r="X1" s="1" t="s">
         <v>23</v>
       </c>
       <c r="Y1" s="1" t="s">
         <v>24</v>
       </c>
       <c r="Z1" s="1" t="s">
         <v>25</v>
       </c>
       <c r="AA1" s="1" t="s">
         <v>26</v>
       </c>
       <c r="AB1" s="1" t="s">
         <v>27</v>
+      </c>
+      <c r="AC1" s="1" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="2" spans="1:29">
+      <c r="A2" t="s">
+        <v>29</v>
+      </c>
+      <c r="B2" t="s">
+        <v>30</v>
+      </c>
+      <c r="C2" t="s">
+        <v>31</v>
+      </c>
+      <c r="D2" t="s">
+        <v>32</v>
+      </c>
+      <c r="E2" t="s">
+        <v>33</v>
+      </c>
+      <c r="F2" t="s">
+        <v>34</v>
+      </c>
+      <c r="G2" t="s">
+        <v>35</v>
+      </c>
+      <c r="H2" t="s">
+        <v>35</v>
+      </c>
+      <c r="I2" t="s">
+        <v>35</v>
+      </c>
+      <c r="J2" t="s">
+        <v>36</v>
+      </c>
+      <c r="K2" t="s">
+        <v>35</v>
+      </c>
+      <c r="L2" t="s">
+        <v>37</v>
+      </c>
+      <c r="M2" t="s">
+        <v>38</v>
+      </c>
+      <c r="N2" t="s">
+        <v>38</v>
+      </c>
+      <c r="O2" t="s">
+        <v>35</v>
+      </c>
+      <c r="P2" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q2" t="s">
+        <v>40</v>
+      </c>
+      <c r="R2" t="s">
+        <v>41</v>
+      </c>
+      <c r="S2" t="s">
+        <v>35</v>
+      </c>
+      <c r="T2" t="s">
+        <v>42</v>
+      </c>
+      <c r="U2" t="s">
+        <v>43</v>
+      </c>
+      <c r="V2" t="s">
+        <v>35</v>
+      </c>
+      <c r="W2" t="s">
+        <v>35</v>
+      </c>
+      <c r="X2" t="s">
+        <v>44</v>
+      </c>
+      <c r="Y2" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z2" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA2" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB2" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC2" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="3" spans="1:29">
+      <c r="A3" t="s">
+        <v>29</v>
+      </c>
+      <c r="B3" t="s">
+        <v>30</v>
+      </c>
+      <c r="C3" t="s">
+        <v>47</v>
+      </c>
+      <c r="D3" t="s">
+        <v>48</v>
+      </c>
+      <c r="E3" t="s">
+        <v>49</v>
+      </c>
+      <c r="F3" t="s">
+        <v>50</v>
+      </c>
+      <c r="G3" t="s">
+        <v>35</v>
+      </c>
+      <c r="H3" t="s">
+        <v>35</v>
+      </c>
+      <c r="I3" t="s">
+        <v>35</v>
+      </c>
+      <c r="J3" t="s">
+        <v>51</v>
+      </c>
+      <c r="K3" t="s">
+        <v>35</v>
+      </c>
+      <c r="L3" t="s">
+        <v>52</v>
+      </c>
+      <c r="M3" t="s">
+        <v>38</v>
+      </c>
+      <c r="N3" t="s">
+        <v>38</v>
+      </c>
+      <c r="O3" t="s">
+        <v>45</v>
+      </c>
+      <c r="P3" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q3" t="s">
+        <v>53</v>
+      </c>
+      <c r="R3" t="s">
+        <v>54</v>
+      </c>
+      <c r="S3" t="s">
+        <v>55</v>
+      </c>
+      <c r="T3" t="s">
+        <v>56</v>
+      </c>
+      <c r="U3" t="s">
+        <v>57</v>
+      </c>
+      <c r="V3" t="s">
+        <v>58</v>
+      </c>
+      <c r="W3" t="s">
+        <v>35</v>
+      </c>
+      <c r="X3" t="s">
+        <v>59</v>
+      </c>
+      <c r="Y3" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z3" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA3" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB3" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC3" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="4" spans="1:29">
+      <c r="A4" t="s">
+        <v>29</v>
+      </c>
+      <c r="B4" t="s">
+        <v>60</v>
+      </c>
+      <c r="C4" t="s">
+        <v>47</v>
+      </c>
+      <c r="D4" t="s">
+        <v>61</v>
+      </c>
+      <c r="E4" t="s">
+        <v>62</v>
+      </c>
+      <c r="F4" t="s">
+        <v>35</v>
+      </c>
+      <c r="G4" t="s">
+        <v>63</v>
+      </c>
+      <c r="H4" t="s">
+        <v>35</v>
+      </c>
+      <c r="I4" t="s">
+        <v>35</v>
+      </c>
+      <c r="J4" t="s">
+        <v>64</v>
+      </c>
+      <c r="K4" t="s">
+        <v>35</v>
+      </c>
+      <c r="L4" t="s">
+        <v>65</v>
+      </c>
+      <c r="M4" t="s">
+        <v>62</v>
+      </c>
+      <c r="N4" t="s">
+        <v>38</v>
+      </c>
+      <c r="O4" t="s">
+        <v>35</v>
+      </c>
+      <c r="P4" t="s">
+        <v>66</v>
+      </c>
+      <c r="Q4" t="s">
+        <v>67</v>
+      </c>
+      <c r="R4" t="s">
+        <v>35</v>
+      </c>
+      <c r="S4" t="s">
+        <v>35</v>
+      </c>
+      <c r="T4" t="s">
+        <v>68</v>
+      </c>
+      <c r="U4" t="s">
+        <v>35</v>
+      </c>
+      <c r="V4" t="s">
+        <v>69</v>
+      </c>
+      <c r="W4" t="s">
+        <v>35</v>
+      </c>
+      <c r="X4" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y4" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z4" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA4" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB4" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC4" t="s">
+        <v>71</v>
+      </c>
+    </row>
+    <row r="5" spans="1:29">
+      <c r="A5" t="s">
+        <v>72</v>
+      </c>
+      <c r="B5" t="s">
+        <v>60</v>
+      </c>
+      <c r="C5" t="s">
+        <v>73</v>
+      </c>
+      <c r="D5" t="s">
+        <v>74</v>
+      </c>
+      <c r="E5" t="s">
+        <v>75</v>
+      </c>
+      <c r="F5" t="s">
+        <v>35</v>
+      </c>
+      <c r="G5" t="s">
+        <v>76</v>
+      </c>
+      <c r="H5" t="s">
+        <v>35</v>
+      </c>
+      <c r="I5" t="s">
+        <v>35</v>
+      </c>
+      <c r="J5" t="s">
+        <v>77</v>
+      </c>
+      <c r="K5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L5" t="s">
+        <v>78</v>
+      </c>
+      <c r="M5" t="s">
+        <v>75</v>
+      </c>
+      <c r="N5" t="s">
+        <v>75</v>
+      </c>
+      <c r="O5" t="s">
+        <v>35</v>
+      </c>
+      <c r="P5" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q5" t="s">
+        <v>35</v>
+      </c>
+      <c r="R5" t="s">
+        <v>35</v>
+      </c>
+      <c r="S5" t="s">
+        <v>35</v>
+      </c>
+      <c r="T5" t="s">
+        <v>80</v>
+      </c>
+      <c r="U5" t="s">
+        <v>81</v>
+      </c>
+      <c r="V5" t="s">
+        <v>35</v>
+      </c>
+      <c r="W5" t="s">
+        <v>35</v>
+      </c>
+      <c r="X5" t="s">
+        <v>82</v>
+      </c>
+      <c r="Y5" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z5" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA5" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB5" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="6" spans="1:29">
+      <c r="A6" t="s">
+        <v>83</v>
+      </c>
+      <c r="B6" t="s">
+        <v>60</v>
+      </c>
+      <c r="C6" t="s">
+        <v>84</v>
+      </c>
+      <c r="D6" t="s">
+        <v>85</v>
+      </c>
+      <c r="E6" t="s">
+        <v>49</v>
+      </c>
+      <c r="F6" t="s">
+        <v>35</v>
+      </c>
+      <c r="G6" t="s">
+        <v>86</v>
+      </c>
+      <c r="H6" t="s">
+        <v>35</v>
+      </c>
+      <c r="I6" t="s">
+        <v>35</v>
+      </c>
+      <c r="J6" t="s">
+        <v>87</v>
+      </c>
+      <c r="K6" t="s">
+        <v>35</v>
+      </c>
+      <c r="L6" t="s">
+        <v>88</v>
+      </c>
+      <c r="M6" t="s">
+        <v>49</v>
+      </c>
+      <c r="N6" t="s">
+        <v>38</v>
+      </c>
+      <c r="O6" t="s">
+        <v>35</v>
+      </c>
+      <c r="P6" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q6" t="s">
+        <v>90</v>
+      </c>
+      <c r="R6" t="s">
+        <v>35</v>
+      </c>
+      <c r="S6" t="s">
+        <v>35</v>
+      </c>
+      <c r="T6" t="s">
+        <v>91</v>
+      </c>
+      <c r="U6" t="s">
+        <v>35</v>
+      </c>
+      <c r="V6" t="s">
+        <v>35</v>
+      </c>
+      <c r="W6" t="s">
+        <v>35</v>
+      </c>
+      <c r="X6" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y6" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA6" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB6" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC6" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="7" spans="1:29">
+      <c r="A7" t="s">
+        <v>72</v>
+      </c>
+      <c r="B7" t="s">
+        <v>30</v>
+      </c>
+      <c r="C7" t="s">
+        <v>92</v>
+      </c>
+      <c r="D7" t="s">
+        <v>93</v>
+      </c>
+      <c r="E7" t="s">
+        <v>94</v>
+      </c>
+      <c r="F7" t="s">
+        <v>95</v>
+      </c>
+      <c r="G7" t="s">
+        <v>35</v>
+      </c>
+      <c r="H7" t="s">
+        <v>35</v>
+      </c>
+      <c r="I7" t="s">
+        <v>35</v>
+      </c>
+      <c r="J7" t="s">
+        <v>96</v>
+      </c>
+      <c r="K7" t="s">
+        <v>35</v>
+      </c>
+      <c r="L7" t="s">
+        <v>97</v>
+      </c>
+      <c r="M7" t="s">
+        <v>98</v>
+      </c>
+      <c r="N7" t="s">
+        <v>38</v>
+      </c>
+      <c r="O7" t="s">
+        <v>35</v>
+      </c>
+      <c r="P7" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q7" t="s">
+        <v>100</v>
+      </c>
+      <c r="R7" t="s">
+        <v>101</v>
+      </c>
+      <c r="S7" t="s">
+        <v>102</v>
+      </c>
+      <c r="T7" t="s">
+        <v>35</v>
+      </c>
+      <c r="U7" t="s">
+        <v>103</v>
+      </c>
+      <c r="V7" t="s">
+        <v>104</v>
+      </c>
+      <c r="W7" t="s">
+        <v>105</v>
+      </c>
+      <c r="X7" t="s">
+        <v>106</v>
+      </c>
+      <c r="Y7" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z7" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA7" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB7" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC7" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="8" spans="1:29">
+      <c r="A8" t="s">
+        <v>72</v>
+      </c>
+      <c r="B8" t="s">
+        <v>30</v>
+      </c>
+      <c r="C8" t="s">
+        <v>107</v>
+      </c>
+      <c r="D8" t="s">
+        <v>108</v>
+      </c>
+      <c r="E8" t="s">
+        <v>109</v>
+      </c>
+      <c r="F8" t="s">
+        <v>34</v>
+      </c>
+      <c r="G8" t="s">
+        <v>35</v>
+      </c>
+      <c r="H8" t="s">
+        <v>35</v>
+      </c>
+      <c r="I8" t="s">
+        <v>35</v>
+      </c>
+      <c r="J8" t="s">
+        <v>110</v>
+      </c>
+      <c r="K8" t="s">
+        <v>35</v>
+      </c>
+      <c r="L8" t="s">
+        <v>111</v>
+      </c>
+      <c r="M8" t="s">
+        <v>109</v>
+      </c>
+      <c r="N8" t="s">
+        <v>38</v>
+      </c>
+      <c r="O8" t="s">
+        <v>35</v>
+      </c>
+      <c r="P8" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q8" t="s">
+        <v>35</v>
+      </c>
+      <c r="R8" t="s">
+        <v>113</v>
+      </c>
+      <c r="S8" t="s">
+        <v>35</v>
+      </c>
+      <c r="T8" t="s">
+        <v>114</v>
+      </c>
+      <c r="U8" t="s">
+        <v>35</v>
+      </c>
+      <c r="V8" t="s">
+        <v>115</v>
+      </c>
+      <c r="W8" t="s">
+        <v>45</v>
+      </c>
+      <c r="X8" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y8" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z8" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA8" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB8" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC8" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="9" spans="1:29">
+      <c r="A9" t="s">
+        <v>117</v>
+      </c>
+      <c r="B9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C9" t="s">
+        <v>118</v>
+      </c>
+      <c r="D9" t="s">
+        <v>119</v>
+      </c>
+      <c r="E9" t="s">
+        <v>33</v>
+      </c>
+      <c r="F9" t="s">
+        <v>34</v>
+      </c>
+      <c r="G9" t="s">
+        <v>35</v>
+      </c>
+      <c r="H9" t="s">
+        <v>35</v>
+      </c>
+      <c r="I9" t="s">
+        <v>35</v>
+      </c>
+      <c r="J9" t="s">
+        <v>120</v>
+      </c>
+      <c r="K9" t="s">
+        <v>35</v>
+      </c>
+      <c r="L9" t="s">
+        <v>97</v>
+      </c>
+      <c r="M9" t="s">
+        <v>38</v>
+      </c>
+      <c r="N9" t="s">
+        <v>38</v>
+      </c>
+      <c r="O9" t="s">
+        <v>35</v>
+      </c>
+      <c r="P9" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q9" t="s">
+        <v>121</v>
+      </c>
+      <c r="R9" t="s">
+        <v>122</v>
+      </c>
+      <c r="S9" t="s">
+        <v>123</v>
+      </c>
+      <c r="T9" t="s">
+        <v>35</v>
+      </c>
+      <c r="U9" t="s">
+        <v>35</v>
+      </c>
+      <c r="V9" t="s">
+        <v>124</v>
+      </c>
+      <c r="W9" t="s">
+        <v>35</v>
+      </c>
+      <c r="X9" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y9" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z9" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA9" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB9" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC9" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="10" spans="1:29">
+      <c r="A10" t="s">
+        <v>72</v>
+      </c>
+      <c r="B10" t="s">
+        <v>60</v>
+      </c>
+      <c r="C10" t="s">
+        <v>125</v>
+      </c>
+      <c r="D10" t="s">
+        <v>126</v>
+      </c>
+      <c r="E10" t="s">
+        <v>127</v>
+      </c>
+      <c r="F10" t="s">
+        <v>35</v>
+      </c>
+      <c r="G10" t="s">
+        <v>86</v>
+      </c>
+      <c r="H10" t="s">
+        <v>35</v>
+      </c>
+      <c r="I10" t="s">
+        <v>35</v>
+      </c>
+      <c r="J10" t="s">
+        <v>128</v>
+      </c>
+      <c r="K10" t="s">
+        <v>35</v>
+      </c>
+      <c r="L10" t="s">
+        <v>88</v>
+      </c>
+      <c r="M10" t="s">
+        <v>49</v>
+      </c>
+      <c r="N10" t="s">
+        <v>38</v>
+      </c>
+      <c r="O10" t="s">
+        <v>35</v>
+      </c>
+      <c r="P10" t="s">
+        <v>129</v>
+      </c>
+      <c r="Q10" t="s">
+        <v>130</v>
+      </c>
+      <c r="R10" t="s">
+        <v>35</v>
+      </c>
+      <c r="S10" t="s">
+        <v>35</v>
+      </c>
+      <c r="T10" t="s">
+        <v>131</v>
+      </c>
+      <c r="U10" t="s">
+        <v>35</v>
+      </c>
+      <c r="V10" t="s">
+        <v>35</v>
+      </c>
+      <c r="W10" t="s">
+        <v>35</v>
+      </c>
+      <c r="X10" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y10" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z10" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA10" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB10" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC10" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="11" spans="1:29">
+      <c r="A11" t="s">
+        <v>29</v>
+      </c>
+      <c r="B11" t="s">
+        <v>132</v>
+      </c>
+      <c r="C11" t="s">
+        <v>133</v>
+      </c>
+      <c r="D11" t="s">
+        <v>134</v>
+      </c>
+      <c r="E11" t="s">
+        <v>135</v>
+      </c>
+      <c r="F11" t="s">
+        <v>35</v>
+      </c>
+      <c r="G11" t="s">
+        <v>35</v>
+      </c>
+      <c r="H11" t="s">
+        <v>136</v>
+      </c>
+      <c r="I11" t="s">
+        <v>35</v>
+      </c>
+      <c r="J11" t="s">
+        <v>137</v>
+      </c>
+      <c r="K11" t="s">
+        <v>35</v>
+      </c>
+      <c r="L11" t="s">
+        <v>138</v>
+      </c>
+      <c r="M11" t="s">
+        <v>38</v>
+      </c>
+      <c r="N11" t="s">
+        <v>38</v>
+      </c>
+      <c r="O11" t="s">
+        <v>45</v>
+      </c>
+      <c r="P11" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q11" t="s">
+        <v>35</v>
+      </c>
+      <c r="R11" t="s">
+        <v>35</v>
+      </c>
+      <c r="S11" t="s">
+        <v>35</v>
+      </c>
+      <c r="T11" t="s">
+        <v>35</v>
+      </c>
+      <c r="U11" t="s">
+        <v>35</v>
+      </c>
+      <c r="V11" t="s">
+        <v>140</v>
+      </c>
+      <c r="W11" t="s">
+        <v>35</v>
+      </c>
+      <c r="X11" t="s">
+        <v>141</v>
+      </c>
+      <c r="Y11" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z11" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA11" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB11" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC11" t="s">
+        <v>142</v>
+      </c>
+    </row>
+    <row r="12" spans="1:29">
+      <c r="A12" t="s">
+        <v>29</v>
+      </c>
+      <c r="B12" t="s">
+        <v>143</v>
+      </c>
+      <c r="C12" t="s">
+        <v>133</v>
+      </c>
+      <c r="D12" t="s">
+        <v>144</v>
+      </c>
+      <c r="E12" t="s">
+        <v>145</v>
+      </c>
+      <c r="F12" t="s">
+        <v>35</v>
+      </c>
+      <c r="G12" t="s">
+        <v>35</v>
+      </c>
+      <c r="H12" t="s">
+        <v>35</v>
+      </c>
+      <c r="I12" t="s">
+        <v>146</v>
+      </c>
+      <c r="J12" t="s">
+        <v>147</v>
+      </c>
+      <c r="K12" t="s">
+        <v>35</v>
+      </c>
+      <c r="M12" t="s">
+        <v>148</v>
+      </c>
+      <c r="N12" t="s">
+        <v>38</v>
+      </c>
+      <c r="O12" t="s">
+        <v>35</v>
+      </c>
+      <c r="P12" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q12" t="s">
+        <v>35</v>
+      </c>
+      <c r="R12" t="s">
+        <v>35</v>
+      </c>
+      <c r="S12" t="s">
+        <v>35</v>
+      </c>
+      <c r="T12" t="s">
+        <v>68</v>
+      </c>
+      <c r="U12" t="s">
+        <v>35</v>
+      </c>
+      <c r="V12" t="s">
+        <v>69</v>
+      </c>
+      <c r="W12" t="s">
+        <v>35</v>
+      </c>
+      <c r="X12" t="s">
+        <v>150</v>
+      </c>
+      <c r="Y12" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z12" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA12" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB12" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC12" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="13" spans="1:29">
+      <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
+        <v>30</v>
+      </c>
+      <c r="C13" t="s">
+        <v>133</v>
+      </c>
+      <c r="D13" t="s">
+        <v>152</v>
+      </c>
+      <c r="E13" t="s">
+        <v>75</v>
+      </c>
+      <c r="F13" t="s">
+        <v>50</v>
+      </c>
+      <c r="G13" t="s">
+        <v>35</v>
+      </c>
+      <c r="H13" t="s">
+        <v>35</v>
+      </c>
+      <c r="I13" t="s">
+        <v>35</v>
+      </c>
+      <c r="J13" t="s">
+        <v>153</v>
+      </c>
+      <c r="K13" t="s">
+        <v>35</v>
+      </c>
+      <c r="M13" t="s">
+        <v>75</v>
+      </c>
+      <c r="N13" t="s">
+        <v>38</v>
+      </c>
+      <c r="O13" t="s">
+        <v>35</v>
+      </c>
+      <c r="P13" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q13" t="s">
+        <v>155</v>
+      </c>
+      <c r="R13" t="s">
+        <v>156</v>
+      </c>
+      <c r="S13" t="s">
+        <v>156</v>
+      </c>
+      <c r="T13" t="s">
+        <v>157</v>
+      </c>
+      <c r="U13" t="s">
+        <v>158</v>
+      </c>
+      <c r="V13" t="s">
+        <v>159</v>
+      </c>
+      <c r="W13" t="s">
+        <v>35</v>
+      </c>
+      <c r="X13" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y13" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z13" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA13" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB13" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC13" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14" spans="1:29">
+      <c r="A14" t="s">
+        <v>117</v>
+      </c>
+      <c r="B14" t="s">
+        <v>60</v>
+      </c>
+      <c r="C14" t="s">
+        <v>160</v>
+      </c>
+      <c r="D14" t="s">
+        <v>161</v>
+      </c>
+      <c r="E14" t="s">
+        <v>162</v>
+      </c>
+      <c r="F14" t="s">
+        <v>35</v>
+      </c>
+      <c r="G14" t="s">
+        <v>63</v>
+      </c>
+      <c r="H14" t="s">
+        <v>35</v>
+      </c>
+      <c r="I14" t="s">
+        <v>35</v>
+      </c>
+      <c r="J14" t="s">
+        <v>163</v>
+      </c>
+      <c r="K14" t="s">
+        <v>35</v>
+      </c>
+      <c r="L14" t="s">
+        <v>164</v>
+      </c>
+      <c r="M14" t="s">
+        <v>162</v>
+      </c>
+      <c r="N14" t="s">
+        <v>38</v>
+      </c>
+      <c r="O14" t="s">
+        <v>35</v>
+      </c>
+      <c r="P14" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q14" t="s">
+        <v>35</v>
+      </c>
+      <c r="R14" t="s">
+        <v>35</v>
+      </c>
+      <c r="S14" t="s">
+        <v>35</v>
+      </c>
+      <c r="T14" t="s">
+        <v>35</v>
+      </c>
+      <c r="U14" t="s">
+        <v>35</v>
+      </c>
+      <c r="V14" t="s">
+        <v>35</v>
+      </c>
+      <c r="W14" t="s">
+        <v>35</v>
+      </c>
+      <c r="X14" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y14" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z14" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA14" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB14" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC14" t="s">
+        <v>166</v>
+      </c>
+    </row>
+    <row r="15" spans="1:29">
+      <c r="A15" t="s">
+        <v>29</v>
+      </c>
+      <c r="B15" t="s">
+        <v>30</v>
+      </c>
+      <c r="C15" t="s">
+        <v>167</v>
+      </c>
+      <c r="D15" t="s">
+        <v>168</v>
+      </c>
+      <c r="E15" t="s">
+        <v>109</v>
+      </c>
+      <c r="F15" t="s">
+        <v>34</v>
+      </c>
+      <c r="G15" t="s">
+        <v>35</v>
+      </c>
+      <c r="H15" t="s">
+        <v>35</v>
+      </c>
+      <c r="I15" t="s">
+        <v>35</v>
+      </c>
+      <c r="J15" t="s">
+        <v>169</v>
+      </c>
+      <c r="K15" t="s">
+        <v>35</v>
+      </c>
+      <c r="L15" t="s">
+        <v>111</v>
+      </c>
+      <c r="M15" t="s">
+        <v>109</v>
+      </c>
+      <c r="N15" t="s">
+        <v>38</v>
+      </c>
+      <c r="O15" t="s">
+        <v>35</v>
+      </c>
+      <c r="P15" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q15" t="s">
+        <v>170</v>
+      </c>
+      <c r="R15" t="s">
+        <v>171</v>
+      </c>
+      <c r="S15" t="s">
+        <v>172</v>
+      </c>
+      <c r="T15" t="s">
+        <v>173</v>
+      </c>
+      <c r="U15" t="s">
+        <v>174</v>
+      </c>
+      <c r="V15" t="s">
+        <v>175</v>
+      </c>
+      <c r="W15" t="s">
+        <v>35</v>
+      </c>
+      <c r="X15" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y15" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z15" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA15" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB15" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC15" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16" spans="1:29">
+      <c r="A16" t="s">
+        <v>72</v>
+      </c>
+      <c r="B16" t="s">
+        <v>30</v>
+      </c>
+      <c r="C16" t="s">
+        <v>176</v>
+      </c>
+      <c r="D16" t="s">
+        <v>177</v>
+      </c>
+      <c r="E16" t="s">
+        <v>178</v>
+      </c>
+      <c r="F16" t="s">
+        <v>34</v>
+      </c>
+      <c r="G16" t="s">
+        <v>35</v>
+      </c>
+      <c r="H16" t="s">
+        <v>35</v>
+      </c>
+      <c r="I16" t="s">
+        <v>35</v>
+      </c>
+      <c r="J16" t="s">
+        <v>179</v>
+      </c>
+      <c r="K16" t="s">
+        <v>35</v>
+      </c>
+      <c r="L16" t="s">
+        <v>78</v>
+      </c>
+      <c r="M16" t="s">
+        <v>38</v>
+      </c>
+      <c r="N16" t="s">
+        <v>38</v>
+      </c>
+      <c r="O16" t="s">
+        <v>45</v>
+      </c>
+      <c r="P16" t="s">
+        <v>180</v>
+      </c>
+      <c r="Q16" t="s">
+        <v>181</v>
+      </c>
+      <c r="R16" t="s">
+        <v>182</v>
+      </c>
+      <c r="S16" t="s">
+        <v>183</v>
+      </c>
+      <c r="T16" t="s">
+        <v>184</v>
+      </c>
+      <c r="U16" t="s">
+        <v>185</v>
+      </c>
+      <c r="V16" t="s">
+        <v>186</v>
+      </c>
+      <c r="W16" t="s">
+        <v>35</v>
+      </c>
+      <c r="X16" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y16" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z16" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA16" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB16" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC16" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="17" spans="1:29">
+      <c r="A17" t="s">
+        <v>29</v>
+      </c>
+      <c r="B17" t="s">
+        <v>30</v>
+      </c>
+      <c r="C17" t="s">
+        <v>187</v>
+      </c>
+      <c r="D17" t="s">
+        <v>188</v>
+      </c>
+      <c r="E17" t="s">
+        <v>189</v>
+      </c>
+      <c r="F17" t="s">
+        <v>34</v>
+      </c>
+      <c r="G17" t="s">
+        <v>35</v>
+      </c>
+      <c r="H17" t="s">
+        <v>35</v>
+      </c>
+      <c r="I17" t="s">
+        <v>35</v>
+      </c>
+      <c r="J17" t="s">
+        <v>190</v>
+      </c>
+      <c r="K17" t="s">
+        <v>35</v>
+      </c>
+      <c r="L17" t="s">
+        <v>191</v>
+      </c>
+      <c r="M17" t="s">
+        <v>38</v>
+      </c>
+      <c r="N17" t="s">
+        <v>38</v>
+      </c>
+      <c r="O17" t="s">
+        <v>35</v>
+      </c>
+      <c r="P17" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q17" t="s">
+        <v>192</v>
+      </c>
+      <c r="R17" t="s">
+        <v>35</v>
+      </c>
+      <c r="S17" t="s">
+        <v>193</v>
+      </c>
+      <c r="T17" t="s">
+        <v>194</v>
+      </c>
+      <c r="U17" t="s">
+        <v>35</v>
+      </c>
+      <c r="V17" t="s">
+        <v>35</v>
+      </c>
+      <c r="W17" t="s">
+        <v>35</v>
+      </c>
+      <c r="X17" t="s">
+        <v>195</v>
+      </c>
+      <c r="Y17" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA17" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB17" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC17" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="18" spans="1:29">
+      <c r="A18" t="s">
+        <v>117</v>
+      </c>
+      <c r="B18" t="s">
+        <v>30</v>
+      </c>
+      <c r="C18" t="s">
+        <v>196</v>
+      </c>
+      <c r="D18" t="s">
+        <v>197</v>
+      </c>
+      <c r="E18" t="s">
+        <v>33</v>
+      </c>
+      <c r="F18" t="s">
+        <v>34</v>
+      </c>
+      <c r="G18" t="s">
+        <v>35</v>
+      </c>
+      <c r="H18" t="s">
+        <v>35</v>
+      </c>
+      <c r="I18" t="s">
+        <v>35</v>
+      </c>
+      <c r="J18" t="s">
+        <v>198</v>
+      </c>
+      <c r="K18" t="s">
+        <v>35</v>
+      </c>
+      <c r="L18" t="s">
+        <v>199</v>
+      </c>
+      <c r="M18" t="s">
+        <v>38</v>
+      </c>
+      <c r="N18" t="s">
+        <v>38</v>
+      </c>
+      <c r="O18" t="s">
+        <v>35</v>
+      </c>
+      <c r="P18" t="s">
+        <v>200</v>
+      </c>
+      <c r="R18" t="s">
+        <v>35</v>
+      </c>
+      <c r="S18" t="s">
+        <v>35</v>
+      </c>
+      <c r="T18" t="s">
+        <v>35</v>
+      </c>
+      <c r="U18" t="s">
+        <v>35</v>
+      </c>
+      <c r="V18" t="s">
+        <v>35</v>
+      </c>
+      <c r="W18" t="s">
+        <v>35</v>
+      </c>
+      <c r="X18" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y18" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z18" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA18" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB18" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC18" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="19" spans="1:29">
+      <c r="A19" t="s">
+        <v>29</v>
+      </c>
+      <c r="B19" t="s">
+        <v>201</v>
+      </c>
+      <c r="C19" t="s">
+        <v>202</v>
+      </c>
+      <c r="D19" t="s">
+        <v>203</v>
+      </c>
+      <c r="E19" t="s">
+        <v>204</v>
+      </c>
+      <c r="F19" t="s">
+        <v>35</v>
+      </c>
+      <c r="G19" t="s">
+        <v>35</v>
+      </c>
+      <c r="H19" t="s">
+        <v>35</v>
+      </c>
+      <c r="I19" t="s">
+        <v>35</v>
+      </c>
+      <c r="J19" t="s">
+        <v>205</v>
+      </c>
+      <c r="K19" t="s">
+        <v>35</v>
+      </c>
+      <c r="L19" t="s">
+        <v>191</v>
+      </c>
+      <c r="M19" t="s">
+        <v>206</v>
+      </c>
+      <c r="N19" t="s">
+        <v>38</v>
+      </c>
+      <c r="O19" t="s">
+        <v>35</v>
+      </c>
+      <c r="P19" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q19" t="s">
+        <v>35</v>
+      </c>
+      <c r="R19" t="s">
+        <v>35</v>
+      </c>
+      <c r="S19" t="s">
+        <v>35</v>
+      </c>
+      <c r="T19" t="s">
+        <v>35</v>
+      </c>
+      <c r="U19" t="s">
+        <v>35</v>
+      </c>
+      <c r="V19" t="s">
+        <v>207</v>
+      </c>
+      <c r="W19" t="s">
+        <v>35</v>
+      </c>
+      <c r="X19" t="s">
+        <v>208</v>
+      </c>
+      <c r="Y19" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z19" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA19" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB19" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC19" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="20" spans="1:29">
+      <c r="A20" t="s">
+        <v>117</v>
+      </c>
+      <c r="B20" t="s">
+        <v>143</v>
+      </c>
+      <c r="C20" t="s">
+        <v>210</v>
+      </c>
+      <c r="D20" t="s">
+        <v>211</v>
+      </c>
+      <c r="E20" t="s">
+        <v>162</v>
+      </c>
+      <c r="F20" t="s">
+        <v>35</v>
+      </c>
+      <c r="G20" t="s">
+        <v>35</v>
+      </c>
+      <c r="H20" t="s">
+        <v>35</v>
+      </c>
+      <c r="I20" t="s">
+        <v>212</v>
+      </c>
+      <c r="J20" t="s">
+        <v>213</v>
+      </c>
+      <c r="K20" t="s">
+        <v>35</v>
+      </c>
+      <c r="L20" t="s">
+        <v>214</v>
+      </c>
+      <c r="M20" t="s">
+        <v>38</v>
+      </c>
+      <c r="N20" t="s">
+        <v>38</v>
+      </c>
+      <c r="O20" t="s">
+        <v>35</v>
+      </c>
+      <c r="P20" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q20" t="s">
+        <v>35</v>
+      </c>
+      <c r="R20" t="s">
+        <v>35</v>
+      </c>
+      <c r="S20" t="s">
+        <v>35</v>
+      </c>
+      <c r="T20" t="s">
+        <v>35</v>
+      </c>
+      <c r="U20" t="s">
+        <v>35</v>
+      </c>
+      <c r="V20" t="s">
+        <v>35</v>
+      </c>
+      <c r="W20" t="s">
+        <v>35</v>
+      </c>
+      <c r="X20" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y20" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z20" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA20" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB20" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC20" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="21" spans="1:29">
+      <c r="A21" t="s">
+        <v>117</v>
+      </c>
+      <c r="B21" t="s">
+        <v>143</v>
+      </c>
+      <c r="C21" t="s">
+        <v>210</v>
+      </c>
+      <c r="D21" t="s">
+        <v>215</v>
+      </c>
+      <c r="E21" t="s">
+        <v>216</v>
+      </c>
+      <c r="F21" t="s">
+        <v>35</v>
+      </c>
+      <c r="G21" t="s">
+        <v>35</v>
+      </c>
+      <c r="H21" t="s">
+        <v>35</v>
+      </c>
+      <c r="I21" t="s">
+        <v>212</v>
+      </c>
+      <c r="J21" t="s">
+        <v>213</v>
+      </c>
+      <c r="K21" t="s">
+        <v>35</v>
+      </c>
+      <c r="L21" t="s">
+        <v>217</v>
+      </c>
+      <c r="M21" t="s">
+        <v>38</v>
+      </c>
+      <c r="N21" t="s">
+        <v>38</v>
+      </c>
+      <c r="O21" t="s">
+        <v>35</v>
+      </c>
+      <c r="P21" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q21" t="s">
+        <v>35</v>
+      </c>
+      <c r="R21" t="s">
+        <v>35</v>
+      </c>
+      <c r="S21" t="s">
+        <v>35</v>
+      </c>
+      <c r="T21" t="s">
+        <v>35</v>
+      </c>
+      <c r="U21" t="s">
+        <v>35</v>
+      </c>
+      <c r="V21" t="s">
+        <v>35</v>
+      </c>
+      <c r="W21" t="s">
+        <v>35</v>
+      </c>
+      <c r="X21" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y21" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z21" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA21" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB21" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC21" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="22" spans="1:29">
+      <c r="A22" t="s">
+        <v>117</v>
+      </c>
+      <c r="B22" t="s">
+        <v>143</v>
+      </c>
+      <c r="C22" t="s">
+        <v>210</v>
+      </c>
+      <c r="D22" t="s">
+        <v>218</v>
+      </c>
+      <c r="E22" t="s">
+        <v>216</v>
+      </c>
+      <c r="F22" t="s">
+        <v>35</v>
+      </c>
+      <c r="G22" t="s">
+        <v>35</v>
+      </c>
+      <c r="H22" t="s">
+        <v>35</v>
+      </c>
+      <c r="I22" t="s">
+        <v>212</v>
+      </c>
+      <c r="J22" t="s">
+        <v>213</v>
+      </c>
+      <c r="K22" t="s">
+        <v>35</v>
+      </c>
+      <c r="L22" t="s">
+        <v>214</v>
+      </c>
+      <c r="M22" t="s">
+        <v>38</v>
+      </c>
+      <c r="N22" t="s">
+        <v>38</v>
+      </c>
+      <c r="O22" t="s">
+        <v>35</v>
+      </c>
+      <c r="P22" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q22" t="s">
+        <v>35</v>
+      </c>
+      <c r="R22" t="s">
+        <v>35</v>
+      </c>
+      <c r="S22" t="s">
+        <v>35</v>
+      </c>
+      <c r="T22" t="s">
+        <v>35</v>
+      </c>
+      <c r="U22" t="s">
+        <v>35</v>
+      </c>
+      <c r="V22" t="s">
+        <v>35</v>
+      </c>
+      <c r="W22" t="s">
+        <v>35</v>
+      </c>
+      <c r="X22" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y22" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z22" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA22" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB22" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC22" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="23" spans="1:29">
+      <c r="A23" t="s">
+        <v>117</v>
+      </c>
+      <c r="B23" t="s">
+        <v>143</v>
+      </c>
+      <c r="C23" t="s">
+        <v>210</v>
+      </c>
+      <c r="D23" t="s">
+        <v>219</v>
+      </c>
+      <c r="E23" t="s">
+        <v>216</v>
+      </c>
+      <c r="F23" t="s">
+        <v>35</v>
+      </c>
+      <c r="G23" t="s">
+        <v>35</v>
+      </c>
+      <c r="H23" t="s">
+        <v>35</v>
+      </c>
+      <c r="I23" t="s">
+        <v>212</v>
+      </c>
+      <c r="J23" t="s">
+        <v>213</v>
+      </c>
+      <c r="K23" t="s">
+        <v>35</v>
+      </c>
+      <c r="L23" t="s">
+        <v>214</v>
+      </c>
+      <c r="M23" t="s">
+        <v>216</v>
+      </c>
+      <c r="N23" t="s">
+        <v>38</v>
+      </c>
+      <c r="O23" t="s">
+        <v>35</v>
+      </c>
+      <c r="P23" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q23" t="s">
+        <v>35</v>
+      </c>
+      <c r="R23" t="s">
+        <v>35</v>
+      </c>
+      <c r="S23" t="s">
+        <v>35</v>
+      </c>
+      <c r="T23" t="s">
+        <v>35</v>
+      </c>
+      <c r="U23" t="s">
+        <v>35</v>
+      </c>
+      <c r="V23" t="s">
+        <v>35</v>
+      </c>
+      <c r="W23" t="s">
+        <v>35</v>
+      </c>
+      <c r="X23" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y23" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z23" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA23" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB23" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC23" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="24" spans="1:29">
+      <c r="A24" t="s">
+        <v>117</v>
+      </c>
+      <c r="B24" t="s">
+        <v>143</v>
+      </c>
+      <c r="C24" t="s">
+        <v>210</v>
+      </c>
+      <c r="D24" t="s">
+        <v>220</v>
+      </c>
+      <c r="E24" t="s">
+        <v>216</v>
+      </c>
+      <c r="F24" t="s">
+        <v>35</v>
+      </c>
+      <c r="G24" t="s">
+        <v>35</v>
+      </c>
+      <c r="H24" t="s">
+        <v>35</v>
+      </c>
+      <c r="I24" t="s">
+        <v>212</v>
+      </c>
+      <c r="J24" t="s">
+        <v>213</v>
+      </c>
+      <c r="K24" t="s">
+        <v>35</v>
+      </c>
+      <c r="L24" t="s">
+        <v>217</v>
+      </c>
+      <c r="M24" t="s">
+        <v>38</v>
+      </c>
+      <c r="N24" t="s">
+        <v>38</v>
+      </c>
+      <c r="O24" t="s">
+        <v>35</v>
+      </c>
+      <c r="P24" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q24" t="s">
+        <v>35</v>
+      </c>
+      <c r="R24" t="s">
+        <v>35</v>
+      </c>
+      <c r="S24" t="s">
+        <v>35</v>
+      </c>
+      <c r="T24" t="s">
+        <v>35</v>
+      </c>
+      <c r="U24" t="s">
+        <v>35</v>
+      </c>
+      <c r="V24" t="s">
+        <v>35</v>
+      </c>
+      <c r="W24" t="s">
+        <v>35</v>
+      </c>
+      <c r="X24" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y24" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z24" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA24" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB24" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC24" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="25" spans="1:29">
+      <c r="A25" t="s">
+        <v>29</v>
+      </c>
+      <c r="B25" t="s">
+        <v>60</v>
+      </c>
+      <c r="C25" t="s">
+        <v>221</v>
+      </c>
+      <c r="D25" t="s">
+        <v>222</v>
+      </c>
+      <c r="E25" t="s">
+        <v>223</v>
+      </c>
+      <c r="F25" t="s">
+        <v>35</v>
+      </c>
+      <c r="G25" t="s">
+        <v>76</v>
+      </c>
+      <c r="H25" t="s">
+        <v>35</v>
+      </c>
+      <c r="I25" t="s">
+        <v>35</v>
+      </c>
+      <c r="J25" t="s">
+        <v>224</v>
+      </c>
+      <c r="K25" t="s">
+        <v>35</v>
+      </c>
+      <c r="L25" t="s">
+        <v>225</v>
+      </c>
+      <c r="M25" t="s">
+        <v>223</v>
+      </c>
+      <c r="N25" t="s">
+        <v>38</v>
+      </c>
+      <c r="O25" t="s">
+        <v>35</v>
+      </c>
+      <c r="P25" t="s">
+        <v>226</v>
+      </c>
+      <c r="Q25" t="s">
+        <v>174</v>
+      </c>
+      <c r="R25" t="s">
+        <v>174</v>
+      </c>
+      <c r="S25" t="s">
+        <v>174</v>
+      </c>
+      <c r="T25" t="s">
+        <v>174</v>
+      </c>
+      <c r="U25" t="s">
+        <v>174</v>
+      </c>
+      <c r="V25" t="s">
+        <v>69</v>
+      </c>
+      <c r="W25" t="s">
+        <v>174</v>
+      </c>
+      <c r="X25" t="s">
+        <v>227</v>
+      </c>
+      <c r="Y25" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z25" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA25" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB25" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC25" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="26" spans="1:29">
+      <c r="A26" t="s">
+        <v>117</v>
+      </c>
+      <c r="B26" t="s">
+        <v>30</v>
+      </c>
+      <c r="C26" t="s">
+        <v>228</v>
+      </c>
+      <c r="D26" t="s">
+        <v>229</v>
+      </c>
+      <c r="E26" t="s">
+        <v>189</v>
+      </c>
+      <c r="F26" t="s">
+        <v>34</v>
+      </c>
+      <c r="G26" t="s">
+        <v>35</v>
+      </c>
+      <c r="H26" t="s">
+        <v>35</v>
+      </c>
+      <c r="I26" t="s">
+        <v>35</v>
+      </c>
+      <c r="J26" t="s">
+        <v>230</v>
+      </c>
+      <c r="K26" t="s">
+        <v>35</v>
+      </c>
+      <c r="L26" t="s">
+        <v>231</v>
+      </c>
+      <c r="M26" t="s">
+        <v>38</v>
+      </c>
+      <c r="N26" t="s">
+        <v>38</v>
+      </c>
+      <c r="O26" t="s">
+        <v>35</v>
+      </c>
+      <c r="P26" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q26" t="s">
+        <v>232</v>
+      </c>
+      <c r="R26" t="s">
+        <v>35</v>
+      </c>
+      <c r="S26" t="s">
+        <v>35</v>
+      </c>
+      <c r="T26" t="s">
+        <v>35</v>
+      </c>
+      <c r="U26" t="s">
+        <v>233</v>
+      </c>
+      <c r="V26" t="s">
+        <v>35</v>
+      </c>
+      <c r="W26" t="s">
+        <v>35</v>
+      </c>
+      <c r="X26" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y26" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z26" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA26" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB26" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC26" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="27" spans="1:29">
+      <c r="A27" t="s">
+        <v>234</v>
+      </c>
+      <c r="B27" t="s">
+        <v>132</v>
+      </c>
+      <c r="C27" t="s">
+        <v>235</v>
+      </c>
+      <c r="D27" t="s">
+        <v>236</v>
+      </c>
+      <c r="E27" t="s">
+        <v>237</v>
+      </c>
+      <c r="F27" t="s">
+        <v>35</v>
+      </c>
+      <c r="G27" t="s">
+        <v>35</v>
+      </c>
+      <c r="H27" t="s">
+        <v>238</v>
+      </c>
+      <c r="I27" t="s">
+        <v>35</v>
+      </c>
+      <c r="J27" t="s">
+        <v>239</v>
+      </c>
+      <c r="K27" t="s">
+        <v>35</v>
+      </c>
+      <c r="L27" t="s">
+        <v>240</v>
+      </c>
+      <c r="M27" t="s">
+        <v>38</v>
+      </c>
+      <c r="N27" t="s">
+        <v>38</v>
+      </c>
+      <c r="O27" t="s">
+        <v>35</v>
+      </c>
+      <c r="P27" t="s">
+        <v>241</v>
+      </c>
+      <c r="Q27" t="s">
+        <v>35</v>
+      </c>
+      <c r="R27" t="s">
+        <v>35</v>
+      </c>
+      <c r="S27" t="s">
+        <v>35</v>
+      </c>
+      <c r="T27" t="s">
+        <v>35</v>
+      </c>
+      <c r="U27" t="s">
+        <v>35</v>
+      </c>
+      <c r="V27" t="s">
+        <v>35</v>
+      </c>
+      <c r="W27" t="s">
+        <v>35</v>
+      </c>
+      <c r="X27" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y27" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z27" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA27" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB27" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC27" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="28" spans="1:29">
+      <c r="A28" t="s">
+        <v>83</v>
+      </c>
+      <c r="B28" t="s">
+        <v>132</v>
+      </c>
+      <c r="C28" t="s">
+        <v>235</v>
+      </c>
+      <c r="D28" t="s">
+        <v>242</v>
+      </c>
+      <c r="E28" t="s">
+        <v>109</v>
+      </c>
+      <c r="F28" t="s">
+        <v>35</v>
+      </c>
+      <c r="G28" t="s">
+        <v>35</v>
+      </c>
+      <c r="H28" t="s">
+        <v>34</v>
+      </c>
+      <c r="I28" t="s">
+        <v>35</v>
+      </c>
+      <c r="J28" t="s">
+        <v>243</v>
+      </c>
+      <c r="K28" t="s">
+        <v>35</v>
+      </c>
+      <c r="L28" t="s">
+        <v>111</v>
+      </c>
+      <c r="M28" t="s">
+        <v>109</v>
+      </c>
+      <c r="N28" t="s">
+        <v>38</v>
+      </c>
+      <c r="O28" t="s">
+        <v>35</v>
+      </c>
+      <c r="P28" t="s">
+        <v>244</v>
+      </c>
+      <c r="Q28" t="s">
+        <v>245</v>
+      </c>
+      <c r="R28" t="s">
+        <v>35</v>
+      </c>
+      <c r="S28" t="s">
+        <v>35</v>
+      </c>
+      <c r="T28" t="s">
+        <v>246</v>
+      </c>
+      <c r="U28" t="s">
+        <v>35</v>
+      </c>
+      <c r="V28" t="s">
+        <v>35</v>
+      </c>
+      <c r="W28" t="s">
+        <v>35</v>
+      </c>
+      <c r="X28" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y28" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z28" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA28" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB28" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC28" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="29" spans="1:29">
+      <c r="A29" t="s">
+        <v>83</v>
+      </c>
+      <c r="B29" t="s">
+        <v>132</v>
+      </c>
+      <c r="C29" t="s">
+        <v>235</v>
+      </c>
+      <c r="D29" t="s">
+        <v>242</v>
+      </c>
+      <c r="E29" t="s">
+        <v>109</v>
+      </c>
+      <c r="F29" t="s">
+        <v>35</v>
+      </c>
+      <c r="G29" t="s">
+        <v>35</v>
+      </c>
+      <c r="H29" t="s">
+        <v>34</v>
+      </c>
+      <c r="I29" t="s">
+        <v>35</v>
+      </c>
+      <c r="J29" t="s">
+        <v>247</v>
+      </c>
+      <c r="K29" t="s">
+        <v>35</v>
+      </c>
+      <c r="L29" t="s">
+        <v>111</v>
+      </c>
+      <c r="M29" t="s">
+        <v>109</v>
+      </c>
+      <c r="N29" t="s">
+        <v>38</v>
+      </c>
+      <c r="O29" t="s">
+        <v>35</v>
+      </c>
+      <c r="P29" t="s">
+        <v>248</v>
+      </c>
+      <c r="Q29" t="s">
+        <v>249</v>
+      </c>
+      <c r="R29" t="s">
+        <v>35</v>
+      </c>
+      <c r="S29" t="s">
+        <v>35</v>
+      </c>
+      <c r="T29" t="s">
+        <v>250</v>
+      </c>
+      <c r="U29" t="s">
+        <v>35</v>
+      </c>
+      <c r="V29" t="s">
+        <v>35</v>
+      </c>
+      <c r="W29" t="s">
+        <v>35</v>
+      </c>
+      <c r="X29" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y29" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z29" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA29" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB29" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC29" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="30" spans="1:29">
+      <c r="A30" t="s">
+        <v>29</v>
+      </c>
+      <c r="B30" t="s">
+        <v>201</v>
+      </c>
+      <c r="C30" t="s">
+        <v>251</v>
+      </c>
+      <c r="D30" t="s">
+        <v>252</v>
+      </c>
+      <c r="E30" t="s">
+        <v>253</v>
+      </c>
+      <c r="F30" t="s">
+        <v>35</v>
+      </c>
+      <c r="G30" t="s">
+        <v>35</v>
+      </c>
+      <c r="H30" t="s">
+        <v>35</v>
+      </c>
+      <c r="I30" t="s">
+        <v>35</v>
+      </c>
+      <c r="J30" t="s">
+        <v>254</v>
+      </c>
+      <c r="K30" t="s">
+        <v>35</v>
+      </c>
+      <c r="L30" t="s">
+        <v>231</v>
+      </c>
+      <c r="M30" t="s">
+        <v>253</v>
+      </c>
+      <c r="N30" t="s">
+        <v>38</v>
+      </c>
+      <c r="O30" t="s">
+        <v>35</v>
+      </c>
+      <c r="P30" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q30" t="s">
+        <v>35</v>
+      </c>
+      <c r="R30" t="s">
+        <v>35</v>
+      </c>
+      <c r="S30" t="s">
+        <v>35</v>
+      </c>
+      <c r="T30" t="s">
+        <v>255</v>
+      </c>
+      <c r="U30" t="s">
+        <v>35</v>
+      </c>
+      <c r="V30" t="s">
+        <v>35</v>
+      </c>
+      <c r="W30" t="s">
+        <v>35</v>
+      </c>
+      <c r="X30" t="s">
+        <v>256</v>
+      </c>
+      <c r="Y30" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z30" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA30" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB30" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC30" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="31" spans="1:29">
+      <c r="A31" t="s">
+        <v>234</v>
+      </c>
+      <c r="B31" t="s">
+        <v>60</v>
+      </c>
+      <c r="C31" t="s">
+        <v>257</v>
+      </c>
+      <c r="D31" t="s">
+        <v>258</v>
+      </c>
+      <c r="E31" t="s">
+        <v>259</v>
+      </c>
+      <c r="F31" t="s">
+        <v>35</v>
+      </c>
+      <c r="G31" t="s">
+        <v>63</v>
+      </c>
+      <c r="H31" t="s">
+        <v>35</v>
+      </c>
+      <c r="I31" t="s">
+        <v>35</v>
+      </c>
+      <c r="J31" t="s">
+        <v>260</v>
+      </c>
+      <c r="K31" t="s">
+        <v>35</v>
+      </c>
+      <c r="L31" t="s">
+        <v>261</v>
+      </c>
+      <c r="M31" t="s">
+        <v>262</v>
+      </c>
+      <c r="N31" t="s">
+        <v>38</v>
+      </c>
+      <c r="O31" t="s">
+        <v>35</v>
+      </c>
+      <c r="P31" t="s">
+        <v>263</v>
+      </c>
+      <c r="Q31" t="s">
+        <v>35</v>
+      </c>
+      <c r="R31" t="s">
+        <v>35</v>
+      </c>
+      <c r="S31" t="s">
+        <v>35</v>
+      </c>
+      <c r="T31" t="s">
+        <v>35</v>
+      </c>
+      <c r="U31" t="s">
+        <v>35</v>
+      </c>
+      <c r="V31" t="s">
+        <v>35</v>
+      </c>
+      <c r="W31" t="s">
+        <v>35</v>
+      </c>
+      <c r="X31" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y31" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z31" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA31" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB31" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC31" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="32" spans="1:29">
+      <c r="A32" t="s">
+        <v>265</v>
+      </c>
+      <c r="B32" t="s">
+        <v>30</v>
+      </c>
+      <c r="C32" t="s">
+        <v>266</v>
+      </c>
+      <c r="D32" t="s">
+        <v>267</v>
+      </c>
+      <c r="E32" t="s">
+        <v>204</v>
+      </c>
+      <c r="F32" t="s">
+        <v>34</v>
+      </c>
+      <c r="G32" t="s">
+        <v>35</v>
+      </c>
+      <c r="H32" t="s">
+        <v>35</v>
+      </c>
+      <c r="I32" t="s">
+        <v>35</v>
+      </c>
+      <c r="J32" t="s">
+        <v>268</v>
+      </c>
+      <c r="K32" t="s">
+        <v>35</v>
+      </c>
+      <c r="L32" t="s">
+        <v>269</v>
+      </c>
+      <c r="M32" t="s">
+        <v>38</v>
+      </c>
+      <c r="N32" t="s">
+        <v>38</v>
+      </c>
+      <c r="O32" t="s">
+        <v>45</v>
+      </c>
+      <c r="P32" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q32" t="s">
+        <v>270</v>
+      </c>
+      <c r="R32" t="s">
+        <v>271</v>
+      </c>
+      <c r="S32" t="s">
+        <v>272</v>
+      </c>
+      <c r="T32" t="s">
+        <v>273</v>
+      </c>
+      <c r="U32" t="s">
+        <v>274</v>
+      </c>
+      <c r="V32" t="s">
+        <v>273</v>
+      </c>
+      <c r="W32" t="s">
+        <v>273</v>
+      </c>
+      <c r="X32" t="s">
+        <v>275</v>
+      </c>
+      <c r="Y32" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z32" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA32" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB32" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC32" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="33" spans="1:29">
+      <c r="A33" t="s">
+        <v>83</v>
+      </c>
+      <c r="B33" t="s">
+        <v>132</v>
+      </c>
+      <c r="C33" t="s">
+        <v>277</v>
+      </c>
+      <c r="D33" t="s">
+        <v>278</v>
+      </c>
+      <c r="E33" t="s">
+        <v>189</v>
+      </c>
+      <c r="F33" t="s">
+        <v>35</v>
+      </c>
+      <c r="G33" t="s">
+        <v>35</v>
+      </c>
+      <c r="H33" t="s">
+        <v>34</v>
+      </c>
+      <c r="I33" t="s">
+        <v>35</v>
+      </c>
+      <c r="J33" t="s">
+        <v>279</v>
+      </c>
+      <c r="K33" t="s">
+        <v>35</v>
+      </c>
+      <c r="L33" t="s">
+        <v>231</v>
+      </c>
+      <c r="M33" t="s">
+        <v>189</v>
+      </c>
+      <c r="N33" t="s">
+        <v>38</v>
+      </c>
+      <c r="O33" t="s">
+        <v>35</v>
+      </c>
+      <c r="P33" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q33" t="s">
+        <v>35</v>
+      </c>
+      <c r="R33" t="s">
+        <v>35</v>
+      </c>
+      <c r="S33" t="s">
+        <v>35</v>
+      </c>
+      <c r="T33" t="s">
+        <v>281</v>
+      </c>
+      <c r="U33" t="s">
+        <v>35</v>
+      </c>
+      <c r="V33" t="s">
+        <v>282</v>
+      </c>
+      <c r="W33" t="s">
+        <v>35</v>
+      </c>
+      <c r="X33" t="s">
+        <v>283</v>
+      </c>
+      <c r="Y33" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z33" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA33" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB33" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC33" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="34" spans="1:29">
+      <c r="A34" t="s">
+        <v>234</v>
+      </c>
+      <c r="B34" t="s">
+        <v>30</v>
+      </c>
+      <c r="C34" t="s">
+        <v>284</v>
+      </c>
+      <c r="D34" t="s">
+        <v>285</v>
+      </c>
+      <c r="E34" t="s">
+        <v>216</v>
+      </c>
+      <c r="F34" t="s">
+        <v>95</v>
+      </c>
+      <c r="G34" t="s">
+        <v>35</v>
+      </c>
+      <c r="H34" t="s">
+        <v>35</v>
+      </c>
+      <c r="I34" t="s">
+        <v>35</v>
+      </c>
+      <c r="J34" t="s">
+        <v>286</v>
+      </c>
+      <c r="K34" t="s">
+        <v>35</v>
+      </c>
+      <c r="L34" t="s">
+        <v>97</v>
+      </c>
+      <c r="M34" t="s">
+        <v>98</v>
+      </c>
+      <c r="N34" t="s">
+        <v>38</v>
+      </c>
+      <c r="O34" t="s">
+        <v>35</v>
+      </c>
+      <c r="P34" t="s">
+        <v>287</v>
+      </c>
+      <c r="Q34" t="s">
+        <v>288</v>
+      </c>
+      <c r="R34" t="s">
+        <v>289</v>
+      </c>
+      <c r="S34" t="s">
+        <v>35</v>
+      </c>
+      <c r="T34" t="s">
+        <v>35</v>
+      </c>
+      <c r="U34" t="s">
+        <v>290</v>
+      </c>
+      <c r="V34" t="s">
+        <v>35</v>
+      </c>
+      <c r="W34" t="s">
+        <v>35</v>
+      </c>
+      <c r="X34" t="s">
+        <v>291</v>
+      </c>
+      <c r="Y34" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z34" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA34" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB34" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC34" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="35" spans="1:29">
+      <c r="A35" t="s">
+        <v>72</v>
+      </c>
+      <c r="B35" t="s">
+        <v>30</v>
+      </c>
+      <c r="C35" t="s">
+        <v>292</v>
+      </c>
+      <c r="D35" t="s">
+        <v>293</v>
+      </c>
+      <c r="E35" t="s">
+        <v>294</v>
+      </c>
+      <c r="F35" t="s">
+        <v>34</v>
+      </c>
+      <c r="G35" t="s">
+        <v>35</v>
+      </c>
+      <c r="H35" t="s">
+        <v>35</v>
+      </c>
+      <c r="I35" t="s">
+        <v>35</v>
+      </c>
+      <c r="J35" t="s">
+        <v>295</v>
+      </c>
+      <c r="K35" t="s">
+        <v>35</v>
+      </c>
+      <c r="L35" t="s">
+        <v>111</v>
+      </c>
+      <c r="M35" t="s">
+        <v>109</v>
+      </c>
+      <c r="N35" t="s">
+        <v>38</v>
+      </c>
+      <c r="O35" t="s">
+        <v>35</v>
+      </c>
+      <c r="P35" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q35" t="s">
+        <v>35</v>
+      </c>
+      <c r="R35" t="s">
+        <v>35</v>
+      </c>
+      <c r="S35" t="s">
+        <v>35</v>
+      </c>
+      <c r="T35" t="s">
+        <v>35</v>
+      </c>
+      <c r="U35" t="s">
+        <v>35</v>
+      </c>
+      <c r="V35" t="s">
+        <v>35</v>
+      </c>
+      <c r="W35" t="s">
+        <v>35</v>
+      </c>
+      <c r="X35" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y35" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z35" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA35" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB35" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC35" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="36" spans="1:29">
+      <c r="A36" t="s">
+        <v>72</v>
+      </c>
+      <c r="B36" t="s">
+        <v>60</v>
+      </c>
+      <c r="C36" t="s">
+        <v>292</v>
+      </c>
+      <c r="D36" t="s">
+        <v>297</v>
+      </c>
+      <c r="E36" t="s">
+        <v>94</v>
+      </c>
+      <c r="F36" t="s">
+        <v>35</v>
+      </c>
+      <c r="G36" t="s">
+        <v>76</v>
+      </c>
+      <c r="H36" t="s">
+        <v>35</v>
+      </c>
+      <c r="I36" t="s">
+        <v>35</v>
+      </c>
+      <c r="J36" t="s">
+        <v>298</v>
+      </c>
+      <c r="K36" t="s">
+        <v>35</v>
+      </c>
+      <c r="L36" t="s">
+        <v>52</v>
+      </c>
+      <c r="M36" t="s">
+        <v>216</v>
+      </c>
+      <c r="N36" t="s">
+        <v>38</v>
+      </c>
+      <c r="O36" t="s">
+        <v>35</v>
+      </c>
+      <c r="P36" t="s">
+        <v>263</v>
+      </c>
+      <c r="R36" t="s">
+        <v>299</v>
+      </c>
+      <c r="S36" t="s">
+        <v>35</v>
+      </c>
+      <c r="T36" t="s">
+        <v>300</v>
+      </c>
+      <c r="U36" t="s">
+        <v>35</v>
+      </c>
+      <c r="V36" t="s">
+        <v>301</v>
+      </c>
+      <c r="W36" t="s">
+        <v>35</v>
+      </c>
+      <c r="X36" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y36" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z36" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA36" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB36" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC36" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="37" spans="1:29">
+      <c r="A37" t="s">
+        <v>72</v>
+      </c>
+      <c r="B37" t="s">
+        <v>60</v>
+      </c>
+      <c r="C37" t="s">
+        <v>292</v>
+      </c>
+      <c r="D37" t="s">
+        <v>297</v>
+      </c>
+      <c r="E37" t="s">
+        <v>94</v>
+      </c>
+      <c r="F37" t="s">
+        <v>35</v>
+      </c>
+      <c r="G37" t="s">
+        <v>76</v>
+      </c>
+      <c r="H37" t="s">
+        <v>35</v>
+      </c>
+      <c r="I37" t="s">
+        <v>35</v>
+      </c>
+      <c r="J37" t="s">
+        <v>298</v>
+      </c>
+      <c r="K37" t="s">
+        <v>35</v>
+      </c>
+      <c r="L37" t="s">
+        <v>52</v>
+      </c>
+      <c r="M37" t="s">
+        <v>216</v>
+      </c>
+      <c r="N37" t="s">
+        <v>38</v>
+      </c>
+      <c r="O37" t="s">
+        <v>35</v>
+      </c>
+      <c r="P37" t="s">
+        <v>263</v>
+      </c>
+      <c r="R37" t="s">
+        <v>299</v>
+      </c>
+      <c r="S37" t="s">
+        <v>35</v>
+      </c>
+      <c r="T37" t="s">
+        <v>300</v>
+      </c>
+      <c r="U37" t="s">
+        <v>35</v>
+      </c>
+      <c r="V37" t="s">
+        <v>301</v>
+      </c>
+      <c r="W37" t="s">
+        <v>35</v>
+      </c>
+      <c r="X37" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y37" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z37" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA37" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB37" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC37" t="s">
+        <v>303</v>
+      </c>
+    </row>
+    <row r="38" spans="1:29">
+      <c r="A38" t="s">
+        <v>29</v>
+      </c>
+      <c r="B38" t="s">
+        <v>132</v>
+      </c>
+      <c r="C38" t="s">
+        <v>304</v>
+      </c>
+      <c r="D38" t="s">
+        <v>305</v>
+      </c>
+      <c r="E38" t="s">
+        <v>206</v>
+      </c>
+      <c r="F38" t="s">
+        <v>35</v>
+      </c>
+      <c r="G38" t="s">
+        <v>35</v>
+      </c>
+      <c r="H38" t="s">
+        <v>34</v>
+      </c>
+      <c r="I38" t="s">
+        <v>35</v>
+      </c>
+      <c r="J38" t="s">
+        <v>306</v>
+      </c>
+      <c r="K38" t="s">
+        <v>35</v>
+      </c>
+      <c r="L38" t="s">
+        <v>191</v>
+      </c>
+      <c r="M38" t="s">
+        <v>206</v>
+      </c>
+      <c r="N38" t="s">
+        <v>38</v>
+      </c>
+      <c r="O38" t="s">
+        <v>35</v>
+      </c>
+      <c r="P38" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q38" t="s">
+        <v>308</v>
+      </c>
+      <c r="R38" t="s">
+        <v>35</v>
+      </c>
+      <c r="S38" t="s">
+        <v>35</v>
+      </c>
+      <c r="T38" t="s">
+        <v>309</v>
+      </c>
+      <c r="U38" t="s">
+        <v>310</v>
+      </c>
+      <c r="V38" t="s">
+        <v>35</v>
+      </c>
+      <c r="W38" t="s">
+        <v>35</v>
+      </c>
+      <c r="X38" t="s">
+        <v>311</v>
+      </c>
+      <c r="Y38" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z38" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA38" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB38" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC38" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="39" spans="1:29">
+      <c r="A39" t="s">
+        <v>72</v>
+      </c>
+      <c r="B39" t="s">
+        <v>60</v>
+      </c>
+      <c r="C39" t="s">
+        <v>304</v>
+      </c>
+      <c r="D39" t="s">
+        <v>312</v>
+      </c>
+      <c r="E39" t="s">
+        <v>313</v>
+      </c>
+      <c r="F39" t="s">
+        <v>35</v>
+      </c>
+      <c r="G39" t="s">
+        <v>63</v>
+      </c>
+      <c r="H39" t="s">
+        <v>35</v>
+      </c>
+      <c r="I39" t="s">
+        <v>35</v>
+      </c>
+      <c r="J39" t="s">
+        <v>314</v>
+      </c>
+      <c r="K39" t="s">
+        <v>35</v>
+      </c>
+      <c r="L39" t="s">
+        <v>315</v>
+      </c>
+      <c r="M39" t="s">
+        <v>316</v>
+      </c>
+      <c r="N39" t="s">
+        <v>38</v>
+      </c>
+      <c r="O39" t="s">
+        <v>35</v>
+      </c>
+      <c r="P39" t="s">
+        <v>317</v>
+      </c>
+      <c r="Q39" t="s">
+        <v>318</v>
+      </c>
+      <c r="R39" t="s">
+        <v>35</v>
+      </c>
+      <c r="S39" t="s">
+        <v>35</v>
+      </c>
+      <c r="T39" t="s">
+        <v>319</v>
+      </c>
+      <c r="U39" t="s">
+        <v>35</v>
+      </c>
+      <c r="V39" t="s">
+        <v>35</v>
+      </c>
+      <c r="W39" t="s">
+        <v>35</v>
+      </c>
+      <c r="X39" t="s">
+        <v>320</v>
+      </c>
+      <c r="Y39" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z39" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA39" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB39" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC39" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="40" spans="1:29">
+      <c r="A40" t="s">
+        <v>29</v>
+      </c>
+      <c r="B40" t="s">
+        <v>201</v>
+      </c>
+      <c r="C40" t="s">
+        <v>321</v>
+      </c>
+      <c r="D40" t="s">
+        <v>322</v>
+      </c>
+      <c r="E40" t="s">
+        <v>206</v>
+      </c>
+      <c r="F40" t="s">
+        <v>35</v>
+      </c>
+      <c r="G40" t="s">
+        <v>35</v>
+      </c>
+      <c r="H40" t="s">
+        <v>35</v>
+      </c>
+      <c r="I40" t="s">
+        <v>35</v>
+      </c>
+      <c r="J40" t="s">
+        <v>323</v>
+      </c>
+      <c r="K40" t="s">
+        <v>35</v>
+      </c>
+      <c r="L40" t="s">
+        <v>324</v>
+      </c>
+      <c r="M40" t="s">
+        <v>38</v>
+      </c>
+      <c r="N40" t="s">
+        <v>38</v>
+      </c>
+      <c r="O40" t="s">
+        <v>35</v>
+      </c>
+      <c r="P40" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q40" t="s">
+        <v>308</v>
+      </c>
+      <c r="R40" t="s">
+        <v>35</v>
+      </c>
+      <c r="S40" t="s">
+        <v>35</v>
+      </c>
+      <c r="T40" t="s">
+        <v>325</v>
+      </c>
+      <c r="U40" t="s">
+        <v>35</v>
+      </c>
+      <c r="V40" t="s">
+        <v>35</v>
+      </c>
+      <c r="W40" t="s">
+        <v>35</v>
+      </c>
+      <c r="X40" t="s">
+        <v>326</v>
+      </c>
+      <c r="Y40" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z40" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA40" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB40" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC40" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="41" spans="1:29">
+      <c r="A41" t="s">
+        <v>83</v>
+      </c>
+      <c r="B41" t="s">
+        <v>60</v>
+      </c>
+      <c r="C41" t="s">
+        <v>327</v>
+      </c>
+      <c r="D41" t="s">
+        <v>328</v>
+      </c>
+      <c r="E41" t="s">
+        <v>329</v>
+      </c>
+      <c r="F41" t="s">
+        <v>35</v>
+      </c>
+      <c r="G41" t="s">
+        <v>76</v>
+      </c>
+      <c r="H41" t="s">
+        <v>35</v>
+      </c>
+      <c r="I41" t="s">
+        <v>35</v>
+      </c>
+      <c r="J41" t="s">
+        <v>330</v>
+      </c>
+      <c r="K41" t="s">
+        <v>35</v>
+      </c>
+      <c r="L41" t="s">
+        <v>199</v>
+      </c>
+      <c r="M41" t="s">
+        <v>329</v>
+      </c>
+      <c r="N41" t="s">
+        <v>38</v>
+      </c>
+      <c r="O41" t="s">
+        <v>35</v>
+      </c>
+      <c r="P41" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q41" t="s">
+        <v>35</v>
+      </c>
+      <c r="R41" t="s">
+        <v>35</v>
+      </c>
+      <c r="S41" t="s">
+        <v>35</v>
+      </c>
+      <c r="T41" t="s">
+        <v>35</v>
+      </c>
+      <c r="U41" t="s">
+        <v>35</v>
+      </c>
+      <c r="V41" t="s">
+        <v>35</v>
+      </c>
+      <c r="W41" t="s">
+        <v>35</v>
+      </c>
+      <c r="X41" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y41" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z41" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA41" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB41" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC41" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="42" spans="1:29">
+      <c r="A42" t="s">
+        <v>234</v>
+      </c>
+      <c r="B42" t="s">
+        <v>60</v>
+      </c>
+      <c r="C42" t="s">
+        <v>331</v>
+      </c>
+      <c r="D42" t="s">
+        <v>332</v>
+      </c>
+      <c r="E42" t="s">
+        <v>189</v>
+      </c>
+      <c r="F42" t="s">
+        <v>35</v>
+      </c>
+      <c r="G42" t="s">
+        <v>86</v>
+      </c>
+      <c r="H42" t="s">
+        <v>35</v>
+      </c>
+      <c r="I42" t="s">
+        <v>35</v>
+      </c>
+      <c r="J42" t="s">
+        <v>333</v>
+      </c>
+      <c r="K42" t="s">
+        <v>35</v>
+      </c>
+      <c r="L42" t="s">
+        <v>191</v>
+      </c>
+      <c r="M42" t="s">
+        <v>206</v>
+      </c>
+      <c r="N42" t="s">
+        <v>38</v>
+      </c>
+      <c r="O42" t="s">
+        <v>35</v>
+      </c>
+      <c r="P42" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q42" t="s">
+        <v>35</v>
+      </c>
+      <c r="R42" t="s">
+        <v>35</v>
+      </c>
+      <c r="S42" t="s">
+        <v>35</v>
+      </c>
+      <c r="T42" t="s">
+        <v>35</v>
+      </c>
+      <c r="U42" t="s">
+        <v>35</v>
+      </c>
+      <c r="V42" t="s">
+        <v>35</v>
+      </c>
+      <c r="W42" t="s">
+        <v>35</v>
+      </c>
+      <c r="X42" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y42" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z42" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA42" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB42" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC42" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="43" spans="1:29">
+      <c r="A43" t="s">
+        <v>234</v>
+      </c>
+      <c r="B43" t="s">
+        <v>60</v>
+      </c>
+      <c r="C43" t="s">
+        <v>331</v>
+      </c>
+      <c r="D43" t="s">
+        <v>332</v>
+      </c>
+      <c r="E43" t="s">
+        <v>204</v>
+      </c>
+      <c r="F43" t="s">
+        <v>35</v>
+      </c>
+      <c r="G43" t="s">
+        <v>86</v>
+      </c>
+      <c r="H43" t="s">
+        <v>35</v>
+      </c>
+      <c r="I43" t="s">
+        <v>35</v>
+      </c>
+      <c r="J43" t="s">
+        <v>336</v>
+      </c>
+      <c r="K43" t="s">
+        <v>35</v>
+      </c>
+      <c r="L43" t="s">
+        <v>191</v>
+      </c>
+      <c r="M43" t="s">
+        <v>206</v>
+      </c>
+      <c r="N43" t="s">
+        <v>38</v>
+      </c>
+      <c r="O43" t="s">
+        <v>35</v>
+      </c>
+      <c r="P43" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q43" t="s">
+        <v>337</v>
+      </c>
+      <c r="R43" t="s">
+        <v>35</v>
+      </c>
+      <c r="S43" t="s">
+        <v>35</v>
+      </c>
+      <c r="T43" t="s">
+        <v>68</v>
+      </c>
+      <c r="U43" t="s">
+        <v>35</v>
+      </c>
+      <c r="V43" t="s">
+        <v>35</v>
+      </c>
+      <c r="W43" t="s">
+        <v>35</v>
+      </c>
+      <c r="X43" t="s">
+        <v>338</v>
+      </c>
+      <c r="Y43" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z43" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA43" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB43" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC43" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="44" spans="1:29">
+      <c r="A44" t="s">
+        <v>234</v>
+      </c>
+      <c r="B44" t="s">
+        <v>30</v>
+      </c>
+      <c r="C44" t="s">
+        <v>331</v>
+      </c>
+      <c r="D44" t="s">
+        <v>339</v>
+      </c>
+      <c r="E44" t="s">
+        <v>178</v>
+      </c>
+      <c r="F44" t="s">
+        <v>50</v>
+      </c>
+      <c r="G44" t="s">
+        <v>35</v>
+      </c>
+      <c r="H44" t="s">
+        <v>35</v>
+      </c>
+      <c r="I44" t="s">
+        <v>35</v>
+      </c>
+      <c r="J44" t="s">
+        <v>340</v>
+      </c>
+      <c r="K44" t="s">
+        <v>341</v>
+      </c>
+      <c r="L44" t="s">
+        <v>78</v>
+      </c>
+      <c r="M44" t="s">
+        <v>75</v>
+      </c>
+      <c r="N44" t="s">
+        <v>38</v>
+      </c>
+      <c r="O44" t="s">
+        <v>35</v>
+      </c>
+      <c r="P44" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q44" t="s">
+        <v>342</v>
+      </c>
+      <c r="R44" t="s">
+        <v>343</v>
+      </c>
+      <c r="S44" t="s">
+        <v>344</v>
+      </c>
+      <c r="T44" t="s">
+        <v>345</v>
+      </c>
+      <c r="U44" t="s">
+        <v>35</v>
+      </c>
+      <c r="V44" t="s">
+        <v>35</v>
+      </c>
+      <c r="W44" t="s">
+        <v>35</v>
+      </c>
+      <c r="X44" t="s">
+        <v>346</v>
+      </c>
+      <c r="Y44" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z44" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA44" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB44" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC44" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="45" spans="1:29">
+      <c r="A45" t="s">
+        <v>234</v>
+      </c>
+      <c r="B45" t="s">
+        <v>60</v>
+      </c>
+      <c r="C45" t="s">
+        <v>331</v>
+      </c>
+      <c r="D45" t="s">
+        <v>347</v>
+      </c>
+      <c r="E45" t="s">
+        <v>189</v>
+      </c>
+      <c r="F45" t="s">
+        <v>35</v>
+      </c>
+      <c r="G45" t="s">
+        <v>86</v>
+      </c>
+      <c r="H45" t="s">
+        <v>35</v>
+      </c>
+      <c r="I45" t="s">
+        <v>35</v>
+      </c>
+      <c r="J45" t="s">
+        <v>348</v>
+      </c>
+      <c r="K45" t="s">
+        <v>35</v>
+      </c>
+      <c r="L45" t="s">
+        <v>191</v>
+      </c>
+      <c r="M45" t="s">
+        <v>206</v>
+      </c>
+      <c r="N45" t="s">
+        <v>38</v>
+      </c>
+      <c r="O45" t="s">
+        <v>35</v>
+      </c>
+      <c r="P45" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q45" t="s">
+        <v>35</v>
+      </c>
+      <c r="R45" t="s">
+        <v>35</v>
+      </c>
+      <c r="S45" t="s">
+        <v>35</v>
+      </c>
+      <c r="T45" t="s">
+        <v>35</v>
+      </c>
+      <c r="U45" t="s">
+        <v>35</v>
+      </c>
+      <c r="V45" t="s">
+        <v>35</v>
+      </c>
+      <c r="W45" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y45" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z45" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA45" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB45" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC45" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="46" spans="1:29">
+      <c r="A46" t="s">
+        <v>117</v>
+      </c>
+      <c r="B46" t="s">
+        <v>201</v>
+      </c>
+      <c r="C46" t="s">
+        <v>349</v>
+      </c>
+      <c r="D46" t="s">
+        <v>350</v>
+      </c>
+      <c r="E46" t="s">
+        <v>351</v>
+      </c>
+      <c r="F46" t="s">
+        <v>35</v>
+      </c>
+      <c r="G46" t="s">
+        <v>35</v>
+      </c>
+      <c r="H46" t="s">
+        <v>35</v>
+      </c>
+      <c r="I46" t="s">
+        <v>35</v>
+      </c>
+      <c r="J46" t="s">
+        <v>352</v>
+      </c>
+      <c r="K46" t="s">
+        <v>35</v>
+      </c>
+      <c r="L46" t="s">
+        <v>353</v>
+      </c>
+      <c r="M46" t="s">
+        <v>38</v>
+      </c>
+      <c r="N46" t="s">
+        <v>38</v>
+      </c>
+      <c r="O46" t="s">
+        <v>35</v>
+      </c>
+      <c r="P46" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q46" t="s">
+        <v>354</v>
+      </c>
+      <c r="R46" t="s">
+        <v>35</v>
+      </c>
+      <c r="S46" t="s">
+        <v>35</v>
+      </c>
+      <c r="T46" t="s">
+        <v>355</v>
+      </c>
+      <c r="U46" t="s">
+        <v>35</v>
+      </c>
+      <c r="V46" t="s">
+        <v>35</v>
+      </c>
+      <c r="W46" t="s">
+        <v>35</v>
+      </c>
+      <c r="X46" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y46" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z46" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA46" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB46" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC46" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="47" spans="1:29">
+      <c r="A47" t="s">
+        <v>29</v>
+      </c>
+      <c r="B47" t="s">
+        <v>132</v>
+      </c>
+      <c r="C47" t="s">
+        <v>356</v>
+      </c>
+      <c r="D47" t="s">
+        <v>357</v>
+      </c>
+      <c r="E47" t="s">
+        <v>178</v>
+      </c>
+      <c r="F47" t="s">
+        <v>35</v>
+      </c>
+      <c r="G47" t="s">
+        <v>35</v>
+      </c>
+      <c r="H47" t="s">
+        <v>34</v>
+      </c>
+      <c r="I47" t="s">
+        <v>35</v>
+      </c>
+      <c r="J47" t="s">
+        <v>358</v>
+      </c>
+      <c r="K47" t="s">
+        <v>35</v>
+      </c>
+      <c r="L47" t="s">
+        <v>37</v>
+      </c>
+      <c r="M47" t="s">
+        <v>178</v>
+      </c>
+      <c r="N47" t="s">
+        <v>178</v>
+      </c>
+      <c r="O47" t="s">
+        <v>35</v>
+      </c>
+      <c r="P47" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q47" t="s">
+        <v>308</v>
+      </c>
+      <c r="R47" t="s">
+        <v>35</v>
+      </c>
+      <c r="S47" t="s">
+        <v>35</v>
+      </c>
+      <c r="T47" t="s">
+        <v>360</v>
+      </c>
+      <c r="U47" t="s">
+        <v>174</v>
+      </c>
+      <c r="V47" t="s">
+        <v>35</v>
+      </c>
+      <c r="W47" t="s">
+        <v>35</v>
+      </c>
+      <c r="X47" t="s">
+        <v>361</v>
+      </c>
+      <c r="Y47" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z47" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA47" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB47" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC47" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="48" spans="1:29">
+      <c r="A48" t="s">
+        <v>29</v>
+      </c>
+      <c r="B48" t="s">
+        <v>60</v>
+      </c>
+      <c r="C48" t="s">
+        <v>362</v>
+      </c>
+      <c r="D48" t="s">
+        <v>363</v>
+      </c>
+      <c r="E48" t="s">
+        <v>294</v>
+      </c>
+      <c r="F48" t="s">
+        <v>35</v>
+      </c>
+      <c r="G48" t="s">
+        <v>86</v>
+      </c>
+      <c r="H48" t="s">
+        <v>35</v>
+      </c>
+      <c r="I48" t="s">
+        <v>35</v>
+      </c>
+      <c r="J48" t="s">
+        <v>364</v>
+      </c>
+      <c r="K48" t="s">
+        <v>35</v>
+      </c>
+      <c r="L48" t="s">
+        <v>365</v>
+      </c>
+      <c r="M48" t="s">
+        <v>294</v>
+      </c>
+      <c r="N48" t="s">
+        <v>38</v>
+      </c>
+      <c r="O48" t="s">
+        <v>35</v>
+      </c>
+      <c r="P48" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q48" t="s">
+        <v>35</v>
+      </c>
+      <c r="R48" t="s">
+        <v>35</v>
+      </c>
+      <c r="S48" t="s">
+        <v>35</v>
+      </c>
+      <c r="T48" t="s">
+        <v>35</v>
+      </c>
+      <c r="U48" t="s">
+        <v>35</v>
+      </c>
+      <c r="V48" t="s">
+        <v>35</v>
+      </c>
+      <c r="W48" t="s">
+        <v>35</v>
+      </c>
+      <c r="X48" t="s">
+        <v>367</v>
+      </c>
+      <c r="Y48" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z48" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA48" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB48" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC48" t="s">
+        <v>368</v>
+      </c>
+    </row>
+    <row r="49" spans="1:29">
+      <c r="A49" t="s">
+        <v>72</v>
+      </c>
+      <c r="B49" t="s">
+        <v>132</v>
+      </c>
+      <c r="C49" t="s">
+        <v>362</v>
+      </c>
+      <c r="D49" t="s">
+        <v>369</v>
+      </c>
+      <c r="E49" t="s">
+        <v>294</v>
+      </c>
+      <c r="F49" t="s">
+        <v>35</v>
+      </c>
+      <c r="G49" t="s">
+        <v>35</v>
+      </c>
+      <c r="H49" t="s">
+        <v>34</v>
+      </c>
+      <c r="I49" t="s">
+        <v>35</v>
+      </c>
+      <c r="J49" t="s">
+        <v>370</v>
+      </c>
+      <c r="K49" t="s">
+        <v>35</v>
+      </c>
+      <c r="L49" t="s">
+        <v>191</v>
+      </c>
+      <c r="M49" t="s">
+        <v>206</v>
+      </c>
+      <c r="N49" t="s">
+        <v>38</v>
+      </c>
+      <c r="O49" t="s">
+        <v>35</v>
+      </c>
+      <c r="P49" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q49" t="s">
+        <v>35</v>
+      </c>
+      <c r="R49" t="s">
+        <v>35</v>
+      </c>
+      <c r="S49" t="s">
+        <v>35</v>
+      </c>
+      <c r="T49" t="s">
+        <v>35</v>
+      </c>
+      <c r="U49" t="s">
+        <v>35</v>
+      </c>
+      <c r="V49" t="s">
+        <v>35</v>
+      </c>
+      <c r="W49" t="s">
+        <v>35</v>
+      </c>
+      <c r="X49" t="s">
+        <v>371</v>
+      </c>
+      <c r="Y49" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z49" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA49" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB49" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC49" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="50" spans="1:29">
+      <c r="A50" t="s">
+        <v>83</v>
+      </c>
+      <c r="B50" t="s">
+        <v>30</v>
+      </c>
+      <c r="C50" t="s">
+        <v>362</v>
+      </c>
+      <c r="D50" t="s">
+        <v>372</v>
+      </c>
+      <c r="E50" t="s">
+        <v>253</v>
+      </c>
+      <c r="F50" t="s">
+        <v>34</v>
+      </c>
+      <c r="G50" t="s">
+        <v>35</v>
+      </c>
+      <c r="H50" t="s">
+        <v>35</v>
+      </c>
+      <c r="I50" t="s">
+        <v>35</v>
+      </c>
+      <c r="J50" t="s">
+        <v>373</v>
+      </c>
+      <c r="K50" t="s">
+        <v>35</v>
+      </c>
+      <c r="L50" t="s">
+        <v>374</v>
+      </c>
+      <c r="M50" t="s">
+        <v>253</v>
+      </c>
+      <c r="N50" t="s">
+        <v>38</v>
+      </c>
+      <c r="O50" t="s">
+        <v>35</v>
+      </c>
+      <c r="P50" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q50" t="s">
+        <v>375</v>
+      </c>
+      <c r="S50" t="s">
+        <v>35</v>
+      </c>
+      <c r="T50" t="s">
+        <v>35</v>
+      </c>
+      <c r="U50" t="s">
+        <v>35</v>
+      </c>
+      <c r="V50" t="s">
+        <v>376</v>
+      </c>
+      <c r="W50" t="s">
+        <v>35</v>
+      </c>
+      <c r="X50" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y50" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z50" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA50" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB50" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC50" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="51" spans="1:29">
+      <c r="A51" t="s">
+        <v>29</v>
+      </c>
+      <c r="B51" t="s">
+        <v>132</v>
+      </c>
+      <c r="C51" t="s">
+        <v>377</v>
+      </c>
+      <c r="D51" t="s">
+        <v>378</v>
+      </c>
+      <c r="E51" t="s">
+        <v>351</v>
+      </c>
+      <c r="F51" t="s">
+        <v>35</v>
+      </c>
+      <c r="G51" t="s">
+        <v>35</v>
+      </c>
+      <c r="H51" t="s">
+        <v>34</v>
+      </c>
+      <c r="I51" t="s">
+        <v>35</v>
+      </c>
+      <c r="J51" t="s">
+        <v>379</v>
+      </c>
+      <c r="K51" t="s">
+        <v>35</v>
+      </c>
+      <c r="L51" t="s">
+        <v>111</v>
+      </c>
+      <c r="M51" t="s">
+        <v>109</v>
+      </c>
+      <c r="N51" t="s">
+        <v>38</v>
+      </c>
+      <c r="O51" t="s">
+        <v>35</v>
+      </c>
+      <c r="P51" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q51" t="s">
+        <v>35</v>
+      </c>
+      <c r="R51" t="s">
+        <v>35</v>
+      </c>
+      <c r="S51" t="s">
+        <v>35</v>
+      </c>
+      <c r="T51" t="s">
+        <v>35</v>
+      </c>
+      <c r="U51" t="s">
+        <v>35</v>
+      </c>
+      <c r="V51" t="s">
+        <v>35</v>
+      </c>
+      <c r="W51" t="s">
+        <v>35</v>
+      </c>
+      <c r="X51" t="s">
+        <v>380</v>
+      </c>
+      <c r="Y51" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z51" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA51" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB51" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC51" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="52" spans="1:29">
+      <c r="A52" t="s">
+        <v>29</v>
+      </c>
+      <c r="B52" t="s">
+        <v>60</v>
+      </c>
+      <c r="C52" t="s">
+        <v>381</v>
+      </c>
+      <c r="D52" t="s">
+        <v>382</v>
+      </c>
+      <c r="E52" t="s">
+        <v>98</v>
+      </c>
+      <c r="F52" t="s">
+        <v>35</v>
+      </c>
+      <c r="G52" t="s">
+        <v>76</v>
+      </c>
+      <c r="H52" t="s">
+        <v>35</v>
+      </c>
+      <c r="I52" t="s">
+        <v>35</v>
+      </c>
+      <c r="J52" t="s">
+        <v>383</v>
+      </c>
+      <c r="K52" t="s">
+        <v>35</v>
+      </c>
+      <c r="L52" t="s">
+        <v>97</v>
+      </c>
+      <c r="M52" t="s">
+        <v>98</v>
+      </c>
+      <c r="N52" t="s">
+        <v>38</v>
+      </c>
+      <c r="O52" t="s">
+        <v>35</v>
+      </c>
+      <c r="P52" t="s">
+        <v>384</v>
+      </c>
+      <c r="Q52" t="s">
+        <v>385</v>
+      </c>
+      <c r="R52" t="s">
+        <v>35</v>
+      </c>
+      <c r="S52" t="s">
+        <v>35</v>
+      </c>
+      <c r="T52" t="s">
+        <v>386</v>
+      </c>
+      <c r="U52" t="s">
+        <v>387</v>
+      </c>
+      <c r="V52" t="s">
+        <v>388</v>
+      </c>
+      <c r="W52" t="s">
+        <v>35</v>
+      </c>
+      <c r="X52" t="s">
+        <v>389</v>
+      </c>
+      <c r="Y52" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z52" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA52" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB52" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC52" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="53" spans="1:29">
+      <c r="A53" t="s">
+        <v>29</v>
+      </c>
+      <c r="B53" t="s">
+        <v>60</v>
+      </c>
+      <c r="C53" t="s">
+        <v>381</v>
+      </c>
+      <c r="D53" t="s">
+        <v>390</v>
+      </c>
+      <c r="E53" t="s">
+        <v>391</v>
+      </c>
+      <c r="F53" t="s">
+        <v>35</v>
+      </c>
+      <c r="G53" t="s">
+        <v>76</v>
+      </c>
+      <c r="H53" t="s">
+        <v>35</v>
+      </c>
+      <c r="I53" t="s">
+        <v>35</v>
+      </c>
+      <c r="J53" t="s">
+        <v>392</v>
+      </c>
+      <c r="K53" t="s">
+        <v>35</v>
+      </c>
+      <c r="L53" t="s">
+        <v>393</v>
+      </c>
+      <c r="M53" t="s">
+        <v>391</v>
+      </c>
+      <c r="N53" t="s">
+        <v>38</v>
+      </c>
+      <c r="O53" t="s">
+        <v>35</v>
+      </c>
+      <c r="P53" t="s">
+        <v>394</v>
+      </c>
+      <c r="Q53" t="s">
+        <v>395</v>
+      </c>
+      <c r="R53" t="s">
+        <v>35</v>
+      </c>
+      <c r="S53" t="s">
+        <v>35</v>
+      </c>
+      <c r="T53" t="s">
+        <v>396</v>
+      </c>
+      <c r="U53" t="s">
+        <v>35</v>
+      </c>
+      <c r="V53" t="s">
+        <v>35</v>
+      </c>
+      <c r="W53" t="s">
+        <v>35</v>
+      </c>
+      <c r="X53" t="s">
+        <v>397</v>
+      </c>
+      <c r="Y53" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z53" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA53" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB53" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC53" t="s">
+        <v>398</v>
+      </c>
+    </row>
+    <row r="54" spans="1:29">
+      <c r="A54" t="s">
+        <v>29</v>
+      </c>
+      <c r="B54" t="s">
+        <v>30</v>
+      </c>
+      <c r="C54" t="s">
+        <v>381</v>
+      </c>
+      <c r="D54" t="s">
+        <v>399</v>
+      </c>
+      <c r="E54" t="s">
+        <v>216</v>
+      </c>
+      <c r="F54" t="s">
+        <v>95</v>
+      </c>
+      <c r="G54" t="s">
+        <v>35</v>
+      </c>
+      <c r="H54" t="s">
+        <v>35</v>
+      </c>
+      <c r="I54" t="s">
+        <v>35</v>
+      </c>
+      <c r="J54" t="s">
+        <v>400</v>
+      </c>
+      <c r="K54" t="s">
+        <v>35</v>
+      </c>
+      <c r="L54" t="s">
+        <v>52</v>
+      </c>
+      <c r="M54" t="s">
+        <v>216</v>
+      </c>
+      <c r="N54" t="s">
+        <v>38</v>
+      </c>
+      <c r="O54" t="s">
+        <v>35</v>
+      </c>
+      <c r="P54" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q54" t="s">
+        <v>401</v>
+      </c>
+      <c r="R54" t="s">
+        <v>402</v>
+      </c>
+      <c r="S54" t="s">
+        <v>403</v>
+      </c>
+      <c r="T54" t="s">
+        <v>35</v>
+      </c>
+      <c r="U54" t="s">
+        <v>35</v>
+      </c>
+      <c r="V54" t="s">
+        <v>35</v>
+      </c>
+      <c r="W54" t="s">
+        <v>35</v>
+      </c>
+      <c r="X54" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y54" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z54" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA54" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB54" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC54" t="s">
+        <v>404</v>
+      </c>
+    </row>
+    <row r="55" spans="1:29">
+      <c r="A55" t="s">
+        <v>29</v>
+      </c>
+      <c r="B55" t="s">
+        <v>60</v>
+      </c>
+      <c r="C55" t="s">
+        <v>381</v>
+      </c>
+      <c r="D55" t="s">
+        <v>405</v>
+      </c>
+      <c r="E55" t="s">
+        <v>162</v>
+      </c>
+      <c r="F55" t="s">
+        <v>35</v>
+      </c>
+      <c r="G55" t="s">
+        <v>63</v>
+      </c>
+      <c r="H55" t="s">
+        <v>35</v>
+      </c>
+      <c r="I55" t="s">
+        <v>35</v>
+      </c>
+      <c r="J55" t="s">
+        <v>406</v>
+      </c>
+      <c r="K55" t="s">
+        <v>35</v>
+      </c>
+      <c r="L55" t="s">
+        <v>164</v>
+      </c>
+      <c r="M55" t="s">
+        <v>162</v>
+      </c>
+      <c r="N55" t="s">
+        <v>38</v>
+      </c>
+      <c r="O55" t="s">
+        <v>35</v>
+      </c>
+      <c r="P55" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q55" t="s">
+        <v>35</v>
+      </c>
+      <c r="R55" t="s">
+        <v>35</v>
+      </c>
+      <c r="S55" t="s">
+        <v>35</v>
+      </c>
+      <c r="T55" t="s">
+        <v>407</v>
+      </c>
+      <c r="U55" t="s">
+        <v>35</v>
+      </c>
+      <c r="V55" t="s">
+        <v>35</v>
+      </c>
+      <c r="W55" t="s">
+        <v>35</v>
+      </c>
+      <c r="X55" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y55" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z55" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA55" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB55" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC55" t="s">
+        <v>408</v>
+      </c>
+    </row>
+    <row r="56" spans="1:29">
+      <c r="A56" t="s">
+        <v>117</v>
+      </c>
+      <c r="B56" t="s">
+        <v>60</v>
+      </c>
+      <c r="C56" t="s">
+        <v>409</v>
+      </c>
+      <c r="D56" t="s">
+        <v>410</v>
+      </c>
+      <c r="E56" t="s">
+        <v>49</v>
+      </c>
+      <c r="F56" t="s">
+        <v>35</v>
+      </c>
+      <c r="G56" t="s">
+        <v>76</v>
+      </c>
+      <c r="H56" t="s">
+        <v>35</v>
+      </c>
+      <c r="I56" t="s">
+        <v>35</v>
+      </c>
+      <c r="J56" t="s">
+        <v>411</v>
+      </c>
+      <c r="K56" t="s">
+        <v>35</v>
+      </c>
+      <c r="L56" t="s">
+        <v>353</v>
+      </c>
+      <c r="M56" t="s">
+        <v>49</v>
+      </c>
+      <c r="N56" t="s">
+        <v>38</v>
+      </c>
+      <c r="O56" t="s">
+        <v>35</v>
+      </c>
+      <c r="P56" t="s">
+        <v>412</v>
+      </c>
+      <c r="Q56" t="s">
+        <v>413</v>
+      </c>
+      <c r="R56" t="s">
+        <v>35</v>
+      </c>
+      <c r="S56" t="s">
+        <v>35</v>
+      </c>
+      <c r="T56" t="s">
+        <v>414</v>
+      </c>
+      <c r="U56" t="s">
+        <v>35</v>
+      </c>
+      <c r="V56" t="s">
+        <v>35</v>
+      </c>
+      <c r="W56" t="s">
+        <v>35</v>
+      </c>
+      <c r="X56" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y56" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z56" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA56" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB56" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC56" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="57" spans="1:29">
+      <c r="A57" t="s">
+        <v>117</v>
+      </c>
+      <c r="B57" t="s">
+        <v>60</v>
+      </c>
+      <c r="C57" t="s">
+        <v>409</v>
+      </c>
+      <c r="D57" t="s">
+        <v>410</v>
+      </c>
+      <c r="E57" t="s">
+        <v>49</v>
+      </c>
+      <c r="F57" t="s">
+        <v>35</v>
+      </c>
+      <c r="G57" t="s">
+        <v>86</v>
+      </c>
+      <c r="H57" t="s">
+        <v>35</v>
+      </c>
+      <c r="I57" t="s">
+        <v>35</v>
+      </c>
+      <c r="J57" t="s">
+        <v>415</v>
+      </c>
+      <c r="K57" t="s">
+        <v>35</v>
+      </c>
+      <c r="M57" t="s">
+        <v>49</v>
+      </c>
+      <c r="N57" t="s">
+        <v>38</v>
+      </c>
+      <c r="O57" t="s">
+        <v>35</v>
+      </c>
+      <c r="P57" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q57" t="s">
+        <v>416</v>
+      </c>
+      <c r="S57" t="s">
+        <v>35</v>
+      </c>
+      <c r="T57" t="s">
+        <v>417</v>
+      </c>
+      <c r="U57" t="s">
+        <v>35</v>
+      </c>
+      <c r="V57" t="s">
+        <v>35</v>
+      </c>
+      <c r="W57" t="s">
+        <v>35</v>
+      </c>
+      <c r="X57" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y57" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z57" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA57" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB57" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC57" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="58" spans="1:29">
+      <c r="A58" t="s">
+        <v>234</v>
+      </c>
+      <c r="B58" t="s">
+        <v>30</v>
+      </c>
+      <c r="C58" t="s">
+        <v>418</v>
+      </c>
+      <c r="D58" t="s">
+        <v>419</v>
+      </c>
+      <c r="E58" t="s">
+        <v>294</v>
+      </c>
+      <c r="F58" t="s">
+        <v>34</v>
+      </c>
+      <c r="G58" t="s">
+        <v>35</v>
+      </c>
+      <c r="H58" t="s">
+        <v>35</v>
+      </c>
+      <c r="I58" t="s">
+        <v>35</v>
+      </c>
+      <c r="J58" t="s">
+        <v>420</v>
+      </c>
+      <c r="K58" t="s">
+        <v>35</v>
+      </c>
+      <c r="L58" t="s">
+        <v>421</v>
+      </c>
+      <c r="M58" t="s">
+        <v>351</v>
+      </c>
+      <c r="N58" t="s">
+        <v>38</v>
+      </c>
+      <c r="O58" t="s">
+        <v>35</v>
+      </c>
+      <c r="P58" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q58" t="s">
+        <v>422</v>
+      </c>
+      <c r="R58" t="s">
+        <v>423</v>
+      </c>
+      <c r="S58" t="s">
+        <v>424</v>
+      </c>
+      <c r="T58" t="s">
+        <v>425</v>
+      </c>
+      <c r="U58" t="s">
+        <v>426</v>
+      </c>
+      <c r="V58" t="s">
+        <v>35</v>
+      </c>
+      <c r="W58" t="s">
+        <v>35</v>
+      </c>
+      <c r="X58" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y58" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z58" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA58" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB58" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC58" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="59" spans="1:29">
+      <c r="A59" t="s">
+        <v>427</v>
+      </c>
+      <c r="B59" t="s">
+        <v>201</v>
+      </c>
+      <c r="C59" t="s">
+        <v>428</v>
+      </c>
+      <c r="D59" t="s">
+        <v>429</v>
+      </c>
+      <c r="E59" t="s">
+        <v>38</v>
+      </c>
+      <c r="F59" t="s">
+        <v>35</v>
+      </c>
+      <c r="G59" t="s">
+        <v>35</v>
+      </c>
+      <c r="H59" t="s">
+        <v>35</v>
+      </c>
+      <c r="I59" t="s">
+        <v>35</v>
+      </c>
+      <c r="J59" t="s">
+        <v>430</v>
+      </c>
+      <c r="K59" t="s">
+        <v>35</v>
+      </c>
+      <c r="L59" t="s">
+        <v>374</v>
+      </c>
+      <c r="M59" t="s">
+        <v>253</v>
+      </c>
+      <c r="N59" t="s">
+        <v>38</v>
+      </c>
+      <c r="O59" t="s">
+        <v>35</v>
+      </c>
+      <c r="P59" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q59" t="s">
+        <v>431</v>
+      </c>
+      <c r="R59" t="s">
+        <v>35</v>
+      </c>
+      <c r="S59" t="s">
+        <v>35</v>
+      </c>
+      <c r="T59" t="s">
+        <v>432</v>
+      </c>
+      <c r="U59" t="s">
+        <v>35</v>
+      </c>
+      <c r="V59" t="s">
+        <v>35</v>
+      </c>
+      <c r="W59" t="s">
+        <v>35</v>
+      </c>
+      <c r="X59" t="s">
+        <v>433</v>
+      </c>
+      <c r="Y59" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z59" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA59" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB59" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC59" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="60" spans="1:29">
+      <c r="A60" t="s">
+        <v>427</v>
+      </c>
+      <c r="B60" t="s">
+        <v>60</v>
+      </c>
+      <c r="C60" t="s">
+        <v>434</v>
+      </c>
+      <c r="D60" t="s">
+        <v>435</v>
+      </c>
+      <c r="E60" t="s">
+        <v>189</v>
+      </c>
+      <c r="F60" t="s">
+        <v>35</v>
+      </c>
+      <c r="G60" t="s">
+        <v>86</v>
+      </c>
+      <c r="H60" t="s">
+        <v>35</v>
+      </c>
+      <c r="I60" t="s">
+        <v>35</v>
+      </c>
+      <c r="J60" t="s">
+        <v>436</v>
+      </c>
+      <c r="K60" t="s">
+        <v>35</v>
+      </c>
+      <c r="L60" t="s">
+        <v>78</v>
+      </c>
+      <c r="M60" t="s">
+        <v>38</v>
+      </c>
+      <c r="N60" t="s">
+        <v>75</v>
+      </c>
+      <c r="O60" t="s">
+        <v>35</v>
+      </c>
+      <c r="P60" t="s">
+        <v>437</v>
+      </c>
+      <c r="Q60" t="s">
+        <v>438</v>
+      </c>
+      <c r="R60" t="s">
+        <v>35</v>
+      </c>
+      <c r="S60" t="s">
+        <v>35</v>
+      </c>
+      <c r="T60" t="s">
+        <v>439</v>
+      </c>
+      <c r="U60" t="s">
+        <v>35</v>
+      </c>
+      <c r="V60" t="s">
+        <v>35</v>
+      </c>
+      <c r="W60" t="s">
+        <v>35</v>
+      </c>
+      <c r="X60" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y60" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z60" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA60" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB60" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC60" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="61" spans="1:29">
+      <c r="A61" t="s">
+        <v>117</v>
+      </c>
+      <c r="B61" t="s">
+        <v>60</v>
+      </c>
+      <c r="C61" t="s">
+        <v>440</v>
+      </c>
+      <c r="D61" t="s">
+        <v>441</v>
+      </c>
+      <c r="E61" t="s">
+        <v>216</v>
+      </c>
+      <c r="F61" t="s">
+        <v>35</v>
+      </c>
+      <c r="G61" t="s">
+        <v>76</v>
+      </c>
+      <c r="H61" t="s">
+        <v>35</v>
+      </c>
+      <c r="I61" t="s">
+        <v>35</v>
+      </c>
+      <c r="J61" t="s">
+        <v>442</v>
+      </c>
+      <c r="K61" t="s">
+        <v>35</v>
+      </c>
+      <c r="L61" t="s">
+        <v>52</v>
+      </c>
+      <c r="M61" t="s">
+        <v>216</v>
+      </c>
+      <c r="N61" t="s">
+        <v>38</v>
+      </c>
+      <c r="O61" t="s">
+        <v>35</v>
+      </c>
+      <c r="P61" t="s">
+        <v>443</v>
+      </c>
+      <c r="Q61" t="s">
+        <v>444</v>
+      </c>
+      <c r="R61" t="s">
+        <v>35</v>
+      </c>
+      <c r="S61" t="s">
+        <v>35</v>
+      </c>
+      <c r="T61" t="s">
+        <v>35</v>
+      </c>
+      <c r="U61" t="s">
+        <v>35</v>
+      </c>
+      <c r="V61" t="s">
+        <v>35</v>
+      </c>
+      <c r="W61" t="s">
+        <v>35</v>
+      </c>
+      <c r="X61" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y61" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z61" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA61" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB61" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="62" spans="1:29">
+      <c r="A62" t="s">
+        <v>117</v>
+      </c>
+      <c r="B62" t="s">
+        <v>201</v>
+      </c>
+      <c r="C62" t="s">
+        <v>440</v>
+      </c>
+      <c r="D62" t="s">
+        <v>445</v>
+      </c>
+      <c r="E62" t="s">
+        <v>294</v>
+      </c>
+      <c r="F62" t="s">
+        <v>35</v>
+      </c>
+      <c r="G62" t="s">
+        <v>35</v>
+      </c>
+      <c r="H62" t="s">
+        <v>35</v>
+      </c>
+      <c r="I62" t="s">
+        <v>35</v>
+      </c>
+      <c r="J62" t="s">
+        <v>446</v>
+      </c>
+      <c r="K62" t="s">
+        <v>35</v>
+      </c>
+      <c r="L62" t="s">
+        <v>421</v>
+      </c>
+      <c r="M62" t="s">
+        <v>351</v>
+      </c>
+      <c r="N62" t="s">
+        <v>38</v>
+      </c>
+      <c r="O62" t="s">
+        <v>35</v>
+      </c>
+      <c r="P62" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q62" t="s">
+        <v>448</v>
+      </c>
+      <c r="R62" t="s">
+        <v>35</v>
+      </c>
+      <c r="S62" t="s">
+        <v>35</v>
+      </c>
+      <c r="T62" t="s">
+        <v>35</v>
+      </c>
+      <c r="U62" t="s">
+        <v>35</v>
+      </c>
+      <c r="V62" t="s">
+        <v>35</v>
+      </c>
+      <c r="W62" t="s">
+        <v>35</v>
+      </c>
+      <c r="X62" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y62" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z62" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA62" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB62" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC62" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="63" spans="1:29">
+      <c r="A63" t="s">
+        <v>117</v>
+      </c>
+      <c r="B63" t="s">
+        <v>201</v>
+      </c>
+      <c r="C63" t="s">
+        <v>449</v>
+      </c>
+      <c r="D63" t="s">
+        <v>450</v>
+      </c>
+      <c r="E63" t="s">
+        <v>49</v>
+      </c>
+      <c r="F63" t="s">
+        <v>35</v>
+      </c>
+      <c r="G63" t="s">
+        <v>35</v>
+      </c>
+      <c r="H63" t="s">
+        <v>35</v>
+      </c>
+      <c r="I63" t="s">
+        <v>35</v>
+      </c>
+      <c r="J63" t="s">
+        <v>451</v>
+      </c>
+      <c r="K63" t="s">
+        <v>35</v>
+      </c>
+      <c r="L63" t="s">
+        <v>88</v>
+      </c>
+      <c r="M63" t="s">
+        <v>38</v>
+      </c>
+      <c r="N63" t="s">
+        <v>38</v>
+      </c>
+      <c r="O63" t="s">
+        <v>35</v>
+      </c>
+      <c r="P63" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q63" t="s">
+        <v>452</v>
+      </c>
+      <c r="R63" t="s">
+        <v>35</v>
+      </c>
+      <c r="S63" t="s">
+        <v>35</v>
+      </c>
+      <c r="T63" t="s">
+        <v>35</v>
+      </c>
+      <c r="U63" t="s">
+        <v>35</v>
+      </c>
+      <c r="V63" t="s">
+        <v>35</v>
+      </c>
+      <c r="W63" t="s">
+        <v>35</v>
+      </c>
+      <c r="X63" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y63" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z63" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA63" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB63" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC63" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="64" spans="1:29">
+      <c r="A64" t="s">
+        <v>117</v>
+      </c>
+      <c r="B64" t="s">
+        <v>30</v>
+      </c>
+      <c r="C64" t="s">
+        <v>449</v>
+      </c>
+      <c r="D64" t="s">
+        <v>453</v>
+      </c>
+      <c r="E64" t="s">
+        <v>33</v>
+      </c>
+      <c r="F64" t="s">
+        <v>34</v>
+      </c>
+      <c r="G64" t="s">
+        <v>35</v>
+      </c>
+      <c r="H64" t="s">
+        <v>35</v>
+      </c>
+      <c r="I64" t="s">
+        <v>35</v>
+      </c>
+      <c r="J64" t="s">
+        <v>454</v>
+      </c>
+      <c r="K64" t="s">
+        <v>35</v>
+      </c>
+      <c r="M64" t="s">
+        <v>38</v>
+      </c>
+      <c r="N64" t="s">
+        <v>38</v>
+      </c>
+      <c r="O64" t="s">
+        <v>35</v>
+      </c>
+      <c r="P64" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q64" t="s">
+        <v>455</v>
+      </c>
+      <c r="R64" t="s">
+        <v>35</v>
+      </c>
+      <c r="S64" t="s">
+        <v>35</v>
+      </c>
+      <c r="T64" t="s">
+        <v>35</v>
+      </c>
+      <c r="U64" t="s">
+        <v>35</v>
+      </c>
+      <c r="V64" t="s">
+        <v>35</v>
+      </c>
+      <c r="W64" t="s">
+        <v>35</v>
+      </c>
+      <c r="X64" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y64" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z64" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA64" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB64" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC64" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="65" spans="1:29">
+      <c r="A65" t="s">
+        <v>83</v>
+      </c>
+      <c r="B65" t="s">
+        <v>30</v>
+      </c>
+      <c r="C65" t="s">
+        <v>449</v>
+      </c>
+      <c r="D65" t="s">
+        <v>456</v>
+      </c>
+      <c r="E65" t="s">
+        <v>206</v>
+      </c>
+      <c r="F65" t="s">
+        <v>34</v>
+      </c>
+      <c r="G65" t="s">
+        <v>35</v>
+      </c>
+      <c r="H65" t="s">
+        <v>35</v>
+      </c>
+      <c r="I65" t="s">
+        <v>35</v>
+      </c>
+      <c r="J65" t="s">
+        <v>457</v>
+      </c>
+      <c r="K65" t="s">
+        <v>35</v>
+      </c>
+      <c r="L65" t="s">
+        <v>191</v>
+      </c>
+      <c r="M65" t="s">
+        <v>206</v>
+      </c>
+      <c r="N65" t="s">
+        <v>38</v>
+      </c>
+      <c r="O65" t="s">
+        <v>35</v>
+      </c>
+      <c r="P65" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q65" t="s">
+        <v>458</v>
+      </c>
+      <c r="R65" t="s">
+        <v>35</v>
+      </c>
+      <c r="S65" t="s">
+        <v>35</v>
+      </c>
+      <c r="T65" t="s">
+        <v>459</v>
+      </c>
+      <c r="U65" t="s">
+        <v>460</v>
+      </c>
+      <c r="V65" t="s">
+        <v>35</v>
+      </c>
+      <c r="W65" t="s">
+        <v>35</v>
+      </c>
+      <c r="X65" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y65" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z65" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA65" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB65" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC65" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="66" spans="1:29">
+      <c r="A66" t="s">
+        <v>29</v>
+      </c>
+      <c r="B66" t="s">
+        <v>30</v>
+      </c>
+      <c r="C66" t="s">
+        <v>461</v>
+      </c>
+      <c r="D66" t="s">
+        <v>462</v>
+      </c>
+      <c r="E66" t="s">
+        <v>204</v>
+      </c>
+      <c r="F66" t="s">
+        <v>34</v>
+      </c>
+      <c r="G66" t="s">
+        <v>35</v>
+      </c>
+      <c r="H66" t="s">
+        <v>35</v>
+      </c>
+      <c r="I66" t="s">
+        <v>35</v>
+      </c>
+      <c r="J66" t="s">
+        <v>463</v>
+      </c>
+      <c r="K66" t="s">
+        <v>35</v>
+      </c>
+      <c r="L66" t="s">
+        <v>324</v>
+      </c>
+      <c r="M66" t="s">
+        <v>38</v>
+      </c>
+      <c r="N66" t="s">
+        <v>38</v>
+      </c>
+      <c r="O66" t="s">
+        <v>35</v>
+      </c>
+      <c r="P66" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q66" t="s">
+        <v>464</v>
+      </c>
+      <c r="R66" t="s">
+        <v>35</v>
+      </c>
+      <c r="S66" t="s">
+        <v>465</v>
+      </c>
+      <c r="T66" t="s">
+        <v>35</v>
+      </c>
+      <c r="U66" t="s">
+        <v>466</v>
+      </c>
+      <c r="V66" t="s">
+        <v>35</v>
+      </c>
+      <c r="W66" t="s">
+        <v>35</v>
+      </c>
+      <c r="X66" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y66" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z66" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA66" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB66" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC66" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="67" spans="1:29">
+      <c r="A67" t="s">
+        <v>29</v>
+      </c>
+      <c r="B67" t="s">
+        <v>30</v>
+      </c>
+      <c r="C67" t="s">
+        <v>467</v>
+      </c>
+      <c r="D67" t="s">
+        <v>468</v>
+      </c>
+      <c r="E67" t="s">
+        <v>206</v>
+      </c>
+      <c r="F67" t="s">
+        <v>34</v>
+      </c>
+      <c r="G67" t="s">
+        <v>35</v>
+      </c>
+      <c r="H67" t="s">
+        <v>35</v>
+      </c>
+      <c r="I67" t="s">
+        <v>35</v>
+      </c>
+      <c r="J67" t="s">
+        <v>469</v>
+      </c>
+      <c r="K67" t="s">
+        <v>35</v>
+      </c>
+      <c r="L67" t="s">
+        <v>324</v>
+      </c>
+      <c r="M67" t="s">
+        <v>38</v>
+      </c>
+      <c r="N67" t="s">
+        <v>38</v>
+      </c>
+      <c r="O67" t="s">
+        <v>35</v>
+      </c>
+      <c r="P67" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q67" t="s">
+        <v>470</v>
+      </c>
+      <c r="R67" t="s">
+        <v>471</v>
+      </c>
+      <c r="S67" t="s">
+        <v>472</v>
+      </c>
+      <c r="T67" t="s">
+        <v>473</v>
+      </c>
+      <c r="U67" t="s">
+        <v>474</v>
+      </c>
+      <c r="V67" t="s">
+        <v>475</v>
+      </c>
+      <c r="W67" t="s">
+        <v>35</v>
+      </c>
+      <c r="X67" t="s">
+        <v>476</v>
+      </c>
+      <c r="Y67" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z67" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA67" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB67" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC67" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="68" spans="1:29">
+      <c r="A68" t="s">
+        <v>117</v>
+      </c>
+      <c r="B68" t="s">
+        <v>132</v>
+      </c>
+      <c r="C68" t="s">
+        <v>477</v>
+      </c>
+      <c r="D68" t="s">
+        <v>478</v>
+      </c>
+      <c r="E68" t="s">
+        <v>479</v>
+      </c>
+      <c r="F68" t="s">
+        <v>35</v>
+      </c>
+      <c r="G68" t="s">
+        <v>35</v>
+      </c>
+      <c r="H68" t="s">
+        <v>34</v>
+      </c>
+      <c r="I68" t="s">
+        <v>35</v>
+      </c>
+      <c r="J68" t="s">
+        <v>480</v>
+      </c>
+      <c r="K68" t="s">
+        <v>35</v>
+      </c>
+      <c r="L68" t="s">
+        <v>231</v>
+      </c>
+      <c r="M68" t="s">
+        <v>253</v>
+      </c>
+      <c r="N68" t="s">
+        <v>38</v>
+      </c>
+      <c r="O68" t="s">
+        <v>35</v>
+      </c>
+      <c r="P68" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q68" t="s">
+        <v>481</v>
+      </c>
+      <c r="R68" t="s">
+        <v>35</v>
+      </c>
+      <c r="S68" t="s">
+        <v>35</v>
+      </c>
+      <c r="T68" t="s">
+        <v>35</v>
+      </c>
+      <c r="U68" t="s">
+        <v>35</v>
+      </c>
+      <c r="V68" t="s">
+        <v>35</v>
+      </c>
+      <c r="W68" t="s">
+        <v>35</v>
+      </c>
+      <c r="X68" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y68" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z68" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA68" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB68" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="69" spans="1:29">
+      <c r="A69" t="s">
+        <v>482</v>
+      </c>
+      <c r="B69" t="s">
+        <v>30</v>
+      </c>
+      <c r="C69" t="s">
+        <v>483</v>
+      </c>
+      <c r="D69" t="s">
+        <v>484</v>
+      </c>
+      <c r="E69" t="s">
+        <v>189</v>
+      </c>
+      <c r="F69" t="s">
+        <v>34</v>
+      </c>
+      <c r="G69" t="s">
+        <v>35</v>
+      </c>
+      <c r="H69" t="s">
+        <v>35</v>
+      </c>
+      <c r="I69" t="s">
+        <v>35</v>
+      </c>
+      <c r="J69" t="s">
+        <v>485</v>
+      </c>
+      <c r="K69" t="s">
+        <v>35</v>
+      </c>
+      <c r="L69" t="s">
+        <v>421</v>
+      </c>
+      <c r="M69" t="s">
+        <v>351</v>
+      </c>
+      <c r="N69" t="s">
+        <v>38</v>
+      </c>
+      <c r="O69" t="s">
+        <v>35</v>
+      </c>
+      <c r="P69" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q69" t="s">
+        <v>486</v>
+      </c>
+      <c r="R69" t="s">
+        <v>35</v>
+      </c>
+      <c r="S69" t="s">
+        <v>35</v>
+      </c>
+      <c r="T69" t="s">
+        <v>487</v>
+      </c>
+      <c r="U69" t="s">
+        <v>290</v>
+      </c>
+      <c r="V69" t="s">
+        <v>488</v>
+      </c>
+      <c r="W69" t="s">
+        <v>35</v>
+      </c>
+      <c r="X69" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y69" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z69" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA69" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB69" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC69" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="70" spans="1:29">
+      <c r="A70" t="s">
+        <v>482</v>
+      </c>
+      <c r="B70" t="s">
+        <v>30</v>
+      </c>
+      <c r="C70" t="s">
+        <v>483</v>
+      </c>
+      <c r="D70" t="s">
+        <v>489</v>
+      </c>
+      <c r="E70" t="s">
+        <v>490</v>
+      </c>
+      <c r="F70" t="s">
+        <v>34</v>
+      </c>
+      <c r="G70" t="s">
+        <v>35</v>
+      </c>
+      <c r="H70" t="s">
+        <v>35</v>
+      </c>
+      <c r="I70" t="s">
+        <v>35</v>
+      </c>
+      <c r="J70" t="s">
+        <v>491</v>
+      </c>
+      <c r="K70" t="s">
+        <v>35</v>
+      </c>
+      <c r="L70" t="s">
+        <v>111</v>
+      </c>
+      <c r="M70" t="s">
+        <v>38</v>
+      </c>
+      <c r="N70" t="s">
+        <v>38</v>
+      </c>
+      <c r="O70" t="s">
+        <v>35</v>
+      </c>
+      <c r="P70" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q70" t="s">
+        <v>492</v>
+      </c>
+      <c r="R70" t="s">
+        <v>35</v>
+      </c>
+      <c r="S70" t="s">
+        <v>35</v>
+      </c>
+      <c r="T70" t="s">
+        <v>35</v>
+      </c>
+      <c r="U70" t="s">
+        <v>493</v>
+      </c>
+      <c r="V70" t="s">
+        <v>35</v>
+      </c>
+      <c r="W70" t="s">
+        <v>35</v>
+      </c>
+      <c r="X70" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y70" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z70" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA70" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB70" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC70" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="71" spans="1:29">
+      <c r="A71" t="s">
+        <v>482</v>
+      </c>
+      <c r="B71" t="s">
+        <v>30</v>
+      </c>
+      <c r="C71" t="s">
+        <v>483</v>
+      </c>
+      <c r="D71" t="s">
+        <v>494</v>
+      </c>
+      <c r="E71" t="s">
+        <v>495</v>
+      </c>
+      <c r="F71" t="s">
+        <v>34</v>
+      </c>
+      <c r="G71" t="s">
+        <v>35</v>
+      </c>
+      <c r="H71" t="s">
+        <v>35</v>
+      </c>
+      <c r="I71" t="s">
+        <v>35</v>
+      </c>
+      <c r="J71" t="s">
+        <v>496</v>
+      </c>
+      <c r="K71" t="s">
+        <v>35</v>
+      </c>
+      <c r="L71" t="s">
+        <v>497</v>
+      </c>
+      <c r="M71" t="s">
+        <v>38</v>
+      </c>
+      <c r="N71" t="s">
+        <v>38</v>
+      </c>
+      <c r="O71" t="s">
+        <v>35</v>
+      </c>
+      <c r="P71" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q71" t="s">
+        <v>498</v>
+      </c>
+      <c r="R71" t="s">
+        <v>35</v>
+      </c>
+      <c r="S71" t="s">
+        <v>499</v>
+      </c>
+      <c r="T71" t="s">
+        <v>35</v>
+      </c>
+      <c r="U71" t="s">
+        <v>500</v>
+      </c>
+      <c r="V71" t="s">
+        <v>501</v>
+      </c>
+      <c r="W71" t="s">
+        <v>35</v>
+      </c>
+      <c r="X71" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y71" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z71" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA71" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB71" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC71" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="72" spans="1:29">
+      <c r="A72" t="s">
+        <v>29</v>
+      </c>
+      <c r="B72" t="s">
+        <v>60</v>
+      </c>
+      <c r="C72" t="s">
+        <v>502</v>
+      </c>
+      <c r="D72" t="s">
+        <v>503</v>
+      </c>
+      <c r="E72" t="s">
+        <v>162</v>
+      </c>
+      <c r="F72" t="s">
+        <v>35</v>
+      </c>
+      <c r="G72" t="s">
+        <v>63</v>
+      </c>
+      <c r="H72" t="s">
+        <v>35</v>
+      </c>
+      <c r="I72" t="s">
+        <v>35</v>
+      </c>
+      <c r="J72" t="s">
+        <v>504</v>
+      </c>
+      <c r="K72" t="s">
+        <v>35</v>
+      </c>
+      <c r="L72" t="s">
+        <v>164</v>
+      </c>
+      <c r="M72" t="s">
+        <v>162</v>
+      </c>
+      <c r="N72" t="s">
+        <v>38</v>
+      </c>
+      <c r="O72" t="s">
+        <v>35</v>
+      </c>
+      <c r="P72" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q72" t="s">
+        <v>505</v>
+      </c>
+      <c r="R72" t="s">
+        <v>35</v>
+      </c>
+      <c r="S72" t="s">
+        <v>35</v>
+      </c>
+      <c r="T72" t="s">
+        <v>35</v>
+      </c>
+      <c r="U72" t="s">
+        <v>35</v>
+      </c>
+      <c r="V72" t="s">
+        <v>69</v>
+      </c>
+      <c r="W72" t="s">
+        <v>35</v>
+      </c>
+      <c r="X72" t="s">
+        <v>506</v>
+      </c>
+      <c r="Y72" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z72" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA72" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB72" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC72" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="73" spans="1:29">
+      <c r="A73" t="s">
+        <v>427</v>
+      </c>
+      <c r="B73" t="s">
+        <v>60</v>
+      </c>
+      <c r="C73" t="s">
+        <v>502</v>
+      </c>
+      <c r="D73" t="s">
+        <v>507</v>
+      </c>
+      <c r="E73" t="s">
+        <v>94</v>
+      </c>
+      <c r="F73" t="s">
+        <v>35</v>
+      </c>
+      <c r="G73" t="s">
+        <v>76</v>
+      </c>
+      <c r="H73" t="s">
+        <v>35</v>
+      </c>
+      <c r="I73" t="s">
+        <v>35</v>
+      </c>
+      <c r="J73" t="s">
+        <v>508</v>
+      </c>
+      <c r="K73" t="s">
+        <v>35</v>
+      </c>
+      <c r="L73" t="s">
+        <v>509</v>
+      </c>
+      <c r="M73" t="s">
+        <v>94</v>
+      </c>
+      <c r="N73" t="s">
+        <v>38</v>
+      </c>
+      <c r="O73" t="s">
+        <v>35</v>
+      </c>
+      <c r="P73" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q73" t="s">
+        <v>510</v>
+      </c>
+      <c r="R73" t="s">
+        <v>35</v>
+      </c>
+      <c r="S73" t="s">
+        <v>35</v>
+      </c>
+      <c r="T73" t="s">
+        <v>511</v>
+      </c>
+      <c r="U73" t="s">
+        <v>512</v>
+      </c>
+      <c r="V73" t="s">
+        <v>35</v>
+      </c>
+      <c r="W73" t="s">
+        <v>35</v>
+      </c>
+      <c r="X73" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y73" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z73" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA73" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB73" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC73" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="74" spans="1:29">
+      <c r="A74" t="s">
+        <v>29</v>
+      </c>
+      <c r="B74" t="s">
+        <v>143</v>
+      </c>
+      <c r="C74" t="s">
+        <v>513</v>
+      </c>
+      <c r="D74" t="s">
+        <v>514</v>
+      </c>
+      <c r="E74" t="s">
+        <v>162</v>
+      </c>
+      <c r="F74" t="s">
+        <v>35</v>
+      </c>
+      <c r="G74" t="s">
+        <v>35</v>
+      </c>
+      <c r="H74" t="s">
+        <v>35</v>
+      </c>
+      <c r="I74" t="s">
+        <v>212</v>
+      </c>
+      <c r="J74" t="s">
+        <v>515</v>
+      </c>
+      <c r="K74" t="s">
+        <v>35</v>
+      </c>
+      <c r="L74" t="s">
+        <v>164</v>
+      </c>
+      <c r="M74" t="s">
+        <v>162</v>
+      </c>
+      <c r="N74" t="s">
+        <v>98</v>
+      </c>
+      <c r="O74" t="s">
+        <v>35</v>
+      </c>
+      <c r="P74" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q74" t="s">
+        <v>516</v>
+      </c>
+      <c r="R74" t="s">
+        <v>35</v>
+      </c>
+      <c r="S74" t="s">
+        <v>35</v>
+      </c>
+      <c r="T74" t="s">
+        <v>396</v>
+      </c>
+      <c r="U74" t="s">
+        <v>35</v>
+      </c>
+      <c r="V74" t="s">
+        <v>517</v>
+      </c>
+      <c r="W74" t="s">
+        <v>35</v>
+      </c>
+      <c r="X74" t="s">
+        <v>518</v>
+      </c>
+      <c r="Y74" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z74" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA74" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB74" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC74" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="75" spans="1:29">
+      <c r="A75" t="s">
+        <v>29</v>
+      </c>
+      <c r="B75" t="s">
+        <v>143</v>
+      </c>
+      <c r="C75" t="s">
+        <v>513</v>
+      </c>
+      <c r="D75" t="s">
+        <v>519</v>
+      </c>
+      <c r="E75" t="s">
+        <v>75</v>
+      </c>
+      <c r="F75" t="s">
+        <v>35</v>
+      </c>
+      <c r="G75" t="s">
+        <v>35</v>
+      </c>
+      <c r="H75" t="s">
+        <v>35</v>
+      </c>
+      <c r="I75" t="s">
+        <v>520</v>
+      </c>
+      <c r="J75" t="s">
+        <v>521</v>
+      </c>
+      <c r="K75" t="s">
+        <v>35</v>
+      </c>
+      <c r="L75" t="s">
+        <v>52</v>
+      </c>
+      <c r="M75" t="s">
+        <v>216</v>
+      </c>
+      <c r="N75" t="s">
+        <v>75</v>
+      </c>
+      <c r="O75" t="s">
+        <v>35</v>
+      </c>
+      <c r="P75" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q75" t="s">
+        <v>522</v>
+      </c>
+      <c r="R75" t="s">
+        <v>35</v>
+      </c>
+      <c r="S75" t="s">
+        <v>35</v>
+      </c>
+      <c r="T75" t="s">
+        <v>68</v>
+      </c>
+      <c r="U75" t="s">
+        <v>523</v>
+      </c>
+      <c r="V75" t="s">
+        <v>35</v>
+      </c>
+      <c r="W75" t="s">
+        <v>35</v>
+      </c>
+      <c r="X75" t="s">
+        <v>524</v>
+      </c>
+      <c r="Y75" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z75" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA75" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB75" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC75" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="76" spans="1:29">
+      <c r="A76" t="s">
+        <v>29</v>
+      </c>
+      <c r="B76" t="s">
+        <v>60</v>
+      </c>
+      <c r="C76" t="s">
+        <v>513</v>
+      </c>
+      <c r="D76" t="s">
+        <v>525</v>
+      </c>
+      <c r="E76" t="s">
+        <v>49</v>
+      </c>
+      <c r="F76" t="s">
+        <v>35</v>
+      </c>
+      <c r="G76" t="s">
+        <v>76</v>
+      </c>
+      <c r="H76" t="s">
+        <v>35</v>
+      </c>
+      <c r="I76" t="s">
+        <v>35</v>
+      </c>
+      <c r="J76" t="s">
+        <v>526</v>
+      </c>
+      <c r="K76" t="s">
+        <v>35</v>
+      </c>
+      <c r="L76" t="s">
+        <v>88</v>
+      </c>
+      <c r="M76" t="s">
+        <v>49</v>
+      </c>
+      <c r="N76" t="s">
+        <v>206</v>
+      </c>
+      <c r="O76" t="s">
+        <v>35</v>
+      </c>
+      <c r="P76" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q76" t="s">
+        <v>35</v>
+      </c>
+      <c r="R76" t="s">
+        <v>35</v>
+      </c>
+      <c r="S76" t="s">
+        <v>35</v>
+      </c>
+      <c r="T76" t="s">
+        <v>68</v>
+      </c>
+      <c r="U76" t="s">
+        <v>35</v>
+      </c>
+      <c r="V76" t="s">
+        <v>35</v>
+      </c>
+      <c r="W76" t="s">
+        <v>35</v>
+      </c>
+      <c r="X76" t="s">
+        <v>527</v>
+      </c>
+      <c r="Y76" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z76" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA76" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB76" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC76" t="s">
+        <v>528</v>
+      </c>
+    </row>
+    <row r="77" spans="1:29">
+      <c r="A77" t="s">
+        <v>117</v>
+      </c>
+      <c r="B77" t="s">
+        <v>132</v>
+      </c>
+      <c r="C77" t="s">
+        <v>513</v>
+      </c>
+      <c r="D77" t="s">
+        <v>529</v>
+      </c>
+      <c r="E77" t="s">
+        <v>189</v>
+      </c>
+      <c r="F77" t="s">
+        <v>35</v>
+      </c>
+      <c r="G77" t="s">
+        <v>35</v>
+      </c>
+      <c r="H77" t="s">
+        <v>34</v>
+      </c>
+      <c r="I77" t="s">
+        <v>35</v>
+      </c>
+      <c r="J77" t="s">
+        <v>530</v>
+      </c>
+      <c r="K77" t="s">
+        <v>35</v>
+      </c>
+      <c r="L77" t="s">
+        <v>531</v>
+      </c>
+      <c r="M77" t="s">
+        <v>479</v>
+      </c>
+      <c r="N77" t="s">
+        <v>38</v>
+      </c>
+      <c r="O77" t="s">
+        <v>35</v>
+      </c>
+      <c r="P77" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q77" t="s">
+        <v>35</v>
+      </c>
+      <c r="R77" t="s">
+        <v>35</v>
+      </c>
+      <c r="S77" t="s">
+        <v>35</v>
+      </c>
+      <c r="T77" t="s">
+        <v>35</v>
+      </c>
+      <c r="U77" t="s">
+        <v>35</v>
+      </c>
+      <c r="V77" t="s">
+        <v>35</v>
+      </c>
+      <c r="W77" t="s">
+        <v>35</v>
+      </c>
+      <c r="X77" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y77" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z77" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA77" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB77" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC77" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="78" spans="1:29">
+      <c r="A78" t="s">
+        <v>29</v>
+      </c>
+      <c r="B78" t="s">
+        <v>30</v>
+      </c>
+      <c r="C78" t="s">
+        <v>532</v>
+      </c>
+      <c r="D78" t="s">
+        <v>533</v>
+      </c>
+      <c r="E78" t="s">
+        <v>94</v>
+      </c>
+      <c r="F78" t="s">
+        <v>95</v>
+      </c>
+      <c r="G78" t="s">
+        <v>35</v>
+      </c>
+      <c r="H78" t="s">
+        <v>35</v>
+      </c>
+      <c r="I78" t="s">
+        <v>35</v>
+      </c>
+      <c r="J78" t="s">
+        <v>534</v>
+      </c>
+      <c r="K78" t="s">
+        <v>35</v>
+      </c>
+      <c r="L78" t="s">
+        <v>52</v>
+      </c>
+      <c r="M78" t="s">
+        <v>216</v>
+      </c>
+      <c r="N78" t="s">
+        <v>38</v>
+      </c>
+      <c r="O78" t="s">
+        <v>35</v>
+      </c>
+      <c r="P78" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q78" t="s">
+        <v>535</v>
+      </c>
+      <c r="R78" t="s">
+        <v>174</v>
+      </c>
+      <c r="S78" t="s">
+        <v>536</v>
+      </c>
+      <c r="T78" t="s">
+        <v>174</v>
+      </c>
+      <c r="U78" t="s">
+        <v>174</v>
+      </c>
+      <c r="V78" t="s">
+        <v>537</v>
+      </c>
+      <c r="W78" t="s">
+        <v>35</v>
+      </c>
+      <c r="X78" t="s">
+        <v>538</v>
+      </c>
+      <c r="Y78" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z78" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA78" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB78" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC78" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="79" spans="1:29">
+      <c r="A79" t="s">
+        <v>482</v>
+      </c>
+      <c r="B79" t="s">
+        <v>60</v>
+      </c>
+      <c r="C79" t="s">
+        <v>539</v>
+      </c>
+      <c r="D79" t="s">
+        <v>540</v>
+      </c>
+      <c r="E79" t="s">
+        <v>49</v>
+      </c>
+      <c r="F79" t="s">
+        <v>35</v>
+      </c>
+      <c r="G79" t="s">
+        <v>86</v>
+      </c>
+      <c r="H79" t="s">
+        <v>35</v>
+      </c>
+      <c r="I79" t="s">
+        <v>35</v>
+      </c>
+      <c r="J79" t="s">
+        <v>541</v>
+      </c>
+      <c r="K79" t="s">
+        <v>35</v>
+      </c>
+      <c r="L79" t="s">
+        <v>88</v>
+      </c>
+      <c r="M79" t="s">
+        <v>49</v>
+      </c>
+      <c r="N79" t="s">
+        <v>38</v>
+      </c>
+      <c r="O79" t="s">
+        <v>35</v>
+      </c>
+      <c r="P79" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q79" t="s">
+        <v>542</v>
+      </c>
+      <c r="R79" t="s">
+        <v>35</v>
+      </c>
+      <c r="S79" t="s">
+        <v>35</v>
+      </c>
+      <c r="T79" t="s">
+        <v>35</v>
+      </c>
+      <c r="U79" t="s">
+        <v>35</v>
+      </c>
+      <c r="V79" t="s">
+        <v>35</v>
+      </c>
+      <c r="W79" t="s">
+        <v>35</v>
+      </c>
+      <c r="X79" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y79" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z79" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA79" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB79" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC79" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="80" spans="1:29">
+      <c r="A80" t="s">
+        <v>482</v>
+      </c>
+      <c r="B80" t="s">
+        <v>201</v>
+      </c>
+      <c r="C80" t="s">
+        <v>539</v>
+      </c>
+      <c r="D80" t="s">
+        <v>543</v>
+      </c>
+      <c r="E80" t="s">
+        <v>329</v>
+      </c>
+      <c r="F80" t="s">
+        <v>35</v>
+      </c>
+      <c r="G80" t="s">
+        <v>35</v>
+      </c>
+      <c r="H80" t="s">
+        <v>35</v>
+      </c>
+      <c r="I80" t="s">
+        <v>35</v>
+      </c>
+      <c r="J80" t="s">
+        <v>544</v>
+      </c>
+      <c r="K80" t="s">
+        <v>35</v>
+      </c>
+      <c r="L80" t="s">
+        <v>78</v>
+      </c>
+      <c r="M80" t="s">
+        <v>38</v>
+      </c>
+      <c r="N80" t="s">
+        <v>38</v>
+      </c>
+      <c r="O80" t="s">
+        <v>35</v>
+      </c>
+      <c r="P80" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q80" t="s">
+        <v>545</v>
+      </c>
+      <c r="R80" t="s">
+        <v>546</v>
+      </c>
+      <c r="S80" t="s">
+        <v>35</v>
+      </c>
+      <c r="T80" t="s">
+        <v>547</v>
+      </c>
+      <c r="U80" t="s">
+        <v>35</v>
+      </c>
+      <c r="V80" t="s">
+        <v>548</v>
+      </c>
+      <c r="W80" t="s">
+        <v>35</v>
+      </c>
+      <c r="X80" t="s">
+        <v>549</v>
+      </c>
+      <c r="Y80" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z80" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA80" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB80" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC80" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="81" spans="1:29">
+      <c r="A81" t="s">
+        <v>482</v>
+      </c>
+      <c r="B81" t="s">
+        <v>132</v>
+      </c>
+      <c r="C81" t="s">
+        <v>539</v>
+      </c>
+      <c r="D81" t="s">
+        <v>550</v>
+      </c>
+      <c r="E81" t="s">
+        <v>551</v>
+      </c>
+      <c r="F81" t="s">
+        <v>35</v>
+      </c>
+      <c r="G81" t="s">
+        <v>35</v>
+      </c>
+      <c r="H81" t="s">
+        <v>34</v>
+      </c>
+      <c r="I81" t="s">
+        <v>35</v>
+      </c>
+      <c r="J81" t="s">
+        <v>552</v>
+      </c>
+      <c r="K81" t="s">
+        <v>35</v>
+      </c>
+      <c r="L81" t="s">
+        <v>553</v>
+      </c>
+      <c r="M81" t="s">
+        <v>33</v>
+      </c>
+      <c r="N81" t="s">
+        <v>38</v>
+      </c>
+      <c r="O81" t="s">
+        <v>35</v>
+      </c>
+      <c r="P81" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q81" t="s">
+        <v>554</v>
+      </c>
+      <c r="R81" t="s">
+        <v>35</v>
+      </c>
+      <c r="S81" t="s">
+        <v>35</v>
+      </c>
+      <c r="T81" t="s">
+        <v>35</v>
+      </c>
+      <c r="U81" t="s">
+        <v>35</v>
+      </c>
+      <c r="V81" t="s">
+        <v>35</v>
+      </c>
+      <c r="W81" t="s">
+        <v>35</v>
+      </c>
+      <c r="X81" t="s">
+        <v>555</v>
+      </c>
+      <c r="Y81" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z81" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA81" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB81" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC81" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="82" spans="1:29">
+      <c r="A82" t="s">
+        <v>556</v>
+      </c>
+      <c r="B82" t="s">
+        <v>30</v>
+      </c>
+      <c r="C82" t="s">
+        <v>557</v>
+      </c>
+      <c r="D82" t="s">
+        <v>558</v>
+      </c>
+      <c r="E82" t="s">
+        <v>109</v>
+      </c>
+      <c r="F82" t="s">
+        <v>34</v>
+      </c>
+      <c r="G82" t="s">
+        <v>35</v>
+      </c>
+      <c r="H82" t="s">
+        <v>35</v>
+      </c>
+      <c r="I82" t="s">
+        <v>35</v>
+      </c>
+      <c r="J82" t="s">
+        <v>559</v>
+      </c>
+      <c r="K82" t="s">
+        <v>35</v>
+      </c>
+      <c r="L82" t="s">
+        <v>560</v>
+      </c>
+      <c r="M82" t="s">
+        <v>38</v>
+      </c>
+      <c r="N82" t="s">
+        <v>38</v>
+      </c>
+      <c r="O82" t="s">
+        <v>35</v>
+      </c>
+      <c r="P82" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q82" t="s">
+        <v>561</v>
+      </c>
+      <c r="R82" t="s">
+        <v>562</v>
+      </c>
+      <c r="S82" t="s">
+        <v>563</v>
+      </c>
+      <c r="T82" t="s">
+        <v>564</v>
+      </c>
+      <c r="U82" t="s">
+        <v>565</v>
+      </c>
+      <c r="V82" t="s">
+        <v>35</v>
+      </c>
+      <c r="W82" t="s">
+        <v>35</v>
+      </c>
+      <c r="X82" t="s">
+        <v>566</v>
+      </c>
+      <c r="Y82" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z82" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA82" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB82" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC82" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="83" spans="1:29">
+      <c r="A83" t="s">
+        <v>427</v>
+      </c>
+      <c r="B83" t="s">
+        <v>60</v>
+      </c>
+      <c r="C83" t="s">
+        <v>567</v>
+      </c>
+      <c r="D83" t="s">
+        <v>568</v>
+      </c>
+      <c r="E83" t="s">
+        <v>569</v>
+      </c>
+      <c r="F83" t="s">
+        <v>35</v>
+      </c>
+      <c r="G83" t="s">
+        <v>63</v>
+      </c>
+      <c r="H83" t="s">
+        <v>35</v>
+      </c>
+      <c r="I83" t="s">
+        <v>35</v>
+      </c>
+      <c r="J83" t="s">
+        <v>570</v>
+      </c>
+      <c r="K83" t="s">
+        <v>35</v>
+      </c>
+      <c r="L83" t="s">
+        <v>560</v>
+      </c>
+      <c r="M83" t="s">
+        <v>259</v>
+      </c>
+      <c r="N83" t="s">
+        <v>38</v>
+      </c>
+      <c r="O83" t="s">
+        <v>35</v>
+      </c>
+      <c r="P83" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q83" t="s">
+        <v>571</v>
+      </c>
+      <c r="R83" t="s">
+        <v>35</v>
+      </c>
+      <c r="S83" t="s">
+        <v>35</v>
+      </c>
+      <c r="T83" t="s">
+        <v>572</v>
+      </c>
+      <c r="U83" t="s">
+        <v>35</v>
+      </c>
+      <c r="V83" t="s">
+        <v>573</v>
+      </c>
+      <c r="W83" t="s">
+        <v>35</v>
+      </c>
+      <c r="X83" t="s">
+        <v>574</v>
+      </c>
+      <c r="Y83" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z83" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA83" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB83" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC83" t="s">
+        <v>575</v>
+      </c>
+    </row>
+    <row r="84" spans="1:29">
+      <c r="A84" t="s">
+        <v>29</v>
+      </c>
+      <c r="B84" t="s">
+        <v>30</v>
+      </c>
+      <c r="C84" t="s">
+        <v>576</v>
+      </c>
+      <c r="D84" t="s">
+        <v>577</v>
+      </c>
+      <c r="E84" t="s">
+        <v>33</v>
+      </c>
+      <c r="F84" t="s">
+        <v>34</v>
+      </c>
+      <c r="G84" t="s">
+        <v>35</v>
+      </c>
+      <c r="H84" t="s">
+        <v>35</v>
+      </c>
+      <c r="I84" t="s">
+        <v>35</v>
+      </c>
+      <c r="J84" t="s">
+        <v>578</v>
+      </c>
+      <c r="K84" t="s">
+        <v>35</v>
+      </c>
+      <c r="L84" t="s">
+        <v>111</v>
+      </c>
+      <c r="M84" t="s">
+        <v>38</v>
+      </c>
+      <c r="N84" t="s">
+        <v>38</v>
+      </c>
+      <c r="O84" t="s">
+        <v>35</v>
+      </c>
+      <c r="P84" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q84" t="s">
+        <v>579</v>
+      </c>
+      <c r="R84" t="s">
+        <v>35</v>
+      </c>
+      <c r="S84" t="s">
+        <v>35</v>
+      </c>
+      <c r="T84" t="s">
+        <v>68</v>
+      </c>
+      <c r="U84" t="s">
+        <v>580</v>
+      </c>
+      <c r="V84" t="s">
+        <v>35</v>
+      </c>
+      <c r="W84" t="s">
+        <v>35</v>
+      </c>
+      <c r="X84" t="s">
+        <v>581</v>
+      </c>
+      <c r="Y84" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z84" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA84" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB84" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC84" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="85" spans="1:29">
+      <c r="A85" t="s">
+        <v>482</v>
+      </c>
+      <c r="B85" t="s">
+        <v>60</v>
+      </c>
+      <c r="C85" t="s">
+        <v>576</v>
+      </c>
+      <c r="D85" t="s">
+        <v>582</v>
+      </c>
+      <c r="E85" t="s">
+        <v>33</v>
+      </c>
+      <c r="F85" t="s">
+        <v>35</v>
+      </c>
+      <c r="G85" t="s">
+        <v>86</v>
+      </c>
+      <c r="H85" t="s">
+        <v>35</v>
+      </c>
+      <c r="I85" t="s">
+        <v>35</v>
+      </c>
+      <c r="J85" t="s">
+        <v>583</v>
+      </c>
+      <c r="K85" t="s">
+        <v>35</v>
+      </c>
+      <c r="L85" t="s">
+        <v>584</v>
+      </c>
+      <c r="M85" t="s">
+        <v>585</v>
+      </c>
+      <c r="N85" t="s">
+        <v>38</v>
+      </c>
+      <c r="O85" t="s">
+        <v>35</v>
+      </c>
+      <c r="P85" t="s">
+        <v>586</v>
+      </c>
+      <c r="Q85" t="s">
+        <v>587</v>
+      </c>
+      <c r="R85" t="s">
+        <v>35</v>
+      </c>
+      <c r="S85" t="s">
+        <v>35</v>
+      </c>
+      <c r="T85" t="s">
+        <v>35</v>
+      </c>
+      <c r="U85" t="s">
+        <v>35</v>
+      </c>
+      <c r="V85" t="s">
+        <v>35</v>
+      </c>
+      <c r="W85" t="s">
+        <v>35</v>
+      </c>
+      <c r="X85" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y85" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z85" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA85" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB85" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC85" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="86" spans="1:29">
+      <c r="A86" t="s">
+        <v>482</v>
+      </c>
+      <c r="B86" t="s">
+        <v>30</v>
+      </c>
+      <c r="C86" t="s">
+        <v>576</v>
+      </c>
+      <c r="D86" t="s">
+        <v>588</v>
+      </c>
+      <c r="E86" t="s">
+        <v>479</v>
+      </c>
+      <c r="F86" t="s">
+        <v>34</v>
+      </c>
+      <c r="G86" t="s">
+        <v>35</v>
+      </c>
+      <c r="H86" t="s">
+        <v>35</v>
+      </c>
+      <c r="I86" t="s">
+        <v>35</v>
+      </c>
+      <c r="J86" t="s">
+        <v>589</v>
+      </c>
+      <c r="K86" t="s">
+        <v>35</v>
+      </c>
+      <c r="L86" t="s">
+        <v>231</v>
+      </c>
+      <c r="M86" t="s">
+        <v>189</v>
+      </c>
+      <c r="N86" t="s">
+        <v>38</v>
+      </c>
+      <c r="O86" t="s">
+        <v>35</v>
+      </c>
+      <c r="P86" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q86" t="s">
+        <v>590</v>
+      </c>
+      <c r="R86" t="s">
+        <v>35</v>
+      </c>
+      <c r="S86" t="s">
+        <v>35</v>
+      </c>
+      <c r="T86" t="s">
+        <v>591</v>
+      </c>
+      <c r="U86" t="s">
+        <v>35</v>
+      </c>
+      <c r="V86" t="s">
+        <v>35</v>
+      </c>
+      <c r="W86" t="s">
+        <v>35</v>
+      </c>
+      <c r="X86" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y86" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z86" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA86" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB86" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC86" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="87" spans="1:29">
+      <c r="A87" t="s">
+        <v>482</v>
+      </c>
+      <c r="B87" t="s">
+        <v>201</v>
+      </c>
+      <c r="C87" t="s">
+        <v>576</v>
+      </c>
+      <c r="D87" t="s">
+        <v>592</v>
+      </c>
+      <c r="E87" t="s">
+        <v>593</v>
+      </c>
+      <c r="F87" t="s">
+        <v>35</v>
+      </c>
+      <c r="G87" t="s">
+        <v>35</v>
+      </c>
+      <c r="H87" t="s">
+        <v>35</v>
+      </c>
+      <c r="I87" t="s">
+        <v>35</v>
+      </c>
+      <c r="J87" t="s">
+        <v>594</v>
+      </c>
+      <c r="K87" t="s">
+        <v>35</v>
+      </c>
+      <c r="L87" t="s">
+        <v>595</v>
+      </c>
+      <c r="M87" t="s">
+        <v>593</v>
+      </c>
+      <c r="N87" t="s">
+        <v>38</v>
+      </c>
+      <c r="O87" t="s">
+        <v>35</v>
+      </c>
+      <c r="P87" t="s">
+        <v>596</v>
+      </c>
+      <c r="Q87" t="s">
+        <v>597</v>
+      </c>
+      <c r="R87" t="s">
+        <v>35</v>
+      </c>
+      <c r="S87" t="s">
+        <v>35</v>
+      </c>
+      <c r="T87" t="s">
+        <v>35</v>
+      </c>
+      <c r="U87" t="s">
+        <v>35</v>
+      </c>
+      <c r="V87" t="s">
+        <v>35</v>
+      </c>
+      <c r="W87" t="s">
+        <v>35</v>
+      </c>
+      <c r="X87" t="s">
+        <v>549</v>
+      </c>
+      <c r="Y87" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z87" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA87" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB87" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC87" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="88" spans="1:29">
+      <c r="A88" t="s">
+        <v>117</v>
+      </c>
+      <c r="B88" t="s">
+        <v>60</v>
+      </c>
+      <c r="C88" t="s">
+        <v>576</v>
+      </c>
+      <c r="D88" t="s">
+        <v>598</v>
+      </c>
+      <c r="E88" t="s">
+        <v>98</v>
+      </c>
+      <c r="F88" t="s">
+        <v>35</v>
+      </c>
+      <c r="G88" t="s">
+        <v>76</v>
+      </c>
+      <c r="H88" t="s">
+        <v>35</v>
+      </c>
+      <c r="I88" t="s">
+        <v>35</v>
+      </c>
+      <c r="J88" t="s">
+        <v>599</v>
+      </c>
+      <c r="K88" t="s">
+        <v>35</v>
+      </c>
+      <c r="L88" t="s">
+        <v>97</v>
+      </c>
+      <c r="M88" t="s">
+        <v>98</v>
+      </c>
+      <c r="N88" t="s">
+        <v>38</v>
+      </c>
+      <c r="O88" t="s">
+        <v>35</v>
+      </c>
+      <c r="P88" t="s">
+        <v>600</v>
+      </c>
+      <c r="Q88" t="s">
+        <v>601</v>
+      </c>
+      <c r="R88" t="s">
+        <v>35</v>
+      </c>
+      <c r="S88" t="s">
+        <v>35</v>
+      </c>
+      <c r="T88" t="s">
+        <v>35</v>
+      </c>
+      <c r="U88" t="s">
+        <v>35</v>
+      </c>
+      <c r="V88" t="s">
+        <v>35</v>
+      </c>
+      <c r="W88" t="s">
+        <v>35</v>
+      </c>
+      <c r="X88" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y88" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z88" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA88" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB88" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC88" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="89" spans="1:29">
+      <c r="A89" t="s">
+        <v>556</v>
+      </c>
+      <c r="B89" t="s">
+        <v>30</v>
+      </c>
+      <c r="C89" t="s">
+        <v>576</v>
+      </c>
+      <c r="D89" t="s">
+        <v>602</v>
+      </c>
+      <c r="E89" t="s">
+        <v>94</v>
+      </c>
+      <c r="F89" t="s">
+        <v>50</v>
+      </c>
+      <c r="G89" t="s">
+        <v>35</v>
+      </c>
+      <c r="H89" t="s">
+        <v>35</v>
+      </c>
+      <c r="I89" t="s">
+        <v>35</v>
+      </c>
+      <c r="J89" t="s">
+        <v>603</v>
+      </c>
+      <c r="K89" t="s">
+        <v>35</v>
+      </c>
+      <c r="L89" t="s">
+        <v>52</v>
+      </c>
+      <c r="M89" t="s">
+        <v>216</v>
+      </c>
+      <c r="N89" t="s">
+        <v>38</v>
+      </c>
+      <c r="O89" t="s">
+        <v>35</v>
+      </c>
+      <c r="P89" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q89" t="s">
+        <v>604</v>
+      </c>
+      <c r="R89" t="s">
+        <v>605</v>
+      </c>
+      <c r="S89" t="s">
+        <v>35</v>
+      </c>
+      <c r="T89" t="s">
+        <v>35</v>
+      </c>
+      <c r="U89" t="s">
+        <v>606</v>
+      </c>
+      <c r="V89" t="s">
+        <v>35</v>
+      </c>
+      <c r="W89" t="s">
+        <v>35</v>
+      </c>
+      <c r="X89" t="s">
+        <v>607</v>
+      </c>
+      <c r="Y89" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z89" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA89" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB89" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC89" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="90" spans="1:29">
+      <c r="A90" t="s">
+        <v>29</v>
+      </c>
+      <c r="B90" t="s">
+        <v>60</v>
+      </c>
+      <c r="C90" t="s">
+        <v>608</v>
+      </c>
+      <c r="D90" t="s">
+        <v>609</v>
+      </c>
+      <c r="E90" t="s">
+        <v>262</v>
+      </c>
+      <c r="F90" t="s">
+        <v>35</v>
+      </c>
+      <c r="G90" t="s">
+        <v>63</v>
+      </c>
+      <c r="H90" t="s">
+        <v>35</v>
+      </c>
+      <c r="I90" t="s">
+        <v>35</v>
+      </c>
+      <c r="J90" t="s">
+        <v>610</v>
+      </c>
+      <c r="K90" t="s">
+        <v>35</v>
+      </c>
+      <c r="L90" t="s">
+        <v>611</v>
+      </c>
+      <c r="M90" t="s">
+        <v>262</v>
+      </c>
+      <c r="N90" t="s">
+        <v>262</v>
+      </c>
+      <c r="O90" t="s">
+        <v>35</v>
+      </c>
+      <c r="P90" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q90" t="s">
+        <v>612</v>
+      </c>
+      <c r="R90" t="s">
+        <v>35</v>
+      </c>
+      <c r="S90" t="s">
+        <v>35</v>
+      </c>
+      <c r="T90" t="s">
+        <v>613</v>
+      </c>
+      <c r="U90" t="s">
+        <v>614</v>
+      </c>
+      <c r="V90" t="s">
+        <v>615</v>
+      </c>
+      <c r="W90" t="s">
+        <v>35</v>
+      </c>
+      <c r="X90" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y90" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z90" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA90" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB90" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC90" t="s">
+        <v>616</v>
+      </c>
+    </row>
+    <row r="91" spans="1:29">
+      <c r="A91" t="s">
+        <v>482</v>
+      </c>
+      <c r="B91" t="s">
+        <v>132</v>
+      </c>
+      <c r="C91" t="s">
+        <v>608</v>
+      </c>
+      <c r="D91" t="s">
+        <v>617</v>
+      </c>
+      <c r="E91" t="s">
+        <v>253</v>
+      </c>
+      <c r="F91" t="s">
+        <v>35</v>
+      </c>
+      <c r="G91" t="s">
+        <v>35</v>
+      </c>
+      <c r="H91" t="s">
+        <v>34</v>
+      </c>
+      <c r="I91" t="s">
+        <v>35</v>
+      </c>
+      <c r="J91" t="s">
+        <v>618</v>
+      </c>
+      <c r="K91" t="s">
+        <v>35</v>
+      </c>
+      <c r="L91" t="s">
+        <v>231</v>
+      </c>
+      <c r="M91" t="s">
+        <v>189</v>
+      </c>
+      <c r="N91" t="s">
+        <v>38</v>
+      </c>
+      <c r="O91" t="s">
+        <v>35</v>
+      </c>
+      <c r="P91" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q91" t="s">
+        <v>619</v>
+      </c>
+      <c r="R91" t="s">
+        <v>35</v>
+      </c>
+      <c r="S91" t="s">
+        <v>35</v>
+      </c>
+      <c r="T91" t="s">
+        <v>35</v>
+      </c>
+      <c r="U91" t="s">
+        <v>35</v>
+      </c>
+      <c r="V91" t="s">
+        <v>35</v>
+      </c>
+      <c r="W91" t="s">
+        <v>35</v>
+      </c>
+      <c r="X91" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y91" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z91" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA91" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB91" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC91" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="92" spans="1:29">
+      <c r="A92" t="s">
+        <v>482</v>
+      </c>
+      <c r="B92" t="s">
+        <v>132</v>
+      </c>
+      <c r="C92" t="s">
+        <v>608</v>
+      </c>
+      <c r="D92" t="s">
+        <v>620</v>
+      </c>
+      <c r="E92" t="s">
+        <v>253</v>
+      </c>
+      <c r="F92" t="s">
+        <v>35</v>
+      </c>
+      <c r="G92" t="s">
+        <v>35</v>
+      </c>
+      <c r="H92" t="s">
+        <v>34</v>
+      </c>
+      <c r="I92" t="s">
+        <v>35</v>
+      </c>
+      <c r="J92" t="s">
+        <v>621</v>
+      </c>
+      <c r="K92" t="s">
+        <v>35</v>
+      </c>
+      <c r="L92" t="s">
+        <v>365</v>
+      </c>
+      <c r="M92" t="s">
+        <v>294</v>
+      </c>
+      <c r="N92" t="s">
+        <v>38</v>
+      </c>
+      <c r="O92" t="s">
+        <v>35</v>
+      </c>
+      <c r="P92" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q92" t="s">
+        <v>622</v>
+      </c>
+      <c r="R92" t="s">
+        <v>35</v>
+      </c>
+      <c r="S92" t="s">
+        <v>35</v>
+      </c>
+      <c r="T92" t="s">
+        <v>35</v>
+      </c>
+      <c r="U92" t="s">
+        <v>35</v>
+      </c>
+      <c r="V92" t="s">
+        <v>35</v>
+      </c>
+      <c r="W92" t="s">
+        <v>35</v>
+      </c>
+      <c r="X92" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y92" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z92" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA92" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB92" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC92" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="93" spans="1:29">
+      <c r="A93" t="s">
+        <v>117</v>
+      </c>
+      <c r="B93" t="s">
+        <v>60</v>
+      </c>
+      <c r="C93" t="s">
+        <v>608</v>
+      </c>
+      <c r="D93" t="s">
+        <v>623</v>
+      </c>
+      <c r="E93" t="s">
+        <v>204</v>
+      </c>
+      <c r="F93" t="s">
+        <v>35</v>
+      </c>
+      <c r="G93" t="s">
+        <v>86</v>
+      </c>
+      <c r="H93" t="s">
+        <v>35</v>
+      </c>
+      <c r="I93" t="s">
+        <v>35</v>
+      </c>
+      <c r="J93" t="s">
+        <v>624</v>
+      </c>
+      <c r="K93" t="s">
+        <v>35</v>
+      </c>
+      <c r="L93" t="s">
+        <v>111</v>
+      </c>
+      <c r="M93" t="s">
+        <v>38</v>
+      </c>
+      <c r="N93" t="s">
+        <v>38</v>
+      </c>
+      <c r="O93" t="s">
+        <v>35</v>
+      </c>
+      <c r="P93" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q93" t="s">
+        <v>625</v>
+      </c>
+      <c r="S93" t="s">
+        <v>35</v>
+      </c>
+      <c r="T93" t="s">
+        <v>626</v>
+      </c>
+      <c r="U93" t="s">
+        <v>35</v>
+      </c>
+      <c r="V93" t="s">
+        <v>35</v>
+      </c>
+      <c r="W93" t="s">
+        <v>35</v>
+      </c>
+      <c r="X93" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y93" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z93" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA93" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB93" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC93" t="s">
+        <v>627</v>
+      </c>
+    </row>
+    <row r="94" spans="1:29">
+      <c r="A94" t="s">
+        <v>117</v>
+      </c>
+      <c r="B94" t="s">
+        <v>60</v>
+      </c>
+      <c r="C94" t="s">
+        <v>628</v>
+      </c>
+      <c r="D94" t="s">
+        <v>629</v>
+      </c>
+      <c r="E94" t="s">
+        <v>75</v>
+      </c>
+      <c r="F94" t="s">
+        <v>35</v>
+      </c>
+      <c r="G94" t="s">
+        <v>76</v>
+      </c>
+      <c r="H94" t="s">
+        <v>35</v>
+      </c>
+      <c r="I94" t="s">
+        <v>35</v>
+      </c>
+      <c r="J94" t="s">
+        <v>630</v>
+      </c>
+      <c r="K94" t="s">
+        <v>35</v>
+      </c>
+      <c r="L94" t="s">
+        <v>78</v>
+      </c>
+      <c r="M94" t="s">
+        <v>75</v>
+      </c>
+      <c r="N94" t="s">
+        <v>38</v>
+      </c>
+      <c r="O94" t="s">
+        <v>35</v>
+      </c>
+      <c r="P94" t="s">
+        <v>631</v>
+      </c>
+      <c r="Q94" t="s">
+        <v>632</v>
+      </c>
+      <c r="R94" t="s">
+        <v>35</v>
+      </c>
+      <c r="S94" t="s">
+        <v>35</v>
+      </c>
+      <c r="T94" t="s">
+        <v>35</v>
+      </c>
+      <c r="U94" t="s">
+        <v>35</v>
+      </c>
+      <c r="V94" t="s">
+        <v>35</v>
+      </c>
+      <c r="W94" t="s">
+        <v>35</v>
+      </c>
+      <c r="X94" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y94" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z94" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA94" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB94" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC94" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="95" spans="1:29">
+      <c r="A95" t="s">
+        <v>117</v>
+      </c>
+      <c r="B95" t="s">
+        <v>60</v>
+      </c>
+      <c r="C95" t="s">
+        <v>633</v>
+      </c>
+      <c r="D95" t="s">
+        <v>634</v>
+      </c>
+      <c r="E95" t="s">
+        <v>635</v>
+      </c>
+      <c r="F95" t="s">
+        <v>35</v>
+      </c>
+      <c r="G95" t="s">
+        <v>86</v>
+      </c>
+      <c r="H95" t="s">
+        <v>35</v>
+      </c>
+      <c r="I95" t="s">
+        <v>35</v>
+      </c>
+      <c r="J95" t="s">
+        <v>636</v>
+      </c>
+      <c r="K95" t="s">
+        <v>35</v>
+      </c>
+      <c r="M95" t="s">
+        <v>38</v>
+      </c>
+      <c r="N95" t="s">
+        <v>206</v>
+      </c>
+      <c r="O95" t="s">
+        <v>35</v>
+      </c>
+      <c r="P95" t="s">
+        <v>637</v>
+      </c>
+      <c r="Q95" t="s">
+        <v>638</v>
+      </c>
+      <c r="R95" t="s">
+        <v>35</v>
+      </c>
+      <c r="S95" t="s">
+        <v>35</v>
+      </c>
+      <c r="T95" t="s">
+        <v>35</v>
+      </c>
+      <c r="U95" t="s">
+        <v>35</v>
+      </c>
+      <c r="V95" t="s">
+        <v>35</v>
+      </c>
+      <c r="W95" t="s">
+        <v>35</v>
+      </c>
+      <c r="X95" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y95" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z95" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA95" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB95" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC95" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="96" spans="1:29">
+      <c r="A96" t="s">
+        <v>83</v>
+      </c>
+      <c r="B96" t="s">
+        <v>30</v>
+      </c>
+      <c r="C96" t="s">
+        <v>639</v>
+      </c>
+      <c r="D96" t="s">
+        <v>640</v>
+      </c>
+      <c r="E96" t="s">
+        <v>294</v>
+      </c>
+      <c r="F96" t="s">
+        <v>34</v>
+      </c>
+      <c r="G96" t="s">
+        <v>35</v>
+      </c>
+      <c r="H96" t="s">
+        <v>35</v>
+      </c>
+      <c r="I96" t="s">
+        <v>35</v>
+      </c>
+      <c r="J96" t="s">
+        <v>641</v>
+      </c>
+      <c r="K96" t="s">
+        <v>35</v>
+      </c>
+      <c r="L96" t="s">
+        <v>365</v>
+      </c>
+      <c r="M96" t="s">
+        <v>294</v>
+      </c>
+      <c r="N96" t="s">
+        <v>38</v>
+      </c>
+      <c r="O96" t="s">
+        <v>35</v>
+      </c>
+      <c r="P96" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q96" t="s">
+        <v>642</v>
+      </c>
+      <c r="R96" t="s">
+        <v>35</v>
+      </c>
+      <c r="S96" t="s">
+        <v>643</v>
+      </c>
+      <c r="T96" t="s">
+        <v>644</v>
+      </c>
+      <c r="U96" t="s">
+        <v>645</v>
+      </c>
+      <c r="V96" t="s">
+        <v>646</v>
+      </c>
+      <c r="W96" t="s">
+        <v>35</v>
+      </c>
+      <c r="X96" t="s">
+        <v>647</v>
+      </c>
+      <c r="Y96" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z96" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA96" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB96" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC96" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="97" spans="1:29">
+      <c r="A97" t="s">
+        <v>29</v>
+      </c>
+      <c r="B97" t="s">
+        <v>132</v>
+      </c>
+      <c r="C97" t="s">
+        <v>648</v>
+      </c>
+      <c r="D97" t="s">
+        <v>649</v>
+      </c>
+      <c r="E97" t="s">
+        <v>109</v>
+      </c>
+      <c r="F97" t="s">
+        <v>35</v>
+      </c>
+      <c r="G97" t="s">
+        <v>35</v>
+      </c>
+      <c r="H97" t="s">
+        <v>34</v>
+      </c>
+      <c r="I97" t="s">
+        <v>35</v>
+      </c>
+      <c r="J97" t="s">
+        <v>650</v>
+      </c>
+      <c r="K97" t="s">
+        <v>35</v>
+      </c>
+      <c r="L97" t="s">
+        <v>111</v>
+      </c>
+      <c r="M97" t="s">
+        <v>109</v>
+      </c>
+      <c r="N97" t="s">
+        <v>38</v>
+      </c>
+      <c r="O97" t="s">
+        <v>35</v>
+      </c>
+      <c r="P97" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q97" t="s">
+        <v>35</v>
+      </c>
+      <c r="R97" t="s">
+        <v>35</v>
+      </c>
+      <c r="S97" t="s">
+        <v>35</v>
+      </c>
+      <c r="T97" t="s">
+        <v>651</v>
+      </c>
+      <c r="U97" t="s">
+        <v>652</v>
+      </c>
+      <c r="V97" t="s">
+        <v>653</v>
+      </c>
+      <c r="W97" t="s">
+        <v>35</v>
+      </c>
+      <c r="X97" t="s">
+        <v>654</v>
+      </c>
+      <c r="Y97" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z97" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA97" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB97" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC97" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="98" spans="1:29">
+      <c r="A98" t="s">
+        <v>655</v>
+      </c>
+      <c r="B98" t="s">
+        <v>30</v>
+      </c>
+      <c r="C98" t="s">
+        <v>656</v>
+      </c>
+      <c r="D98" t="s">
+        <v>657</v>
+      </c>
+      <c r="E98" t="s">
+        <v>658</v>
+      </c>
+      <c r="F98" t="s">
+        <v>95</v>
+      </c>
+      <c r="G98" t="s">
+        <v>35</v>
+      </c>
+      <c r="H98" t="s">
+        <v>35</v>
+      </c>
+      <c r="I98" t="s">
+        <v>35</v>
+      </c>
+      <c r="J98" t="s">
+        <v>659</v>
+      </c>
+      <c r="K98" t="s">
+        <v>35</v>
+      </c>
+      <c r="L98" t="s">
+        <v>52</v>
+      </c>
+      <c r="M98" t="s">
+        <v>38</v>
+      </c>
+      <c r="N98" t="s">
+        <v>38</v>
+      </c>
+      <c r="O98" t="s">
+        <v>35</v>
+      </c>
+      <c r="P98" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q98" t="s">
+        <v>660</v>
+      </c>
+      <c r="R98" t="s">
+        <v>35</v>
+      </c>
+      <c r="S98" t="s">
+        <v>35</v>
+      </c>
+      <c r="T98" t="s">
+        <v>35</v>
+      </c>
+      <c r="U98" t="s">
+        <v>343</v>
+      </c>
+      <c r="V98" t="s">
+        <v>661</v>
+      </c>
+      <c r="W98" t="s">
+        <v>35</v>
+      </c>
+      <c r="X98" t="s">
+        <v>662</v>
+      </c>
+      <c r="Y98" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z98" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA98" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB98" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC98" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="99" spans="1:29">
+      <c r="A99" t="s">
+        <v>29</v>
+      </c>
+      <c r="B99" t="s">
+        <v>201</v>
+      </c>
+      <c r="C99" t="s">
+        <v>663</v>
+      </c>
+      <c r="D99" t="s">
+        <v>664</v>
+      </c>
+      <c r="E99" t="s">
+        <v>351</v>
+      </c>
+      <c r="F99" t="s">
+        <v>35</v>
+      </c>
+      <c r="G99" t="s">
+        <v>35</v>
+      </c>
+      <c r="H99" t="s">
+        <v>35</v>
+      </c>
+      <c r="I99" t="s">
+        <v>35</v>
+      </c>
+      <c r="J99" t="s">
+        <v>665</v>
+      </c>
+      <c r="K99" t="s">
+        <v>35</v>
+      </c>
+      <c r="L99" t="s">
+        <v>421</v>
+      </c>
+      <c r="M99" t="s">
+        <v>351</v>
+      </c>
+      <c r="N99" t="s">
+        <v>38</v>
+      </c>
+      <c r="O99" t="s">
+        <v>35</v>
+      </c>
+      <c r="P99" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q99" t="s">
+        <v>666</v>
+      </c>
+      <c r="R99" t="s">
+        <v>35</v>
+      </c>
+      <c r="S99" t="s">
+        <v>35</v>
+      </c>
+      <c r="T99" t="s">
+        <v>35</v>
+      </c>
+      <c r="U99" t="s">
+        <v>35</v>
+      </c>
+      <c r="V99" t="s">
+        <v>69</v>
+      </c>
+      <c r="W99" t="s">
+        <v>35</v>
+      </c>
+      <c r="X99" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y99" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z99" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA99" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB99" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC99" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="100" spans="1:29">
+      <c r="A100" t="s">
+        <v>29</v>
+      </c>
+      <c r="B100" t="s">
+        <v>30</v>
+      </c>
+      <c r="C100" t="s">
+        <v>667</v>
+      </c>
+      <c r="D100" t="s">
+        <v>668</v>
+      </c>
+      <c r="E100" t="s">
+        <v>109</v>
+      </c>
+      <c r="F100" t="s">
+        <v>34</v>
+      </c>
+      <c r="G100" t="s">
+        <v>35</v>
+      </c>
+      <c r="H100" t="s">
+        <v>35</v>
+      </c>
+      <c r="I100" t="s">
+        <v>35</v>
+      </c>
+      <c r="J100" t="s">
+        <v>669</v>
+      </c>
+      <c r="K100" t="s">
+        <v>35</v>
+      </c>
+      <c r="L100" t="s">
+        <v>324</v>
+      </c>
+      <c r="M100" t="s">
+        <v>109</v>
+      </c>
+      <c r="N100" t="s">
+        <v>38</v>
+      </c>
+      <c r="O100" t="s">
+        <v>35</v>
+      </c>
+      <c r="P100" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q100" t="s">
+        <v>670</v>
+      </c>
+      <c r="S100" t="s">
+        <v>671</v>
+      </c>
+      <c r="T100" t="s">
+        <v>174</v>
+      </c>
+      <c r="U100" t="s">
+        <v>672</v>
+      </c>
+      <c r="V100" t="s">
+        <v>35</v>
+      </c>
+      <c r="W100" t="s">
+        <v>35</v>
+      </c>
+      <c r="X100" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y100" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z100" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA100" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB100" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC100" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="101" spans="1:29">
+      <c r="A101" t="s">
+        <v>482</v>
+      </c>
+      <c r="B101" t="s">
+        <v>30</v>
+      </c>
+      <c r="C101" t="s">
+        <v>667</v>
+      </c>
+      <c r="D101" t="s">
+        <v>673</v>
+      </c>
+      <c r="E101" t="s">
+        <v>674</v>
+      </c>
+      <c r="F101" t="s">
+        <v>34</v>
+      </c>
+      <c r="G101" t="s">
+        <v>35</v>
+      </c>
+      <c r="H101" t="s">
+        <v>35</v>
+      </c>
+      <c r="I101" t="s">
+        <v>35</v>
+      </c>
+      <c r="J101" t="s">
+        <v>675</v>
+      </c>
+      <c r="K101" t="s">
+        <v>35</v>
+      </c>
+      <c r="L101" t="s">
+        <v>676</v>
+      </c>
+      <c r="M101" t="s">
+        <v>38</v>
+      </c>
+      <c r="N101" t="s">
+        <v>38</v>
+      </c>
+      <c r="O101" t="s">
+        <v>35</v>
+      </c>
+      <c r="P101" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q101" t="s">
+        <v>677</v>
+      </c>
+      <c r="R101" t="s">
+        <v>35</v>
+      </c>
+      <c r="S101" t="s">
+        <v>35</v>
+      </c>
+      <c r="T101" t="s">
+        <v>35</v>
+      </c>
+      <c r="U101" t="s">
+        <v>678</v>
+      </c>
+      <c r="V101" t="s">
+        <v>679</v>
+      </c>
+      <c r="W101" t="s">
+        <v>35</v>
+      </c>
+      <c r="X101" t="s">
+        <v>680</v>
+      </c>
+      <c r="Y101" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z101" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA101" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB101" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC101" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="102" spans="1:29">
+      <c r="A102" t="s">
+        <v>482</v>
+      </c>
+      <c r="B102" t="s">
+        <v>30</v>
+      </c>
+      <c r="C102" t="s">
+        <v>681</v>
+      </c>
+      <c r="D102" t="s">
+        <v>682</v>
+      </c>
+      <c r="E102" t="s">
+        <v>253</v>
+      </c>
+      <c r="F102" t="s">
+        <v>34</v>
+      </c>
+      <c r="G102" t="s">
+        <v>35</v>
+      </c>
+      <c r="H102" t="s">
+        <v>35</v>
+      </c>
+      <c r="I102" t="s">
+        <v>35</v>
+      </c>
+      <c r="J102" t="s">
+        <v>683</v>
+      </c>
+      <c r="K102" t="s">
+        <v>35</v>
+      </c>
+      <c r="L102" t="s">
+        <v>365</v>
+      </c>
+      <c r="M102" t="s">
+        <v>684</v>
+      </c>
+      <c r="N102" t="s">
+        <v>38</v>
+      </c>
+      <c r="O102" t="s">
+        <v>35</v>
+      </c>
+      <c r="P102" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q102" t="s">
+        <v>685</v>
+      </c>
+      <c r="R102" t="s">
+        <v>35</v>
+      </c>
+      <c r="S102" t="s">
+        <v>35</v>
+      </c>
+      <c r="T102" t="s">
+        <v>35</v>
+      </c>
+      <c r="U102" t="s">
+        <v>686</v>
+      </c>
+      <c r="V102" t="s">
+        <v>35</v>
+      </c>
+      <c r="W102" t="s">
+        <v>35</v>
+      </c>
+      <c r="X102" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y102" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z102" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA102" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB102" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC102" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="103" spans="1:29">
+      <c r="A103" t="s">
+        <v>427</v>
+      </c>
+      <c r="B103" t="s">
+        <v>30</v>
+      </c>
+      <c r="C103" t="s">
+        <v>681</v>
+      </c>
+      <c r="D103" t="s">
+        <v>687</v>
+      </c>
+      <c r="E103" t="s">
+        <v>688</v>
+      </c>
+      <c r="F103" t="s">
+        <v>34</v>
+      </c>
+      <c r="G103" t="s">
+        <v>35</v>
+      </c>
+      <c r="H103" t="s">
+        <v>35</v>
+      </c>
+      <c r="I103" t="s">
+        <v>35</v>
+      </c>
+      <c r="J103" t="s">
+        <v>689</v>
+      </c>
+      <c r="K103" t="s">
+        <v>35</v>
+      </c>
+      <c r="L103" t="s">
+        <v>553</v>
+      </c>
+      <c r="M103" t="s">
+        <v>33</v>
+      </c>
+      <c r="N103" t="s">
+        <v>38</v>
+      </c>
+      <c r="O103" t="s">
+        <v>35</v>
+      </c>
+      <c r="P103" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q103" t="s">
+        <v>690</v>
+      </c>
+      <c r="R103" t="s">
+        <v>691</v>
+      </c>
+      <c r="S103" t="s">
+        <v>35</v>
+      </c>
+      <c r="T103" t="s">
+        <v>692</v>
+      </c>
+      <c r="U103" t="s">
+        <v>35</v>
+      </c>
+      <c r="V103" t="s">
+        <v>35</v>
+      </c>
+      <c r="W103" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y103" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z103" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA103" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB103" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC103" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="104" spans="1:29">
+      <c r="A104" t="s">
+        <v>29</v>
+      </c>
+      <c r="B104" t="s">
+        <v>30</v>
+      </c>
+      <c r="C104" t="s">
+        <v>693</v>
+      </c>
+      <c r="D104" t="s">
+        <v>694</v>
+      </c>
+      <c r="E104" t="s">
+        <v>109</v>
+      </c>
+      <c r="F104" t="s">
+        <v>34</v>
+      </c>
+      <c r="G104" t="s">
+        <v>35</v>
+      </c>
+      <c r="H104" t="s">
+        <v>35</v>
+      </c>
+      <c r="I104" t="s">
+        <v>35</v>
+      </c>
+      <c r="J104" t="s">
+        <v>695</v>
+      </c>
+      <c r="K104" t="s">
+        <v>35</v>
+      </c>
+      <c r="L104" t="s">
+        <v>111</v>
+      </c>
+      <c r="M104" t="s">
+        <v>696</v>
+      </c>
+      <c r="N104" t="s">
+        <v>38</v>
+      </c>
+      <c r="O104" t="s">
+        <v>35</v>
+      </c>
+      <c r="P104" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q104" t="s">
+        <v>697</v>
+      </c>
+      <c r="R104" t="s">
+        <v>698</v>
+      </c>
+      <c r="S104" t="s">
+        <v>699</v>
+      </c>
+      <c r="T104" t="s">
+        <v>35</v>
+      </c>
+      <c r="U104" t="s">
+        <v>700</v>
+      </c>
+      <c r="V104" t="s">
+        <v>35</v>
+      </c>
+      <c r="W104" t="s">
+        <v>35</v>
+      </c>
+      <c r="X104" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y104" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z104" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA104" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB104" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC104" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="105" spans="1:29">
+      <c r="A105" t="s">
+        <v>482</v>
+      </c>
+      <c r="B105" t="s">
+        <v>30</v>
+      </c>
+      <c r="C105" t="s">
+        <v>701</v>
+      </c>
+      <c r="D105" t="s">
+        <v>702</v>
+      </c>
+      <c r="E105" t="s">
+        <v>253</v>
+      </c>
+      <c r="F105" t="s">
+        <v>34</v>
+      </c>
+      <c r="G105" t="s">
+        <v>35</v>
+      </c>
+      <c r="H105" t="s">
+        <v>35</v>
+      </c>
+      <c r="I105" t="s">
+        <v>35</v>
+      </c>
+      <c r="J105" t="s">
+        <v>703</v>
+      </c>
+      <c r="K105" t="s">
+        <v>35</v>
+      </c>
+      <c r="L105" t="s">
+        <v>704</v>
+      </c>
+      <c r="M105" t="s">
+        <v>705</v>
+      </c>
+      <c r="N105" t="s">
+        <v>38</v>
+      </c>
+      <c r="O105" t="s">
+        <v>35</v>
+      </c>
+      <c r="P105" t="s">
+        <v>706</v>
+      </c>
+      <c r="Q105" t="s">
+        <v>707</v>
+      </c>
+      <c r="R105" t="s">
+        <v>35</v>
+      </c>
+      <c r="S105" t="s">
+        <v>35</v>
+      </c>
+      <c r="T105" t="s">
+        <v>35</v>
+      </c>
+      <c r="U105" t="s">
+        <v>708</v>
+      </c>
+      <c r="V105" t="s">
+        <v>35</v>
+      </c>
+      <c r="W105" t="s">
+        <v>35</v>
+      </c>
+      <c r="X105" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y105" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z105" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA105" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB105" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC105" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="106" spans="1:29">
+      <c r="A106" t="s">
+        <v>482</v>
+      </c>
+      <c r="B106" t="s">
+        <v>30</v>
+      </c>
+      <c r="C106" t="s">
+        <v>709</v>
+      </c>
+      <c r="D106" t="s">
+        <v>710</v>
+      </c>
+      <c r="E106" t="s">
+        <v>495</v>
+      </c>
+      <c r="F106" t="s">
+        <v>34</v>
+      </c>
+      <c r="G106" t="s">
+        <v>35</v>
+      </c>
+      <c r="H106" t="s">
+        <v>35</v>
+      </c>
+      <c r="I106" t="s">
+        <v>35</v>
+      </c>
+      <c r="J106" t="s">
+        <v>711</v>
+      </c>
+      <c r="K106" t="s">
+        <v>35</v>
+      </c>
+      <c r="L106" t="s">
+        <v>78</v>
+      </c>
+      <c r="M106" t="s">
+        <v>38</v>
+      </c>
+      <c r="N106" t="s">
+        <v>38</v>
+      </c>
+      <c r="O106" t="s">
+        <v>35</v>
+      </c>
+      <c r="P106" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q106" t="s">
+        <v>712</v>
+      </c>
+      <c r="R106" t="s">
+        <v>713</v>
+      </c>
+      <c r="S106" t="s">
+        <v>714</v>
+      </c>
+      <c r="T106" t="s">
+        <v>35</v>
+      </c>
+      <c r="U106" t="s">
+        <v>715</v>
+      </c>
+      <c r="V106" t="s">
+        <v>35</v>
+      </c>
+      <c r="W106" t="s">
+        <v>35</v>
+      </c>
+      <c r="X106" t="s">
+        <v>716</v>
+      </c>
+      <c r="Y106" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z106" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA106" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB106" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC106" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="107" spans="1:29">
+      <c r="A107" t="s">
+        <v>482</v>
+      </c>
+      <c r="B107" t="s">
+        <v>60</v>
+      </c>
+      <c r="C107" t="s">
+        <v>717</v>
+      </c>
+      <c r="D107" t="s">
+        <v>718</v>
+      </c>
+      <c r="E107" t="s">
+        <v>585</v>
+      </c>
+      <c r="F107" t="s">
+        <v>35</v>
+      </c>
+      <c r="G107" t="s">
+        <v>86</v>
+      </c>
+      <c r="H107" t="s">
+        <v>35</v>
+      </c>
+      <c r="I107" t="s">
+        <v>35</v>
+      </c>
+      <c r="J107" t="s">
+        <v>719</v>
+      </c>
+      <c r="K107" t="s">
+        <v>35</v>
+      </c>
+      <c r="L107" t="s">
+        <v>720</v>
+      </c>
+      <c r="M107" t="s">
+        <v>721</v>
+      </c>
+      <c r="N107" t="s">
+        <v>38</v>
+      </c>
+      <c r="O107" t="s">
+        <v>35</v>
+      </c>
+      <c r="P107" t="s">
+        <v>586</v>
+      </c>
+      <c r="Q107" t="s">
+        <v>722</v>
+      </c>
+      <c r="R107" t="s">
+        <v>35</v>
+      </c>
+      <c r="S107" t="s">
+        <v>35</v>
+      </c>
+      <c r="T107" t="s">
+        <v>35</v>
+      </c>
+      <c r="U107" t="s">
+        <v>35</v>
+      </c>
+      <c r="V107" t="s">
+        <v>35</v>
+      </c>
+      <c r="W107" t="s">
+        <v>35</v>
+      </c>
+      <c r="X107" t="s">
+        <v>723</v>
+      </c>
+      <c r="Y107" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z107" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA107" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB107" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC107" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="108" spans="1:29">
+      <c r="A108" t="s">
+        <v>234</v>
+      </c>
+      <c r="B108" t="s">
+        <v>201</v>
+      </c>
+      <c r="C108" t="s">
+        <v>724</v>
+      </c>
+      <c r="D108" t="s">
+        <v>725</v>
+      </c>
+      <c r="E108" t="s">
+        <v>204</v>
+      </c>
+      <c r="F108" t="s">
+        <v>35</v>
+      </c>
+      <c r="G108" t="s">
+        <v>35</v>
+      </c>
+      <c r="H108" t="s">
+        <v>35</v>
+      </c>
+      <c r="I108" t="s">
+        <v>35</v>
+      </c>
+      <c r="J108" t="s">
+        <v>726</v>
+      </c>
+      <c r="K108" t="s">
+        <v>35</v>
+      </c>
+      <c r="L108" t="s">
+        <v>191</v>
+      </c>
+      <c r="M108" t="s">
+        <v>206</v>
+      </c>
+      <c r="N108" t="s">
+        <v>38</v>
+      </c>
+      <c r="O108" t="s">
+        <v>35</v>
+      </c>
+      <c r="P108" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q108" t="s">
+        <v>727</v>
+      </c>
+      <c r="R108" t="s">
+        <v>35</v>
+      </c>
+      <c r="S108" t="s">
+        <v>35</v>
+      </c>
+      <c r="T108" t="s">
+        <v>35</v>
+      </c>
+      <c r="U108" t="s">
+        <v>35</v>
+      </c>
+      <c r="V108" t="s">
+        <v>35</v>
+      </c>
+      <c r="W108" t="s">
+        <v>35</v>
+      </c>
+      <c r="X108" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y108" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z108" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA108" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB108" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC108" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="109" spans="1:29">
+      <c r="A109" t="s">
+        <v>556</v>
+      </c>
+      <c r="B109" t="s">
+        <v>132</v>
+      </c>
+      <c r="C109" t="s">
+        <v>728</v>
+      </c>
+      <c r="D109" t="s">
+        <v>729</v>
+      </c>
+      <c r="E109" t="s">
+        <v>204</v>
+      </c>
+      <c r="F109" t="s">
+        <v>35</v>
+      </c>
+      <c r="G109" t="s">
+        <v>35</v>
+      </c>
+      <c r="H109" t="s">
+        <v>34</v>
+      </c>
+      <c r="I109" t="s">
+        <v>35</v>
+      </c>
+      <c r="J109" t="s">
+        <v>730</v>
+      </c>
+      <c r="K109" t="s">
+        <v>35</v>
+      </c>
+      <c r="L109" t="s">
+        <v>111</v>
+      </c>
+      <c r="M109" t="s">
+        <v>204</v>
+      </c>
+      <c r="N109" t="s">
+        <v>38</v>
+      </c>
+      <c r="O109" t="s">
+        <v>35</v>
+      </c>
+      <c r="P109" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q109" t="s">
+        <v>731</v>
+      </c>
+      <c r="R109" t="s">
+        <v>35</v>
+      </c>
+      <c r="S109" t="s">
+        <v>35</v>
+      </c>
+      <c r="T109" t="s">
+        <v>35</v>
+      </c>
+      <c r="U109" t="s">
+        <v>35</v>
+      </c>
+      <c r="V109" t="s">
+        <v>35</v>
+      </c>
+      <c r="W109" t="s">
+        <v>35</v>
+      </c>
+      <c r="X109" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y109" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z109" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA109" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB109" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC109" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="110" spans="1:29">
+      <c r="A110" t="s">
+        <v>427</v>
+      </c>
+      <c r="B110" t="s">
+        <v>30</v>
+      </c>
+      <c r="C110" t="s">
+        <v>732</v>
+      </c>
+      <c r="D110" t="s">
+        <v>733</v>
+      </c>
+      <c r="E110" t="s">
+        <v>734</v>
+      </c>
+      <c r="F110" t="s">
+        <v>34</v>
+      </c>
+      <c r="G110" t="s">
+        <v>35</v>
+      </c>
+      <c r="H110" t="s">
+        <v>35</v>
+      </c>
+      <c r="I110" t="s">
+        <v>35</v>
+      </c>
+      <c r="J110" t="s">
+        <v>735</v>
+      </c>
+      <c r="K110" t="s">
+        <v>35</v>
+      </c>
+      <c r="L110" t="s">
+        <v>553</v>
+      </c>
+      <c r="M110" t="s">
+        <v>33</v>
+      </c>
+      <c r="N110" t="s">
+        <v>38</v>
+      </c>
+      <c r="O110" t="s">
+        <v>35</v>
+      </c>
+      <c r="P110" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q110" t="s">
+        <v>736</v>
+      </c>
+      <c r="R110" t="s">
+        <v>737</v>
+      </c>
+      <c r="S110" t="s">
+        <v>35</v>
+      </c>
+      <c r="T110" t="s">
+        <v>35</v>
+      </c>
+      <c r="U110" t="s">
+        <v>738</v>
+      </c>
+      <c r="V110" t="s">
+        <v>35</v>
+      </c>
+      <c r="W110" t="s">
+        <v>35</v>
+      </c>
+      <c r="X110" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y110" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z110" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA110" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB110" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC110" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="111" spans="1:29">
+      <c r="A111" t="s">
+        <v>556</v>
+      </c>
+      <c r="B111" t="s">
+        <v>30</v>
+      </c>
+      <c r="C111" t="s">
+        <v>739</v>
+      </c>
+      <c r="D111" t="s">
+        <v>740</v>
+      </c>
+      <c r="E111" t="s">
+        <v>33</v>
+      </c>
+      <c r="F111" t="s">
+        <v>34</v>
+      </c>
+      <c r="G111" t="s">
+        <v>35</v>
+      </c>
+      <c r="H111" t="s">
+        <v>35</v>
+      </c>
+      <c r="I111" t="s">
+        <v>35</v>
+      </c>
+      <c r="J111" t="s">
+        <v>741</v>
+      </c>
+      <c r="K111" t="s">
+        <v>35</v>
+      </c>
+      <c r="L111" t="s">
+        <v>742</v>
+      </c>
+      <c r="M111" t="s">
+        <v>38</v>
+      </c>
+      <c r="N111" t="s">
+        <v>38</v>
+      </c>
+      <c r="O111" t="s">
+        <v>35</v>
+      </c>
+      <c r="P111" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q111" t="s">
+        <v>743</v>
+      </c>
+      <c r="R111" t="s">
+        <v>744</v>
+      </c>
+      <c r="S111" t="s">
+        <v>35</v>
+      </c>
+      <c r="T111" t="s">
+        <v>745</v>
+      </c>
+      <c r="U111" t="s">
+        <v>746</v>
+      </c>
+      <c r="V111" t="s">
+        <v>35</v>
+      </c>
+      <c r="W111" t="s">
+        <v>35</v>
+      </c>
+      <c r="X111" t="s">
+        <v>747</v>
+      </c>
+      <c r="Y111" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z111" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA111" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB111" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC111" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="112" spans="1:29">
+      <c r="A112" t="s">
+        <v>117</v>
+      </c>
+      <c r="B112" t="s">
+        <v>60</v>
+      </c>
+      <c r="C112" t="s">
+        <v>748</v>
+      </c>
+      <c r="D112" t="s">
+        <v>749</v>
+      </c>
+      <c r="E112" t="s">
+        <v>98</v>
+      </c>
+      <c r="F112" t="s">
+        <v>35</v>
+      </c>
+      <c r="G112" t="s">
+        <v>76</v>
+      </c>
+      <c r="H112" t="s">
+        <v>35</v>
+      </c>
+      <c r="I112" t="s">
+        <v>35</v>
+      </c>
+      <c r="J112" t="s">
+        <v>750</v>
+      </c>
+      <c r="K112" t="s">
+        <v>35</v>
+      </c>
+      <c r="L112" t="s">
+        <v>353</v>
+      </c>
+      <c r="M112" t="s">
+        <v>98</v>
+      </c>
+      <c r="N112" t="s">
+        <v>38</v>
+      </c>
+      <c r="O112" t="s">
+        <v>35</v>
+      </c>
+      <c r="P112" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q112" t="s">
+        <v>751</v>
+      </c>
+      <c r="R112" t="s">
+        <v>35</v>
+      </c>
+      <c r="S112" t="s">
+        <v>35</v>
+      </c>
+      <c r="T112" t="s">
+        <v>752</v>
+      </c>
+      <c r="U112" t="s">
+        <v>35</v>
+      </c>
+      <c r="V112" t="s">
+        <v>35</v>
+      </c>
+      <c r="W112" t="s">
+        <v>35</v>
+      </c>
+      <c r="X112" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y112" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z112" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA112" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB112" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC112" t="s">
+        <v>753</v>
+      </c>
+    </row>
+    <row r="113" spans="1:29">
+      <c r="A113" t="s">
+        <v>117</v>
+      </c>
+      <c r="B113" t="s">
+        <v>30</v>
+      </c>
+      <c r="C113" t="s">
+        <v>748</v>
+      </c>
+      <c r="D113" t="s">
+        <v>754</v>
+      </c>
+      <c r="E113" t="s">
+        <v>216</v>
+      </c>
+      <c r="F113" t="s">
+        <v>95</v>
+      </c>
+      <c r="G113" t="s">
+        <v>35</v>
+      </c>
+      <c r="H113" t="s">
+        <v>35</v>
+      </c>
+      <c r="I113" t="s">
+        <v>35</v>
+      </c>
+      <c r="J113" t="s">
+        <v>755</v>
+      </c>
+      <c r="K113" t="s">
+        <v>35</v>
+      </c>
+      <c r="L113" t="s">
+        <v>353</v>
+      </c>
+      <c r="M113" t="s">
+        <v>216</v>
+      </c>
+      <c r="N113" t="s">
+        <v>38</v>
+      </c>
+      <c r="O113" t="s">
+        <v>35</v>
+      </c>
+      <c r="P113" t="s">
+        <v>756</v>
+      </c>
+      <c r="Q113" t="s">
+        <v>757</v>
+      </c>
+      <c r="R113" t="s">
+        <v>758</v>
+      </c>
+      <c r="S113" t="s">
+        <v>759</v>
+      </c>
+      <c r="T113" t="s">
+        <v>760</v>
+      </c>
+      <c r="U113" t="s">
+        <v>35</v>
+      </c>
+      <c r="V113" t="s">
+        <v>761</v>
+      </c>
+      <c r="W113" t="s">
+        <v>35</v>
+      </c>
+      <c r="X113" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y113" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z113" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA113" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB113" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="114" spans="1:29">
+      <c r="A114" t="s">
+        <v>427</v>
+      </c>
+      <c r="B114" t="s">
+        <v>30</v>
+      </c>
+      <c r="C114" t="s">
+        <v>748</v>
+      </c>
+      <c r="D114" t="s">
+        <v>762</v>
+      </c>
+      <c r="E114" t="s">
+        <v>763</v>
+      </c>
+      <c r="F114" t="s">
+        <v>764</v>
+      </c>
+      <c r="G114" t="s">
+        <v>35</v>
+      </c>
+      <c r="H114" t="s">
+        <v>35</v>
+      </c>
+      <c r="I114" t="s">
+        <v>35</v>
+      </c>
+      <c r="J114" t="s">
+        <v>765</v>
+      </c>
+      <c r="K114" t="s">
+        <v>35</v>
+      </c>
+      <c r="L114" t="s">
+        <v>65</v>
+      </c>
+      <c r="M114" t="s">
+        <v>62</v>
+      </c>
+      <c r="N114" t="s">
+        <v>62</v>
+      </c>
+      <c r="O114" t="s">
+        <v>35</v>
+      </c>
+      <c r="P114" t="s">
+        <v>756</v>
+      </c>
+      <c r="Q114" t="s">
+        <v>766</v>
+      </c>
+      <c r="R114" t="s">
+        <v>767</v>
+      </c>
+      <c r="S114" t="s">
+        <v>768</v>
+      </c>
+      <c r="T114" t="s">
+        <v>572</v>
+      </c>
+      <c r="U114" t="s">
+        <v>769</v>
+      </c>
+      <c r="W114" t="s">
+        <v>35</v>
+      </c>
+      <c r="X114" t="s">
+        <v>770</v>
+      </c>
+      <c r="Y114" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z114" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA114" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB114" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC114" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="115" spans="1:29">
+      <c r="A115" t="s">
+        <v>482</v>
+      </c>
+      <c r="B115" t="s">
+        <v>132</v>
+      </c>
+      <c r="C115" t="s">
+        <v>771</v>
+      </c>
+      <c r="D115" t="s">
+        <v>772</v>
+      </c>
+      <c r="E115" t="s">
+        <v>204</v>
+      </c>
+      <c r="F115" t="s">
+        <v>35</v>
+      </c>
+      <c r="G115" t="s">
+        <v>35</v>
+      </c>
+      <c r="H115" t="s">
+        <v>34</v>
+      </c>
+      <c r="I115" t="s">
+        <v>35</v>
+      </c>
+      <c r="J115" t="s">
+        <v>773</v>
+      </c>
+      <c r="K115" t="s">
+        <v>35</v>
+      </c>
+      <c r="L115" t="s">
+        <v>111</v>
+      </c>
+      <c r="M115" t="s">
+        <v>204</v>
+      </c>
+      <c r="N115" t="s">
+        <v>38</v>
+      </c>
+      <c r="O115" t="s">
+        <v>35</v>
+      </c>
+      <c r="P115" t="s">
+        <v>774</v>
+      </c>
+      <c r="Q115" t="s">
+        <v>775</v>
+      </c>
+      <c r="R115" t="s">
+        <v>35</v>
+      </c>
+      <c r="S115" t="s">
+        <v>35</v>
+      </c>
+      <c r="T115" t="s">
+        <v>35</v>
+      </c>
+      <c r="U115" t="s">
+        <v>776</v>
+      </c>
+      <c r="V115" t="s">
+        <v>777</v>
+      </c>
+      <c r="W115" t="s">
+        <v>35</v>
+      </c>
+      <c r="X115" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y115" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z115" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA115" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB115" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC115" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="116" spans="1:29">
+      <c r="A116" t="s">
+        <v>482</v>
+      </c>
+      <c r="B116" t="s">
+        <v>132</v>
+      </c>
+      <c r="C116" t="s">
+        <v>771</v>
+      </c>
+      <c r="D116" t="s">
+        <v>772</v>
+      </c>
+      <c r="E116" t="s">
+        <v>294</v>
+      </c>
+      <c r="F116" t="s">
+        <v>35</v>
+      </c>
+      <c r="G116" t="s">
+        <v>35</v>
+      </c>
+      <c r="H116" t="s">
+        <v>34</v>
+      </c>
+      <c r="I116" t="s">
+        <v>35</v>
+      </c>
+      <c r="J116" t="s">
+        <v>778</v>
+      </c>
+      <c r="K116" t="s">
+        <v>35</v>
+      </c>
+      <c r="L116" t="s">
+        <v>111</v>
+      </c>
+      <c r="M116" t="s">
+        <v>294</v>
+      </c>
+      <c r="N116" t="s">
+        <v>38</v>
+      </c>
+      <c r="O116" t="s">
+        <v>35</v>
+      </c>
+      <c r="P116" t="s">
+        <v>774</v>
+      </c>
+      <c r="Q116" t="s">
+        <v>779</v>
+      </c>
+      <c r="R116" t="s">
+        <v>35</v>
+      </c>
+      <c r="S116" t="s">
+        <v>35</v>
+      </c>
+      <c r="T116" t="s">
+        <v>780</v>
+      </c>
+      <c r="U116" t="s">
+        <v>35</v>
+      </c>
+      <c r="V116" t="s">
+        <v>35</v>
+      </c>
+      <c r="W116" t="s">
+        <v>35</v>
+      </c>
+      <c r="X116" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y116" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z116" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA116" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB116" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC116" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="117" spans="1:29">
+      <c r="A117" t="s">
+        <v>72</v>
+      </c>
+      <c r="B117" t="s">
+        <v>143</v>
+      </c>
+      <c r="C117" t="s">
+        <v>781</v>
+      </c>
+      <c r="D117" t="s">
+        <v>782</v>
+      </c>
+      <c r="E117" t="s">
+        <v>262</v>
+      </c>
+      <c r="F117" t="s">
+        <v>35</v>
+      </c>
+      <c r="G117" t="s">
+        <v>35</v>
+      </c>
+      <c r="H117" t="s">
+        <v>35</v>
+      </c>
+      <c r="I117" t="s">
+        <v>146</v>
+      </c>
+      <c r="J117" t="s">
+        <v>783</v>
+      </c>
+      <c r="K117" t="s">
+        <v>35</v>
+      </c>
+      <c r="L117" t="s">
+        <v>784</v>
+      </c>
+      <c r="M117" t="s">
+        <v>785</v>
+      </c>
+      <c r="N117" t="s">
+        <v>38</v>
+      </c>
+      <c r="O117" t="s">
+        <v>35</v>
+      </c>
+      <c r="P117" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q117" t="s">
+        <v>786</v>
+      </c>
+      <c r="R117" t="s">
+        <v>35</v>
+      </c>
+      <c r="S117" t="s">
+        <v>35</v>
+      </c>
+      <c r="T117" t="s">
+        <v>787</v>
+      </c>
+      <c r="U117" t="s">
+        <v>788</v>
+      </c>
+      <c r="V117" t="s">
+        <v>789</v>
+      </c>
+      <c r="W117" t="s">
+        <v>35</v>
+      </c>
+      <c r="X117" t="s">
+        <v>790</v>
+      </c>
+      <c r="Y117" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z117" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA117" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB117" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC117" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="118" spans="1:29">
+      <c r="A118" t="s">
+        <v>427</v>
+      </c>
+      <c r="B118" t="s">
+        <v>60</v>
+      </c>
+      <c r="C118" t="s">
+        <v>781</v>
+      </c>
+      <c r="D118" t="s">
+        <v>791</v>
+      </c>
+      <c r="E118" t="s">
+        <v>351</v>
+      </c>
+      <c r="F118" t="s">
+        <v>35</v>
+      </c>
+      <c r="G118" t="s">
+        <v>86</v>
+      </c>
+      <c r="H118" t="s">
+        <v>35</v>
+      </c>
+      <c r="I118" t="s">
+        <v>35</v>
+      </c>
+      <c r="J118" t="s">
+        <v>792</v>
+      </c>
+      <c r="K118" t="s">
+        <v>35</v>
+      </c>
+      <c r="L118" t="s">
+        <v>111</v>
+      </c>
+      <c r="M118" t="s">
+        <v>109</v>
+      </c>
+      <c r="N118" t="s">
+        <v>109</v>
+      </c>
+      <c r="O118" t="s">
+        <v>35</v>
+      </c>
+      <c r="P118" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q118" t="s">
+        <v>793</v>
+      </c>
+      <c r="R118" t="s">
+        <v>35</v>
+      </c>
+      <c r="S118" t="s">
+        <v>35</v>
+      </c>
+      <c r="T118" t="s">
+        <v>35</v>
+      </c>
+      <c r="U118" t="s">
+        <v>35</v>
+      </c>
+      <c r="V118" t="s">
+        <v>35</v>
+      </c>
+      <c r="W118" t="s">
+        <v>35</v>
+      </c>
+      <c r="X118" t="s">
+        <v>794</v>
+      </c>
+      <c r="Y118" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z118" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA118" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB118" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC118" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="119" spans="1:29">
+      <c r="A119" t="s">
+        <v>72</v>
+      </c>
+      <c r="B119" t="s">
+        <v>143</v>
+      </c>
+      <c r="C119" t="s">
+        <v>781</v>
+      </c>
+      <c r="D119" t="s">
+        <v>795</v>
+      </c>
+      <c r="E119" t="s">
+        <v>262</v>
+      </c>
+      <c r="F119" t="s">
+        <v>35</v>
+      </c>
+      <c r="G119" t="s">
+        <v>35</v>
+      </c>
+      <c r="H119" t="s">
+        <v>35</v>
+      </c>
+      <c r="I119" t="s">
+        <v>146</v>
+      </c>
+      <c r="J119" t="s">
+        <v>796</v>
+      </c>
+      <c r="K119" t="s">
+        <v>35</v>
+      </c>
+      <c r="L119" t="s">
+        <v>784</v>
+      </c>
+      <c r="M119" t="s">
+        <v>785</v>
+      </c>
+      <c r="N119" t="s">
+        <v>38</v>
+      </c>
+      <c r="O119" t="s">
+        <v>35</v>
+      </c>
+      <c r="P119" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q119" t="s">
+        <v>35</v>
+      </c>
+      <c r="R119" t="s">
+        <v>35</v>
+      </c>
+      <c r="S119" t="s">
+        <v>35</v>
+      </c>
+      <c r="T119" t="s">
+        <v>35</v>
+      </c>
+      <c r="U119" t="s">
+        <v>35</v>
+      </c>
+      <c r="V119" t="s">
+        <v>35</v>
+      </c>
+      <c r="W119" t="s">
+        <v>35</v>
+      </c>
+      <c r="X119" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y119" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z119" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA119" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB119" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC119" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="120" spans="1:29">
+      <c r="A120" t="s">
+        <v>234</v>
+      </c>
+      <c r="B120" t="s">
+        <v>143</v>
+      </c>
+      <c r="C120" t="s">
+        <v>797</v>
+      </c>
+      <c r="D120" t="s">
+        <v>798</v>
+      </c>
+      <c r="E120" t="s">
+        <v>98</v>
+      </c>
+      <c r="F120" t="s">
+        <v>35</v>
+      </c>
+      <c r="G120" t="s">
+        <v>35</v>
+      </c>
+      <c r="H120" t="s">
+        <v>35</v>
+      </c>
+      <c r="I120" t="s">
+        <v>212</v>
+      </c>
+      <c r="J120" t="s">
+        <v>799</v>
+      </c>
+      <c r="K120" t="s">
+        <v>35</v>
+      </c>
+      <c r="L120" t="s">
+        <v>800</v>
+      </c>
+      <c r="M120" t="s">
+        <v>262</v>
+      </c>
+      <c r="N120" t="s">
+        <v>38</v>
+      </c>
+      <c r="O120" t="s">
+        <v>35</v>
+      </c>
+      <c r="P120" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q120" t="s">
+        <v>801</v>
+      </c>
+      <c r="R120" t="s">
+        <v>802</v>
+      </c>
+      <c r="S120" t="s">
+        <v>35</v>
+      </c>
+      <c r="T120" t="s">
+        <v>803</v>
+      </c>
+      <c r="U120" t="s">
+        <v>35</v>
+      </c>
+      <c r="V120" t="s">
+        <v>35</v>
+      </c>
+      <c r="W120" t="s">
+        <v>35</v>
+      </c>
+      <c r="X120" t="s">
+        <v>804</v>
+      </c>
+      <c r="Y120" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z120" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA120" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB120" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC120" t="s">
+        <v>335</v>
+      </c>
+    </row>
+    <row r="121" spans="1:29">
+      <c r="A121" t="s">
+        <v>234</v>
+      </c>
+      <c r="B121" t="s">
+        <v>143</v>
+      </c>
+      <c r="C121" t="s">
+        <v>797</v>
+      </c>
+      <c r="D121" t="s">
+        <v>805</v>
+      </c>
+      <c r="E121" t="s">
+        <v>75</v>
+      </c>
+      <c r="F121" t="s">
+        <v>35</v>
+      </c>
+      <c r="G121" t="s">
+        <v>35</v>
+      </c>
+      <c r="H121" t="s">
+        <v>35</v>
+      </c>
+      <c r="I121" t="s">
+        <v>520</v>
+      </c>
+      <c r="J121" t="s">
+        <v>806</v>
+      </c>
+      <c r="K121" t="s">
+        <v>35</v>
+      </c>
+      <c r="M121" t="s">
+        <v>216</v>
+      </c>
+      <c r="N121" t="s">
+        <v>38</v>
+      </c>
+      <c r="O121" t="s">
+        <v>35</v>
+      </c>
+      <c r="P121" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q121" t="s">
+        <v>807</v>
+      </c>
+      <c r="R121" t="s">
+        <v>35</v>
+      </c>
+      <c r="S121" t="s">
+        <v>35</v>
+      </c>
+      <c r="T121" t="s">
+        <v>35</v>
+      </c>
+      <c r="U121" t="s">
+        <v>35</v>
+      </c>
+      <c r="V121" t="s">
+        <v>35</v>
+      </c>
+      <c r="W121" t="s">
+        <v>35</v>
+      </c>
+      <c r="X121" t="s">
+        <v>808</v>
+      </c>
+      <c r="Y121" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z121" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA121" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB121" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC121" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="122" spans="1:29">
+      <c r="A122" t="s">
+        <v>427</v>
+      </c>
+      <c r="B122" t="s">
+        <v>60</v>
+      </c>
+      <c r="C122" t="s">
+        <v>809</v>
+      </c>
+      <c r="D122" t="s">
+        <v>810</v>
+      </c>
+      <c r="E122" t="s">
+        <v>329</v>
+      </c>
+      <c r="F122" t="s">
+        <v>35</v>
+      </c>
+      <c r="G122" t="s">
+        <v>76</v>
+      </c>
+      <c r="H122" t="s">
+        <v>35</v>
+      </c>
+      <c r="I122" t="s">
+        <v>35</v>
+      </c>
+      <c r="J122" t="s">
+        <v>811</v>
+      </c>
+      <c r="K122" t="s">
+        <v>35</v>
+      </c>
+      <c r="L122" t="s">
+        <v>78</v>
+      </c>
+      <c r="M122" t="s">
+        <v>75</v>
+      </c>
+      <c r="N122" t="s">
+        <v>38</v>
+      </c>
+      <c r="O122" t="s">
+        <v>35</v>
+      </c>
+      <c r="P122" t="s">
+        <v>812</v>
+      </c>
+      <c r="Q122" t="s">
+        <v>813</v>
+      </c>
+      <c r="R122" t="s">
+        <v>35</v>
+      </c>
+      <c r="S122" t="s">
+        <v>35</v>
+      </c>
+      <c r="T122" t="s">
+        <v>814</v>
+      </c>
+      <c r="U122" t="s">
+        <v>815</v>
+      </c>
+      <c r="V122" t="s">
+        <v>35</v>
+      </c>
+      <c r="W122" t="s">
+        <v>35</v>
+      </c>
+      <c r="X122" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y122" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z122" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA122" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB122" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC122" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="123" spans="1:29">
+      <c r="A123" t="s">
+        <v>72</v>
+      </c>
+      <c r="B123" t="s">
+        <v>30</v>
+      </c>
+      <c r="C123" t="s">
+        <v>816</v>
+      </c>
+      <c r="D123" t="s">
+        <v>817</v>
+      </c>
+      <c r="E123" t="s">
+        <v>33</v>
+      </c>
+      <c r="F123" t="s">
+        <v>34</v>
+      </c>
+      <c r="G123" t="s">
+        <v>35</v>
+      </c>
+      <c r="H123" t="s">
+        <v>35</v>
+      </c>
+      <c r="I123" t="s">
+        <v>35</v>
+      </c>
+      <c r="J123" t="s">
+        <v>818</v>
+      </c>
+      <c r="K123" t="s">
+        <v>35</v>
+      </c>
+      <c r="L123" t="s">
+        <v>553</v>
+      </c>
+      <c r="M123" t="s">
+        <v>33</v>
+      </c>
+      <c r="N123" t="s">
+        <v>38</v>
+      </c>
+      <c r="O123" t="s">
+        <v>35</v>
+      </c>
+      <c r="P123" t="s">
+        <v>819</v>
+      </c>
+      <c r="Q123" t="s">
+        <v>35</v>
+      </c>
+      <c r="R123" t="s">
+        <v>35</v>
+      </c>
+      <c r="S123" t="s">
+        <v>35</v>
+      </c>
+      <c r="T123" t="s">
+        <v>820</v>
+      </c>
+      <c r="U123" t="s">
+        <v>821</v>
+      </c>
+      <c r="V123" t="s">
+        <v>35</v>
+      </c>
+      <c r="W123" t="s">
+        <v>35</v>
+      </c>
+      <c r="X123" t="s">
+        <v>822</v>
+      </c>
+      <c r="Y123" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z123" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA123" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB123" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC123" t="s">
+        <v>823</v>
+      </c>
+    </row>
+    <row r="124" spans="1:29">
+      <c r="A124" t="s">
+        <v>556</v>
+      </c>
+      <c r="B124" t="s">
+        <v>60</v>
+      </c>
+      <c r="C124" t="s">
+        <v>816</v>
+      </c>
+      <c r="D124" t="s">
+        <v>824</v>
+      </c>
+      <c r="E124" t="s">
+        <v>98</v>
+      </c>
+      <c r="F124" t="s">
+        <v>35</v>
+      </c>
+      <c r="G124" t="s">
+        <v>76</v>
+      </c>
+      <c r="H124" t="s">
+        <v>35</v>
+      </c>
+      <c r="I124" t="s">
+        <v>35</v>
+      </c>
+      <c r="J124" t="s">
+        <v>825</v>
+      </c>
+      <c r="K124" t="s">
+        <v>35</v>
+      </c>
+      <c r="L124" t="s">
+        <v>826</v>
+      </c>
+      <c r="M124" t="s">
+        <v>763</v>
+      </c>
+      <c r="N124" t="s">
+        <v>38</v>
+      </c>
+      <c r="O124" t="s">
+        <v>35</v>
+      </c>
+      <c r="P124" t="s">
+        <v>827</v>
+      </c>
+      <c r="Q124" t="s">
+        <v>828</v>
+      </c>
+      <c r="R124" t="s">
+        <v>829</v>
+      </c>
+      <c r="S124" t="s">
+        <v>35</v>
+      </c>
+      <c r="T124" t="s">
+        <v>830</v>
+      </c>
+      <c r="U124" t="s">
+        <v>831</v>
+      </c>
+      <c r="V124" t="s">
+        <v>832</v>
+      </c>
+      <c r="W124" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y124" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z124" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA124" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB124" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC124" t="s">
+        <v>833</v>
+      </c>
+    </row>
+    <row r="125" spans="1:29">
+      <c r="A125" t="s">
+        <v>29</v>
+      </c>
+      <c r="B125" t="s">
+        <v>60</v>
+      </c>
+      <c r="C125" t="s">
+        <v>834</v>
+      </c>
+      <c r="D125" t="s">
+        <v>835</v>
+      </c>
+      <c r="E125" t="s">
+        <v>836</v>
+      </c>
+      <c r="F125" t="s">
+        <v>35</v>
+      </c>
+      <c r="G125" t="s">
+        <v>76</v>
+      </c>
+      <c r="H125" t="s">
+        <v>35</v>
+      </c>
+      <c r="I125" t="s">
+        <v>35</v>
+      </c>
+      <c r="J125" t="s">
+        <v>837</v>
+      </c>
+      <c r="K125" t="s">
+        <v>35</v>
+      </c>
+      <c r="L125" t="s">
+        <v>826</v>
+      </c>
+      <c r="M125" t="s">
+        <v>836</v>
+      </c>
+      <c r="N125" t="s">
+        <v>696</v>
+      </c>
+      <c r="O125" t="s">
+        <v>35</v>
+      </c>
+      <c r="P125" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q125" t="s">
+        <v>35</v>
+      </c>
+      <c r="R125" t="s">
+        <v>174</v>
+      </c>
+      <c r="S125" t="s">
+        <v>35</v>
+      </c>
+      <c r="T125" t="s">
+        <v>174</v>
+      </c>
+      <c r="U125" t="s">
+        <v>838</v>
+      </c>
+      <c r="V125" t="s">
+        <v>69</v>
+      </c>
+      <c r="W125" t="s">
+        <v>35</v>
+      </c>
+      <c r="X125" t="s">
+        <v>839</v>
+      </c>
+      <c r="Y125" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z125" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA125" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB125" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC125" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="126" spans="1:29">
+      <c r="A126" t="s">
+        <v>234</v>
+      </c>
+      <c r="B126" t="s">
+        <v>30</v>
+      </c>
+      <c r="C126" t="s">
+        <v>840</v>
+      </c>
+      <c r="D126" t="s">
+        <v>841</v>
+      </c>
+      <c r="E126" t="s">
+        <v>33</v>
+      </c>
+      <c r="F126" t="s">
+        <v>34</v>
+      </c>
+      <c r="G126" t="s">
+        <v>35</v>
+      </c>
+      <c r="H126" t="s">
+        <v>35</v>
+      </c>
+      <c r="I126" t="s">
+        <v>35</v>
+      </c>
+      <c r="J126" t="s">
+        <v>842</v>
+      </c>
+      <c r="K126" t="s">
+        <v>843</v>
+      </c>
+      <c r="L126" t="s">
+        <v>111</v>
+      </c>
+      <c r="M126" t="s">
+        <v>38</v>
+      </c>
+      <c r="N126" t="s">
+        <v>38</v>
+      </c>
+      <c r="O126" t="s">
+        <v>35</v>
+      </c>
+      <c r="P126" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q126" t="s">
+        <v>844</v>
+      </c>
+      <c r="R126" t="s">
+        <v>845</v>
+      </c>
+      <c r="S126" t="s">
+        <v>344</v>
+      </c>
+      <c r="T126" t="s">
+        <v>35</v>
+      </c>
+      <c r="U126" t="s">
+        <v>35</v>
+      </c>
+      <c r="V126" t="s">
+        <v>35</v>
+      </c>
+      <c r="W126" t="s">
+        <v>35</v>
+      </c>
+      <c r="X126" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y126" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z126" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA126" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB126" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC126" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="127" spans="1:29">
+      <c r="A127" t="s">
+        <v>556</v>
+      </c>
+      <c r="B127" t="s">
+        <v>30</v>
+      </c>
+      <c r="C127" t="s">
+        <v>840</v>
+      </c>
+      <c r="D127" t="s">
+        <v>846</v>
+      </c>
+      <c r="E127" t="s">
+        <v>49</v>
+      </c>
+      <c r="F127" t="s">
+        <v>50</v>
+      </c>
+      <c r="G127" t="s">
+        <v>35</v>
+      </c>
+      <c r="H127" t="s">
+        <v>35</v>
+      </c>
+      <c r="I127" t="s">
+        <v>35</v>
+      </c>
+      <c r="J127" t="s">
+        <v>847</v>
+      </c>
+      <c r="K127" t="s">
+        <v>35</v>
+      </c>
+      <c r="L127" t="s">
+        <v>848</v>
+      </c>
+      <c r="M127" t="s">
+        <v>38</v>
+      </c>
+      <c r="N127" t="s">
+        <v>38</v>
+      </c>
+      <c r="O127" t="s">
+        <v>35</v>
+      </c>
+      <c r="P127" t="s">
+        <v>849</v>
+      </c>
+      <c r="Q127" t="s">
+        <v>850</v>
+      </c>
+      <c r="R127" t="s">
+        <v>851</v>
+      </c>
+      <c r="S127" t="s">
+        <v>852</v>
+      </c>
+      <c r="T127" t="s">
+        <v>853</v>
+      </c>
+      <c r="U127" t="s">
+        <v>854</v>
+      </c>
+      <c r="V127" t="s">
+        <v>35</v>
+      </c>
+      <c r="W127" t="s">
+        <v>35</v>
+      </c>
+      <c r="X127" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y127" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z127" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA127" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB127" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC127" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="128" spans="1:29">
+      <c r="A128" t="s">
+        <v>655</v>
+      </c>
+      <c r="B128" t="s">
+        <v>30</v>
+      </c>
+      <c r="C128" t="s">
+        <v>855</v>
+      </c>
+      <c r="D128" t="s">
+        <v>856</v>
+      </c>
+      <c r="E128" t="s">
+        <v>33</v>
+      </c>
+      <c r="F128" t="s">
+        <v>34</v>
+      </c>
+      <c r="G128" t="s">
+        <v>35</v>
+      </c>
+      <c r="H128" t="s">
+        <v>35</v>
+      </c>
+      <c r="I128" t="s">
+        <v>35</v>
+      </c>
+      <c r="J128" t="s">
+        <v>857</v>
+      </c>
+      <c r="K128" t="s">
+        <v>35</v>
+      </c>
+      <c r="L128" t="s">
+        <v>111</v>
+      </c>
+      <c r="M128" t="s">
+        <v>109</v>
+      </c>
+      <c r="N128" t="s">
+        <v>109</v>
+      </c>
+      <c r="O128" t="s">
+        <v>35</v>
+      </c>
+      <c r="P128" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q128" t="s">
+        <v>858</v>
+      </c>
+      <c r="R128" t="s">
+        <v>35</v>
+      </c>
+      <c r="S128" t="s">
+        <v>35</v>
+      </c>
+      <c r="T128" t="s">
+        <v>35</v>
+      </c>
+      <c r="U128" t="s">
+        <v>859</v>
+      </c>
+      <c r="V128" t="s">
+        <v>35</v>
+      </c>
+      <c r="W128" t="s">
+        <v>35</v>
+      </c>
+      <c r="X128" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y128" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z128" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA128" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB128" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC128" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="129" spans="1:29">
+      <c r="A129" t="s">
+        <v>83</v>
+      </c>
+      <c r="B129" t="s">
+        <v>60</v>
+      </c>
+      <c r="C129" t="s">
+        <v>860</v>
+      </c>
+      <c r="D129" t="s">
+        <v>861</v>
+      </c>
+      <c r="E129" t="s">
+        <v>862</v>
+      </c>
+      <c r="F129" t="s">
+        <v>35</v>
+      </c>
+      <c r="G129" t="s">
+        <v>86</v>
+      </c>
+      <c r="H129" t="s">
+        <v>35</v>
+      </c>
+      <c r="I129" t="s">
+        <v>35</v>
+      </c>
+      <c r="J129" t="s">
+        <v>863</v>
+      </c>
+      <c r="K129" t="s">
+        <v>35</v>
+      </c>
+      <c r="L129" t="s">
+        <v>269</v>
+      </c>
+      <c r="M129" t="s">
+        <v>862</v>
+      </c>
+      <c r="N129" t="s">
+        <v>38</v>
+      </c>
+      <c r="O129" t="s">
+        <v>35</v>
+      </c>
+      <c r="P129" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q129" t="s">
+        <v>35</v>
+      </c>
+      <c r="R129" t="s">
+        <v>864</v>
+      </c>
+      <c r="S129" t="s">
+        <v>35</v>
+      </c>
+      <c r="T129" t="s">
+        <v>35</v>
+      </c>
+      <c r="U129" t="s">
+        <v>35</v>
+      </c>
+      <c r="V129" t="s">
+        <v>35</v>
+      </c>
+      <c r="W129" t="s">
+        <v>35</v>
+      </c>
+      <c r="X129" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y129" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z129" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA129" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB129" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC129" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="130" spans="1:29">
+      <c r="A130" t="s">
+        <v>29</v>
+      </c>
+      <c r="B130" t="s">
+        <v>60</v>
+      </c>
+      <c r="C130" t="s">
+        <v>865</v>
+      </c>
+      <c r="D130" t="s">
+        <v>866</v>
+      </c>
+      <c r="E130" t="s">
+        <v>206</v>
+      </c>
+      <c r="F130" t="s">
+        <v>35</v>
+      </c>
+      <c r="G130" t="s">
+        <v>86</v>
+      </c>
+      <c r="H130" t="s">
+        <v>35</v>
+      </c>
+      <c r="I130" t="s">
+        <v>35</v>
+      </c>
+      <c r="J130" t="s">
+        <v>867</v>
+      </c>
+      <c r="K130" t="s">
+        <v>35</v>
+      </c>
+      <c r="L130" t="s">
+        <v>191</v>
+      </c>
+      <c r="M130" t="s">
+        <v>253</v>
+      </c>
+      <c r="N130" t="s">
+        <v>696</v>
+      </c>
+      <c r="O130" t="s">
+        <v>35</v>
+      </c>
+      <c r="P130" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q130" t="s">
+        <v>35</v>
+      </c>
+      <c r="R130" t="s">
+        <v>35</v>
+      </c>
+      <c r="S130" t="s">
+        <v>35</v>
+      </c>
+      <c r="T130" t="s">
+        <v>868</v>
+      </c>
+      <c r="U130" t="s">
+        <v>35</v>
+      </c>
+      <c r="V130" t="s">
+        <v>69</v>
+      </c>
+      <c r="W130" t="s">
+        <v>35</v>
+      </c>
+      <c r="X130" t="s">
+        <v>869</v>
+      </c>
+      <c r="Y130" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z130" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA130" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB130" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC130" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="131" spans="1:29">
+      <c r="A131" t="s">
+        <v>655</v>
+      </c>
+      <c r="B131" t="s">
+        <v>30</v>
+      </c>
+      <c r="C131" t="s">
+        <v>870</v>
+      </c>
+      <c r="D131" t="s">
+        <v>871</v>
+      </c>
+      <c r="E131" t="s">
+        <v>206</v>
+      </c>
+      <c r="F131" t="s">
+        <v>34</v>
+      </c>
+      <c r="G131" t="s">
+        <v>35</v>
+      </c>
+      <c r="H131" t="s">
+        <v>35</v>
+      </c>
+      <c r="I131" t="s">
+        <v>35</v>
+      </c>
+      <c r="J131" t="s">
+        <v>872</v>
+      </c>
+      <c r="K131" t="s">
+        <v>35</v>
+      </c>
+      <c r="L131" t="s">
+        <v>509</v>
+      </c>
+      <c r="M131" t="s">
+        <v>38</v>
+      </c>
+      <c r="N131" t="s">
+        <v>38</v>
+      </c>
+      <c r="O131" t="s">
+        <v>35</v>
+      </c>
+      <c r="P131" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q131" t="s">
+        <v>873</v>
+      </c>
+      <c r="R131" t="s">
+        <v>35</v>
+      </c>
+      <c r="S131" t="s">
+        <v>35</v>
+      </c>
+      <c r="T131" t="s">
+        <v>35</v>
+      </c>
+      <c r="U131" t="s">
+        <v>35</v>
+      </c>
+      <c r="V131" t="s">
+        <v>874</v>
+      </c>
+      <c r="W131" t="s">
+        <v>35</v>
+      </c>
+      <c r="X131" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y131" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z131" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA131" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB131" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="132" spans="1:29">
+      <c r="A132" t="s">
+        <v>482</v>
+      </c>
+      <c r="B132" t="s">
+        <v>30</v>
+      </c>
+      <c r="C132" t="s">
+        <v>870</v>
+      </c>
+      <c r="D132" t="s">
+        <v>875</v>
+      </c>
+      <c r="E132" t="s">
+        <v>253</v>
+      </c>
+      <c r="F132" t="s">
+        <v>34</v>
+      </c>
+      <c r="G132" t="s">
+        <v>35</v>
+      </c>
+      <c r="H132" t="s">
+        <v>35</v>
+      </c>
+      <c r="I132" t="s">
+        <v>35</v>
+      </c>
+      <c r="J132" t="s">
+        <v>876</v>
+      </c>
+      <c r="K132" t="s">
+        <v>35</v>
+      </c>
+      <c r="L132" t="s">
+        <v>374</v>
+      </c>
+      <c r="M132" t="s">
+        <v>38</v>
+      </c>
+      <c r="N132" t="s">
+        <v>38</v>
+      </c>
+      <c r="O132" t="s">
+        <v>35</v>
+      </c>
+      <c r="P132" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q132" t="s">
+        <v>877</v>
+      </c>
+      <c r="R132" t="s">
+        <v>35</v>
+      </c>
+      <c r="S132" t="s">
+        <v>35</v>
+      </c>
+      <c r="T132" t="s">
+        <v>35</v>
+      </c>
+      <c r="U132" t="s">
+        <v>35</v>
+      </c>
+      <c r="V132" t="s">
+        <v>35</v>
+      </c>
+      <c r="W132" t="s">
+        <v>35</v>
+      </c>
+      <c r="X132" t="s">
+        <v>878</v>
+      </c>
+      <c r="Y132" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z132" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA132" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB132" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC132" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="133" spans="1:29">
+      <c r="A133" t="s">
+        <v>234</v>
+      </c>
+      <c r="B133" t="s">
+        <v>30</v>
+      </c>
+      <c r="C133" t="s">
+        <v>870</v>
+      </c>
+      <c r="D133" t="s">
+        <v>879</v>
+      </c>
+      <c r="E133" t="s">
+        <v>880</v>
+      </c>
+      <c r="F133" t="s">
+        <v>34</v>
+      </c>
+      <c r="G133" t="s">
+        <v>35</v>
+      </c>
+      <c r="H133" t="s">
+        <v>35</v>
+      </c>
+      <c r="I133" t="s">
+        <v>35</v>
+      </c>
+      <c r="J133" t="s">
+        <v>881</v>
+      </c>
+      <c r="K133" t="s">
+        <v>35</v>
+      </c>
+      <c r="L133" t="s">
+        <v>882</v>
+      </c>
+      <c r="M133" t="s">
+        <v>237</v>
+      </c>
+      <c r="N133" t="s">
+        <v>237</v>
+      </c>
+      <c r="O133" t="s">
+        <v>35</v>
+      </c>
+      <c r="P133" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q133" t="s">
+        <v>883</v>
+      </c>
+      <c r="R133" t="s">
+        <v>884</v>
+      </c>
+      <c r="S133" t="s">
+        <v>344</v>
+      </c>
+      <c r="T133" t="s">
+        <v>35</v>
+      </c>
+      <c r="U133" t="s">
+        <v>885</v>
+      </c>
+      <c r="V133" t="s">
+        <v>886</v>
+      </c>
+      <c r="W133" t="s">
+        <v>35</v>
+      </c>
+      <c r="X133" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y133" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z133" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA133" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB133" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC133" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="134" spans="1:29">
+      <c r="A134" t="s">
+        <v>655</v>
+      </c>
+      <c r="B134" t="s">
+        <v>60</v>
+      </c>
+      <c r="C134" t="s">
+        <v>887</v>
+      </c>
+      <c r="D134" t="s">
+        <v>888</v>
+      </c>
+      <c r="E134" t="s">
+        <v>109</v>
+      </c>
+      <c r="F134" t="s">
+        <v>35</v>
+      </c>
+      <c r="G134" t="s">
+        <v>86</v>
+      </c>
+      <c r="H134" t="s">
+        <v>35</v>
+      </c>
+      <c r="I134" t="s">
+        <v>35</v>
+      </c>
+      <c r="J134" t="s">
+        <v>889</v>
+      </c>
+      <c r="K134" t="s">
+        <v>35</v>
+      </c>
+      <c r="L134" t="s">
+        <v>111</v>
+      </c>
+      <c r="M134" t="s">
+        <v>109</v>
+      </c>
+      <c r="N134" t="s">
+        <v>38</v>
+      </c>
+      <c r="O134" t="s">
+        <v>35</v>
+      </c>
+      <c r="P134" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q134" t="s">
+        <v>35</v>
+      </c>
+      <c r="R134" t="s">
+        <v>35</v>
+      </c>
+      <c r="S134" t="s">
+        <v>35</v>
+      </c>
+      <c r="T134" t="s">
+        <v>35</v>
+      </c>
+      <c r="U134" t="s">
+        <v>35</v>
+      </c>
+      <c r="V134" t="s">
+        <v>35</v>
+      </c>
+      <c r="W134" t="s">
+        <v>35</v>
+      </c>
+      <c r="X134" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y134" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z134" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA134" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB134" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC134" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="135" spans="1:29">
+      <c r="A135" t="s">
+        <v>556</v>
+      </c>
+      <c r="B135" t="s">
+        <v>60</v>
+      </c>
+      <c r="C135" t="s">
+        <v>890</v>
+      </c>
+      <c r="D135" t="s">
+        <v>891</v>
+      </c>
+      <c r="E135" t="s">
+        <v>892</v>
+      </c>
+      <c r="F135" t="s">
+        <v>35</v>
+      </c>
+      <c r="G135" t="s">
+        <v>76</v>
+      </c>
+      <c r="H135" t="s">
+        <v>35</v>
+      </c>
+      <c r="I135" t="s">
+        <v>35</v>
+      </c>
+      <c r="J135" t="s">
+        <v>893</v>
+      </c>
+      <c r="K135" t="s">
+        <v>35</v>
+      </c>
+      <c r="L135" t="s">
+        <v>52</v>
+      </c>
+      <c r="M135" t="s">
+        <v>216</v>
+      </c>
+      <c r="N135" t="s">
+        <v>38</v>
+      </c>
+      <c r="O135" t="s">
+        <v>35</v>
+      </c>
+      <c r="P135" t="s">
+        <v>827</v>
+      </c>
+      <c r="Q135" t="s">
+        <v>894</v>
+      </c>
+      <c r="R135" t="s">
+        <v>895</v>
+      </c>
+      <c r="S135" t="s">
+        <v>35</v>
+      </c>
+      <c r="T135" t="s">
+        <v>896</v>
+      </c>
+      <c r="U135" t="s">
+        <v>897</v>
+      </c>
+      <c r="V135" t="s">
+        <v>35</v>
+      </c>
+      <c r="W135" t="s">
+        <v>35</v>
+      </c>
+      <c r="X135" t="s">
+        <v>898</v>
+      </c>
+      <c r="Y135" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z135" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA135" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB135" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC135" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="136" spans="1:29">
+      <c r="A136" t="s">
+        <v>482</v>
+      </c>
+      <c r="B136" t="s">
+        <v>30</v>
+      </c>
+      <c r="C136" t="s">
+        <v>899</v>
+      </c>
+      <c r="D136" t="s">
+        <v>900</v>
+      </c>
+      <c r="E136" t="s">
+        <v>479</v>
+      </c>
+      <c r="F136" t="s">
+        <v>34</v>
+      </c>
+      <c r="G136" t="s">
+        <v>35</v>
+      </c>
+      <c r="H136" t="s">
+        <v>35</v>
+      </c>
+      <c r="I136" t="s">
+        <v>35</v>
+      </c>
+      <c r="J136" t="s">
+        <v>901</v>
+      </c>
+      <c r="K136" t="s">
+        <v>35</v>
+      </c>
+      <c r="L136" t="s">
+        <v>902</v>
+      </c>
+      <c r="M136" t="s">
+        <v>38</v>
+      </c>
+      <c r="N136" t="s">
+        <v>38</v>
+      </c>
+      <c r="O136" t="s">
+        <v>35</v>
+      </c>
+      <c r="P136" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q136" t="s">
+        <v>903</v>
+      </c>
+      <c r="R136" t="s">
+        <v>35</v>
+      </c>
+      <c r="S136" t="s">
+        <v>35</v>
+      </c>
+      <c r="T136" t="s">
+        <v>35</v>
+      </c>
+      <c r="U136" t="s">
+        <v>35</v>
+      </c>
+      <c r="V136" t="s">
+        <v>35</v>
+      </c>
+      <c r="W136" t="s">
+        <v>35</v>
+      </c>
+      <c r="X136" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y136" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z136" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA136" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB136" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC136" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="137" spans="1:29">
+      <c r="A137" t="s">
+        <v>556</v>
+      </c>
+      <c r="B137" t="s">
+        <v>132</v>
+      </c>
+      <c r="C137" t="s">
+        <v>899</v>
+      </c>
+      <c r="D137" t="s">
+        <v>904</v>
+      </c>
+      <c r="E137" t="s">
+        <v>109</v>
+      </c>
+      <c r="F137" t="s">
+        <v>35</v>
+      </c>
+      <c r="G137" t="s">
+        <v>35</v>
+      </c>
+      <c r="H137" t="s">
+        <v>34</v>
+      </c>
+      <c r="I137" t="s">
+        <v>35</v>
+      </c>
+      <c r="J137" t="s">
+        <v>905</v>
+      </c>
+      <c r="K137" t="s">
+        <v>35</v>
+      </c>
+      <c r="L137" t="s">
+        <v>509</v>
+      </c>
+      <c r="M137" t="s">
+        <v>38</v>
+      </c>
+      <c r="N137" t="s">
+        <v>38</v>
+      </c>
+      <c r="O137" t="s">
+        <v>35</v>
+      </c>
+      <c r="P137" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q137" t="s">
+        <v>308</v>
+      </c>
+      <c r="R137" t="s">
+        <v>35</v>
+      </c>
+      <c r="S137" t="s">
+        <v>35</v>
+      </c>
+      <c r="T137" t="s">
+        <v>906</v>
+      </c>
+      <c r="U137" t="s">
+        <v>907</v>
+      </c>
+      <c r="V137" t="s">
+        <v>35</v>
+      </c>
+      <c r="W137" t="s">
+        <v>35</v>
+      </c>
+      <c r="X137" t="s">
+        <v>908</v>
+      </c>
+      <c r="Y137" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z137" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA137" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB137" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC137" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="138" spans="1:29">
+      <c r="A138" t="s">
+        <v>29</v>
+      </c>
+      <c r="B138" t="s">
+        <v>60</v>
+      </c>
+      <c r="C138" t="s">
+        <v>909</v>
+      </c>
+      <c r="D138" t="s">
+        <v>910</v>
+      </c>
+      <c r="E138" t="s">
+        <v>206</v>
+      </c>
+      <c r="F138" t="s">
+        <v>35</v>
+      </c>
+      <c r="G138" t="s">
+        <v>86</v>
+      </c>
+      <c r="H138" t="s">
+        <v>35</v>
+      </c>
+      <c r="I138" t="s">
+        <v>35</v>
+      </c>
+      <c r="J138" t="s">
+        <v>911</v>
+      </c>
+      <c r="K138" t="s">
+        <v>35</v>
+      </c>
+      <c r="M138" t="s">
+        <v>206</v>
+      </c>
+      <c r="N138" t="s">
+        <v>696</v>
+      </c>
+      <c r="O138" t="s">
+        <v>35</v>
+      </c>
+      <c r="P138" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q138" t="s">
+        <v>35</v>
+      </c>
+      <c r="R138" t="s">
+        <v>35</v>
+      </c>
+      <c r="S138" t="s">
+        <v>35</v>
+      </c>
+      <c r="T138" t="s">
+        <v>912</v>
+      </c>
+      <c r="U138" t="s">
+        <v>35</v>
+      </c>
+      <c r="V138" t="s">
+        <v>35</v>
+      </c>
+      <c r="W138" t="s">
+        <v>35</v>
+      </c>
+      <c r="X138" t="s">
+        <v>913</v>
+      </c>
+      <c r="Y138" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z138" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA138" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB138" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC138" t="s">
+        <v>914</v>
+      </c>
+    </row>
+    <row r="139" spans="1:29">
+      <c r="A139" t="s">
+        <v>72</v>
+      </c>
+      <c r="B139" t="s">
+        <v>60</v>
+      </c>
+      <c r="C139" t="s">
+        <v>909</v>
+      </c>
+      <c r="D139" t="s">
+        <v>915</v>
+      </c>
+      <c r="E139" t="s">
+        <v>75</v>
+      </c>
+      <c r="F139" t="s">
+        <v>35</v>
+      </c>
+      <c r="G139" t="s">
+        <v>76</v>
+      </c>
+      <c r="H139" t="s">
+        <v>35</v>
+      </c>
+      <c r="I139" t="s">
+        <v>35</v>
+      </c>
+      <c r="J139" t="s">
+        <v>916</v>
+      </c>
+      <c r="K139" t="s">
+        <v>35</v>
+      </c>
+      <c r="L139" t="s">
+        <v>78</v>
+      </c>
+      <c r="M139" t="s">
+        <v>75</v>
+      </c>
+      <c r="N139" t="s">
+        <v>38</v>
+      </c>
+      <c r="O139" t="s">
+        <v>35</v>
+      </c>
+      <c r="P139" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q139" t="s">
+        <v>917</v>
+      </c>
+      <c r="R139" t="s">
+        <v>35</v>
+      </c>
+      <c r="S139" t="s">
+        <v>35</v>
+      </c>
+      <c r="T139" t="s">
+        <v>35</v>
+      </c>
+      <c r="U139" t="s">
+        <v>918</v>
+      </c>
+      <c r="V139" t="s">
+        <v>35</v>
+      </c>
+      <c r="W139" t="s">
+        <v>35</v>
+      </c>
+      <c r="X139" t="s">
+        <v>919</v>
+      </c>
+      <c r="Y139" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z139" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA139" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB139" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC139" t="s">
+        <v>920</v>
+      </c>
+    </row>
+    <row r="140" spans="1:29">
+      <c r="A140" t="s">
+        <v>72</v>
+      </c>
+      <c r="B140" t="s">
+        <v>60</v>
+      </c>
+      <c r="C140" t="s">
+        <v>909</v>
+      </c>
+      <c r="D140" t="s">
+        <v>915</v>
+      </c>
+      <c r="E140" t="s">
+        <v>75</v>
+      </c>
+      <c r="F140" t="s">
+        <v>35</v>
+      </c>
+      <c r="G140" t="s">
+        <v>76</v>
+      </c>
+      <c r="H140" t="s">
+        <v>35</v>
+      </c>
+      <c r="I140" t="s">
+        <v>35</v>
+      </c>
+      <c r="J140" t="s">
+        <v>921</v>
+      </c>
+      <c r="K140" t="s">
+        <v>35</v>
+      </c>
+      <c r="L140" t="s">
+        <v>78</v>
+      </c>
+      <c r="M140" t="s">
+        <v>75</v>
+      </c>
+      <c r="N140" t="s">
+        <v>38</v>
+      </c>
+      <c r="O140" t="s">
+        <v>35</v>
+      </c>
+      <c r="P140" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q140" t="s">
+        <v>35</v>
+      </c>
+      <c r="R140" t="s">
+        <v>35</v>
+      </c>
+      <c r="S140" t="s">
+        <v>35</v>
+      </c>
+      <c r="T140" t="s">
+        <v>922</v>
+      </c>
+      <c r="U140" t="s">
+        <v>35</v>
+      </c>
+      <c r="V140" t="s">
+        <v>923</v>
+      </c>
+      <c r="W140" t="s">
+        <v>35</v>
+      </c>
+      <c r="X140" t="s">
+        <v>924</v>
+      </c>
+      <c r="Y140" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z140" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA140" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB140" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC140" t="s">
+        <v>925</v>
+      </c>
+    </row>
+    <row r="141" spans="1:29">
+      <c r="A141" t="s">
+        <v>556</v>
+      </c>
+      <c r="B141" t="s">
+        <v>30</v>
+      </c>
+      <c r="C141" t="s">
+        <v>926</v>
+      </c>
+      <c r="D141" t="s">
+        <v>927</v>
+      </c>
+      <c r="E141" t="s">
+        <v>33</v>
+      </c>
+      <c r="F141" t="s">
+        <v>34</v>
+      </c>
+      <c r="G141" t="s">
+        <v>35</v>
+      </c>
+      <c r="H141" t="s">
+        <v>35</v>
+      </c>
+      <c r="I141" t="s">
+        <v>35</v>
+      </c>
+      <c r="J141" t="s">
+        <v>928</v>
+      </c>
+      <c r="K141" t="s">
+        <v>929</v>
+      </c>
+      <c r="L141" t="s">
+        <v>88</v>
+      </c>
+      <c r="M141" t="s">
+        <v>696</v>
+      </c>
+      <c r="N141" t="s">
+        <v>38</v>
+      </c>
+      <c r="O141" t="s">
+        <v>35</v>
+      </c>
+      <c r="P141" t="s">
+        <v>849</v>
+      </c>
+      <c r="Q141" t="s">
+        <v>930</v>
+      </c>
+      <c r="R141" t="s">
+        <v>931</v>
+      </c>
+      <c r="S141" t="s">
+        <v>932</v>
+      </c>
+      <c r="T141" t="s">
+        <v>933</v>
+      </c>
+      <c r="U141" t="s">
+        <v>934</v>
+      </c>
+      <c r="V141" t="s">
+        <v>35</v>
+      </c>
+      <c r="W141" t="s">
+        <v>35</v>
+      </c>
+      <c r="X141" t="s">
+        <v>935</v>
+      </c>
+      <c r="Y141" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z141" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA141" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB141" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC141" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="142" spans="1:29">
+      <c r="A142" t="s">
+        <v>29</v>
+      </c>
+      <c r="B142" t="s">
+        <v>201</v>
+      </c>
+      <c r="C142" t="s">
+        <v>936</v>
+      </c>
+      <c r="D142" t="s">
+        <v>937</v>
+      </c>
+      <c r="E142" t="s">
+        <v>189</v>
+      </c>
+      <c r="F142" t="s">
+        <v>35</v>
+      </c>
+      <c r="G142" t="s">
+        <v>35</v>
+      </c>
+      <c r="H142" t="s">
+        <v>35</v>
+      </c>
+      <c r="I142" t="s">
+        <v>35</v>
+      </c>
+      <c r="J142" t="s">
+        <v>938</v>
+      </c>
+      <c r="K142" t="s">
+        <v>35</v>
+      </c>
+      <c r="L142" t="s">
+        <v>231</v>
+      </c>
+      <c r="M142" t="s">
+        <v>189</v>
+      </c>
+      <c r="N142" t="s">
+        <v>38</v>
+      </c>
+      <c r="O142" t="s">
+        <v>35</v>
+      </c>
+      <c r="P142" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q142" t="s">
+        <v>939</v>
+      </c>
+      <c r="R142" t="s">
+        <v>35</v>
+      </c>
+      <c r="S142" t="s">
+        <v>35</v>
+      </c>
+      <c r="T142" t="s">
+        <v>940</v>
+      </c>
+      <c r="U142" t="s">
+        <v>35</v>
+      </c>
+      <c r="V142" t="s">
+        <v>35</v>
+      </c>
+      <c r="W142" t="s">
+        <v>35</v>
+      </c>
+      <c r="X142" t="s">
+        <v>941</v>
+      </c>
+      <c r="Y142" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z142" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA142" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB142" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC142" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="143" spans="1:29">
+      <c r="A143" t="s">
+        <v>482</v>
+      </c>
+      <c r="B143" t="s">
+        <v>132</v>
+      </c>
+      <c r="C143" t="s">
+        <v>942</v>
+      </c>
+      <c r="D143" t="s">
+        <v>943</v>
+      </c>
+      <c r="E143" t="s">
+        <v>944</v>
+      </c>
+      <c r="F143" t="s">
+        <v>35</v>
+      </c>
+      <c r="G143" t="s">
+        <v>35</v>
+      </c>
+      <c r="H143" t="s">
+        <v>34</v>
+      </c>
+      <c r="I143" t="s">
+        <v>35</v>
+      </c>
+      <c r="J143" t="s">
+        <v>945</v>
+      </c>
+      <c r="K143" t="s">
+        <v>35</v>
+      </c>
+      <c r="L143" t="s">
+        <v>704</v>
+      </c>
+      <c r="M143" t="s">
+        <v>862</v>
+      </c>
+      <c r="N143" t="s">
+        <v>38</v>
+      </c>
+      <c r="O143" t="s">
+        <v>35</v>
+      </c>
+      <c r="P143" t="s">
+        <v>946</v>
+      </c>
+      <c r="Q143" t="s">
+        <v>947</v>
+      </c>
+      <c r="R143" t="s">
+        <v>35</v>
+      </c>
+      <c r="S143" t="s">
+        <v>35</v>
+      </c>
+      <c r="T143" t="s">
+        <v>948</v>
+      </c>
+      <c r="U143" t="s">
+        <v>949</v>
+      </c>
+      <c r="V143" t="s">
+        <v>950</v>
+      </c>
+      <c r="W143" t="s">
+        <v>35</v>
+      </c>
+      <c r="X143" t="s">
+        <v>951</v>
+      </c>
+      <c r="Y143" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z143" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA143" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB143" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC143" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="144" spans="1:29">
+      <c r="A144" t="s">
+        <v>482</v>
+      </c>
+      <c r="B144" t="s">
+        <v>132</v>
+      </c>
+      <c r="C144" t="s">
+        <v>942</v>
+      </c>
+      <c r="D144" t="s">
+        <v>952</v>
+      </c>
+      <c r="E144" t="s">
+        <v>953</v>
+      </c>
+      <c r="F144" t="s">
+        <v>35</v>
+      </c>
+      <c r="G144" t="s">
+        <v>35</v>
+      </c>
+      <c r="H144" t="s">
+        <v>34</v>
+      </c>
+      <c r="I144" t="s">
+        <v>35</v>
+      </c>
+      <c r="J144" t="s">
+        <v>954</v>
+      </c>
+      <c r="K144" t="s">
+        <v>35</v>
+      </c>
+      <c r="L144" t="s">
+        <v>191</v>
+      </c>
+      <c r="M144" t="s">
+        <v>206</v>
+      </c>
+      <c r="N144" t="s">
+        <v>38</v>
+      </c>
+      <c r="O144" t="s">
+        <v>35</v>
+      </c>
+      <c r="P144" t="s">
+        <v>946</v>
+      </c>
+      <c r="Q144" t="s">
+        <v>947</v>
+      </c>
+      <c r="R144" t="s">
+        <v>35</v>
+      </c>
+      <c r="S144" t="s">
+        <v>35</v>
+      </c>
+      <c r="T144" t="s">
+        <v>35</v>
+      </c>
+      <c r="U144" t="s">
+        <v>35</v>
+      </c>
+      <c r="V144" t="s">
+        <v>35</v>
+      </c>
+      <c r="W144" t="s">
+        <v>35</v>
+      </c>
+      <c r="X144" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y144" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z144" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA144" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB144" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC144" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="145" spans="1:29">
+      <c r="A145" t="s">
+        <v>427</v>
+      </c>
+      <c r="B145" t="s">
+        <v>30</v>
+      </c>
+      <c r="C145" t="s">
+        <v>942</v>
+      </c>
+      <c r="D145" t="s">
+        <v>955</v>
+      </c>
+      <c r="E145" t="s">
+        <v>294</v>
+      </c>
+      <c r="F145" t="s">
+        <v>34</v>
+      </c>
+      <c r="G145" t="s">
+        <v>35</v>
+      </c>
+      <c r="H145" t="s">
+        <v>35</v>
+      </c>
+      <c r="I145" t="s">
+        <v>35</v>
+      </c>
+      <c r="J145" t="s">
+        <v>956</v>
+      </c>
+      <c r="K145" t="s">
+        <v>35</v>
+      </c>
+      <c r="L145" t="s">
+        <v>365</v>
+      </c>
+      <c r="M145" t="s">
+        <v>294</v>
+      </c>
+      <c r="N145" t="s">
+        <v>38</v>
+      </c>
+      <c r="O145" t="s">
+        <v>35</v>
+      </c>
+      <c r="P145" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q145" t="s">
+        <v>957</v>
+      </c>
+      <c r="R145" t="s">
+        <v>958</v>
+      </c>
+      <c r="S145" t="s">
+        <v>35</v>
+      </c>
+      <c r="T145" t="s">
+        <v>959</v>
+      </c>
+      <c r="U145" t="s">
+        <v>960</v>
+      </c>
+      <c r="V145" t="s">
+        <v>35</v>
+      </c>
+      <c r="W145" t="s">
+        <v>35</v>
+      </c>
+      <c r="X145" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y145" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z145" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA145" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB145" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC145" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="146" spans="1:29">
+      <c r="A146" t="s">
+        <v>29</v>
+      </c>
+      <c r="B146" t="s">
+        <v>30</v>
+      </c>
+      <c r="C146" t="s">
+        <v>961</v>
+      </c>
+      <c r="D146" t="s">
+        <v>962</v>
+      </c>
+      <c r="E146" t="s">
+        <v>313</v>
+      </c>
+      <c r="F146" t="s">
+        <v>963</v>
+      </c>
+      <c r="G146" t="s">
+        <v>35</v>
+      </c>
+      <c r="H146" t="s">
+        <v>35</v>
+      </c>
+      <c r="I146" t="s">
+        <v>35</v>
+      </c>
+      <c r="J146" t="s">
+        <v>964</v>
+      </c>
+      <c r="K146" t="s">
+        <v>35</v>
+      </c>
+      <c r="L146" t="s">
+        <v>965</v>
+      </c>
+      <c r="M146" t="s">
+        <v>785</v>
+      </c>
+      <c r="N146" t="s">
+        <v>38</v>
+      </c>
+      <c r="O146" t="s">
+        <v>35</v>
+      </c>
+      <c r="P146" t="s">
+        <v>966</v>
+      </c>
+      <c r="Q146" t="s">
+        <v>35</v>
+      </c>
+      <c r="R146" t="s">
+        <v>746</v>
+      </c>
+      <c r="S146" t="s">
+        <v>967</v>
+      </c>
+      <c r="T146" t="s">
+        <v>968</v>
+      </c>
+      <c r="U146" t="s">
+        <v>969</v>
+      </c>
+      <c r="V146" t="s">
+        <v>970</v>
+      </c>
+      <c r="W146" t="s">
+        <v>971</v>
+      </c>
+      <c r="X146" t="s">
+        <v>972</v>
+      </c>
+      <c r="Y146" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z146" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA146" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB146" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC146" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="147" spans="1:29">
+      <c r="A147" t="s">
+        <v>29</v>
+      </c>
+      <c r="B147" t="s">
+        <v>30</v>
+      </c>
+      <c r="C147" t="s">
+        <v>961</v>
+      </c>
+      <c r="D147" t="s">
+        <v>973</v>
+      </c>
+      <c r="E147" t="s">
+        <v>189</v>
+      </c>
+      <c r="F147" t="s">
+        <v>34</v>
+      </c>
+      <c r="G147" t="s">
+        <v>35</v>
+      </c>
+      <c r="H147" t="s">
+        <v>35</v>
+      </c>
+      <c r="I147" t="s">
+        <v>35</v>
+      </c>
+      <c r="J147" t="s">
+        <v>974</v>
+      </c>
+      <c r="K147" t="s">
+        <v>35</v>
+      </c>
+      <c r="L147" t="s">
+        <v>231</v>
+      </c>
+      <c r="M147" t="s">
+        <v>696</v>
+      </c>
+      <c r="N147" t="s">
+        <v>696</v>
+      </c>
+      <c r="O147" t="s">
+        <v>35</v>
+      </c>
+      <c r="P147" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q147" t="s">
+        <v>975</v>
+      </c>
+      <c r="R147" t="s">
+        <v>976</v>
+      </c>
+      <c r="S147" t="s">
+        <v>35</v>
+      </c>
+      <c r="T147" t="s">
+        <v>35</v>
+      </c>
+      <c r="U147" t="s">
+        <v>35</v>
+      </c>
+      <c r="V147" t="s">
+        <v>35</v>
+      </c>
+      <c r="W147" t="s">
+        <v>35</v>
+      </c>
+      <c r="X147" t="s">
+        <v>977</v>
+      </c>
+      <c r="Y147" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z147" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA147" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB147" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC147" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="148" spans="1:29">
+      <c r="A148" t="s">
+        <v>556</v>
+      </c>
+      <c r="B148" t="s">
+        <v>132</v>
+      </c>
+      <c r="C148" t="s">
+        <v>961</v>
+      </c>
+      <c r="D148" t="s">
+        <v>978</v>
+      </c>
+      <c r="E148" t="s">
+        <v>351</v>
+      </c>
+      <c r="F148" t="s">
+        <v>35</v>
+      </c>
+      <c r="G148" t="s">
+        <v>35</v>
+      </c>
+      <c r="H148" t="s">
+        <v>34</v>
+      </c>
+      <c r="I148" t="s">
+        <v>35</v>
+      </c>
+      <c r="J148" t="s">
+        <v>979</v>
+      </c>
+      <c r="K148" t="s">
+        <v>35</v>
+      </c>
+      <c r="L148" t="s">
+        <v>191</v>
+      </c>
+      <c r="M148" t="s">
+        <v>38</v>
+      </c>
+      <c r="N148" t="s">
+        <v>38</v>
+      </c>
+      <c r="O148" t="s">
+        <v>35</v>
+      </c>
+      <c r="P148" t="s">
+        <v>248</v>
+      </c>
+      <c r="Q148" t="s">
+        <v>980</v>
+      </c>
+      <c r="R148" t="s">
+        <v>35</v>
+      </c>
+      <c r="S148" t="s">
+        <v>35</v>
+      </c>
+      <c r="T148" t="s">
+        <v>981</v>
+      </c>
+      <c r="U148" t="s">
+        <v>35</v>
+      </c>
+      <c r="V148" t="s">
+        <v>35</v>
+      </c>
+      <c r="W148" t="s">
+        <v>35</v>
+      </c>
+      <c r="X148" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y148" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z148" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA148" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB148" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC148" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="149" spans="1:29">
+      <c r="A149" t="s">
+        <v>427</v>
+      </c>
+      <c r="B149" t="s">
+        <v>201</v>
+      </c>
+      <c r="C149" t="s">
+        <v>982</v>
+      </c>
+      <c r="D149" t="s">
+        <v>983</v>
+      </c>
+      <c r="E149" t="s">
+        <v>109</v>
+      </c>
+      <c r="F149" t="s">
+        <v>35</v>
+      </c>
+      <c r="G149" t="s">
+        <v>35</v>
+      </c>
+      <c r="H149" t="s">
+        <v>35</v>
+      </c>
+      <c r="I149" t="s">
+        <v>35</v>
+      </c>
+      <c r="J149" t="s">
+        <v>984</v>
+      </c>
+      <c r="K149" t="s">
+        <v>35</v>
+      </c>
+      <c r="L149" t="s">
+        <v>111</v>
+      </c>
+      <c r="M149" t="s">
+        <v>109</v>
+      </c>
+      <c r="N149" t="s">
+        <v>38</v>
+      </c>
+      <c r="O149" t="s">
+        <v>35</v>
+      </c>
+      <c r="P149" t="s">
+        <v>812</v>
+      </c>
+      <c r="Q149" t="s">
+        <v>985</v>
+      </c>
+      <c r="R149" t="s">
+        <v>35</v>
+      </c>
+      <c r="S149" t="s">
+        <v>35</v>
+      </c>
+      <c r="T149" t="s">
+        <v>572</v>
+      </c>
+      <c r="U149" t="s">
+        <v>35</v>
+      </c>
+      <c r="V149" t="s">
+        <v>35</v>
+      </c>
+      <c r="W149" t="s">
+        <v>35</v>
+      </c>
+      <c r="X149" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y149" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z149" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA149" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB149" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC149" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="150" spans="1:29">
+      <c r="A150" t="s">
+        <v>556</v>
+      </c>
+      <c r="B150" t="s">
+        <v>132</v>
+      </c>
+      <c r="C150" t="s">
+        <v>982</v>
+      </c>
+      <c r="D150" t="s">
+        <v>986</v>
+      </c>
+      <c r="E150" t="s">
+        <v>216</v>
+      </c>
+      <c r="F150" t="s">
+        <v>35</v>
+      </c>
+      <c r="G150" t="s">
+        <v>35</v>
+      </c>
+      <c r="H150" t="s">
+        <v>238</v>
+      </c>
+      <c r="I150" t="s">
+        <v>35</v>
+      </c>
+      <c r="J150" t="s">
+        <v>987</v>
+      </c>
+      <c r="K150" t="s">
+        <v>35</v>
+      </c>
+      <c r="L150" t="s">
+        <v>988</v>
+      </c>
+      <c r="M150" t="s">
+        <v>38</v>
+      </c>
+      <c r="N150" t="s">
+        <v>38</v>
+      </c>
+      <c r="O150" t="s">
+        <v>35</v>
+      </c>
+      <c r="P150" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q150" t="s">
+        <v>989</v>
+      </c>
+      <c r="R150" t="s">
+        <v>990</v>
+      </c>
+      <c r="S150" t="s">
+        <v>35</v>
+      </c>
+      <c r="T150" t="s">
+        <v>991</v>
+      </c>
+      <c r="U150" t="s">
+        <v>35</v>
+      </c>
+      <c r="V150" t="s">
+        <v>35</v>
+      </c>
+      <c r="W150" t="s">
+        <v>35</v>
+      </c>
+      <c r="X150" t="s">
+        <v>992</v>
+      </c>
+      <c r="Y150" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z150" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA150" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB150" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC150" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="151" spans="1:29">
+      <c r="A151" t="s">
+        <v>29</v>
+      </c>
+      <c r="B151" t="s">
+        <v>30</v>
+      </c>
+      <c r="C151" t="s">
+        <v>994</v>
+      </c>
+      <c r="D151" t="s">
+        <v>995</v>
+      </c>
+      <c r="E151" t="s">
+        <v>189</v>
+      </c>
+      <c r="F151" t="s">
+        <v>34</v>
+      </c>
+      <c r="G151" t="s">
+        <v>35</v>
+      </c>
+      <c r="H151" t="s">
+        <v>35</v>
+      </c>
+      <c r="I151" t="s">
+        <v>35</v>
+      </c>
+      <c r="J151" t="s">
+        <v>996</v>
+      </c>
+      <c r="K151" t="s">
+        <v>35</v>
+      </c>
+      <c r="L151" t="s">
+        <v>997</v>
+      </c>
+      <c r="M151" t="s">
+        <v>696</v>
+      </c>
+      <c r="N151" t="s">
+        <v>38</v>
+      </c>
+      <c r="O151" t="s">
+        <v>35</v>
+      </c>
+      <c r="P151" t="s">
+        <v>998</v>
+      </c>
+      <c r="Q151" t="s">
+        <v>999</v>
+      </c>
+      <c r="R151" t="s">
+        <v>1000</v>
+      </c>
+      <c r="S151" t="s">
+        <v>35</v>
+      </c>
+      <c r="T151" t="s">
+        <v>35</v>
+      </c>
+      <c r="U151" t="s">
+        <v>1001</v>
+      </c>
+      <c r="V151" t="s">
+        <v>35</v>
+      </c>
+      <c r="W151" t="s">
+        <v>35</v>
+      </c>
+      <c r="X151" t="s">
+        <v>1002</v>
+      </c>
+      <c r="Y151" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z151" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA151" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB151" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC151" t="s">
+        <v>1003</v>
+      </c>
+    </row>
+    <row r="152" spans="1:29">
+      <c r="A152" t="s">
+        <v>482</v>
+      </c>
+      <c r="B152" t="s">
+        <v>60</v>
+      </c>
+      <c r="C152" t="s">
+        <v>994</v>
+      </c>
+      <c r="D152" t="s">
+        <v>1004</v>
+      </c>
+      <c r="E152" t="s">
+        <v>162</v>
+      </c>
+      <c r="F152" t="s">
+        <v>35</v>
+      </c>
+      <c r="G152" t="s">
+        <v>76</v>
+      </c>
+      <c r="H152" t="s">
+        <v>35</v>
+      </c>
+      <c r="I152" t="s">
+        <v>35</v>
+      </c>
+      <c r="J152" t="s">
+        <v>1005</v>
+      </c>
+      <c r="K152" t="s">
+        <v>35</v>
+      </c>
+      <c r="L152" t="s">
+        <v>611</v>
+      </c>
+      <c r="M152" t="s">
+        <v>262</v>
+      </c>
+      <c r="N152" t="s">
+        <v>38</v>
+      </c>
+      <c r="O152" t="s">
+        <v>35</v>
+      </c>
+      <c r="P152" t="s">
+        <v>1006</v>
+      </c>
+      <c r="Q152" t="s">
+        <v>1007</v>
+      </c>
+      <c r="R152" t="s">
+        <v>35</v>
+      </c>
+      <c r="S152" t="s">
+        <v>35</v>
+      </c>
+      <c r="T152" t="s">
+        <v>68</v>
+      </c>
+      <c r="U152" t="s">
+        <v>1008</v>
+      </c>
+      <c r="V152" t="s">
+        <v>1009</v>
+      </c>
+      <c r="W152" t="s">
+        <v>35</v>
+      </c>
+      <c r="X152" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y152" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z152" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA152" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB152" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC152" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="153" spans="1:29">
+      <c r="A153" t="s">
+        <v>72</v>
+      </c>
+      <c r="B153" t="s">
+        <v>201</v>
+      </c>
+      <c r="C153" t="s">
+        <v>1010</v>
+      </c>
+      <c r="D153" t="s">
+        <v>1011</v>
+      </c>
+      <c r="E153" t="s">
+        <v>880</v>
+      </c>
+      <c r="F153" t="s">
+        <v>35</v>
+      </c>
+      <c r="G153" t="s">
+        <v>35</v>
+      </c>
+      <c r="H153" t="s">
+        <v>35</v>
+      </c>
+      <c r="I153" t="s">
+        <v>35</v>
+      </c>
+      <c r="J153" t="s">
+        <v>1012</v>
+      </c>
+      <c r="K153" t="s">
+        <v>35</v>
+      </c>
+      <c r="L153" t="s">
+        <v>111</v>
+      </c>
+      <c r="M153" t="s">
+        <v>38</v>
+      </c>
+      <c r="N153" t="s">
+        <v>38</v>
+      </c>
+      <c r="O153" t="s">
+        <v>35</v>
+      </c>
+      <c r="P153" t="s">
+        <v>1013</v>
+      </c>
+      <c r="Q153" t="s">
+        <v>1014</v>
+      </c>
+      <c r="R153" t="s">
+        <v>1015</v>
+      </c>
+      <c r="S153" t="s">
+        <v>1015</v>
+      </c>
+      <c r="T153" t="s">
+        <v>35</v>
+      </c>
+      <c r="U153" t="s">
+        <v>1016</v>
+      </c>
+      <c r="V153" t="s">
+        <v>35</v>
+      </c>
+      <c r="W153" t="s">
+        <v>35</v>
+      </c>
+      <c r="X153" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y153" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z153" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA153" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB153" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC153" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="154" spans="1:29">
+      <c r="A154" t="s">
+        <v>556</v>
+      </c>
+      <c r="B154" t="s">
+        <v>201</v>
+      </c>
+      <c r="C154" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D154" t="s">
+        <v>1018</v>
+      </c>
+      <c r="E154" t="s">
+        <v>206</v>
+      </c>
+      <c r="F154" t="s">
+        <v>35</v>
+      </c>
+      <c r="G154" t="s">
+        <v>35</v>
+      </c>
+      <c r="H154" t="s">
+        <v>35</v>
+      </c>
+      <c r="I154" t="s">
+        <v>35</v>
+      </c>
+      <c r="J154" t="s">
+        <v>1019</v>
+      </c>
+      <c r="K154" t="s">
+        <v>35</v>
+      </c>
+      <c r="L154" t="s">
+        <v>191</v>
+      </c>
+      <c r="M154" t="s">
+        <v>206</v>
+      </c>
+      <c r="N154" t="s">
+        <v>38</v>
+      </c>
+      <c r="O154" t="s">
+        <v>35</v>
+      </c>
+      <c r="P154" t="s">
+        <v>998</v>
+      </c>
+      <c r="Q154" t="s">
+        <v>35</v>
+      </c>
+      <c r="R154" t="s">
+        <v>35</v>
+      </c>
+      <c r="S154" t="s">
+        <v>35</v>
+      </c>
+      <c r="T154" t="s">
+        <v>1020</v>
+      </c>
+      <c r="U154" t="s">
+        <v>35</v>
+      </c>
+      <c r="V154" t="s">
+        <v>1021</v>
+      </c>
+      <c r="W154" t="s">
+        <v>35</v>
+      </c>
+      <c r="X154" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y154" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z154" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA154" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB154" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC154" t="s">
+        <v>1022</v>
+      </c>
+    </row>
+    <row r="155" spans="1:29">
+      <c r="A155" t="s">
+        <v>556</v>
+      </c>
+      <c r="B155" t="s">
+        <v>143</v>
+      </c>
+      <c r="C155" t="s">
+        <v>1017</v>
+      </c>
+      <c r="D155" t="s">
+        <v>1023</v>
+      </c>
+      <c r="E155" t="s">
+        <v>259</v>
+      </c>
+      <c r="F155" t="s">
+        <v>35</v>
+      </c>
+      <c r="G155" t="s">
+        <v>35</v>
+      </c>
+      <c r="H155" t="s">
+        <v>35</v>
+      </c>
+      <c r="I155" t="s">
+        <v>146</v>
+      </c>
+      <c r="J155" t="s">
+        <v>1024</v>
+      </c>
+      <c r="K155" t="s">
+        <v>35</v>
+      </c>
+      <c r="L155" t="s">
+        <v>611</v>
+      </c>
+      <c r="M155" t="s">
+        <v>1025</v>
+      </c>
+      <c r="N155" t="s">
+        <v>696</v>
+      </c>
+      <c r="O155" t="s">
+        <v>35</v>
+      </c>
+      <c r="P155" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q155" t="s">
+        <v>35</v>
+      </c>
+      <c r="R155" t="s">
+        <v>35</v>
+      </c>
+      <c r="S155" t="s">
+        <v>35</v>
+      </c>
+      <c r="T155" t="s">
+        <v>35</v>
+      </c>
+      <c r="U155" t="s">
+        <v>35</v>
+      </c>
+      <c r="V155" t="s">
+        <v>35</v>
+      </c>
+      <c r="W155" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y155" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z155" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA155" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB155" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC155" t="s">
+        <v>1026</v>
+      </c>
+    </row>
+    <row r="156" spans="1:29">
+      <c r="A156" t="s">
+        <v>29</v>
+      </c>
+      <c r="B156" t="s">
+        <v>60</v>
+      </c>
+      <c r="C156" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D156" t="s">
+        <v>1028</v>
+      </c>
+      <c r="E156" t="s">
+        <v>94</v>
+      </c>
+      <c r="F156" t="s">
+        <v>35</v>
+      </c>
+      <c r="G156" t="s">
+        <v>76</v>
+      </c>
+      <c r="H156" t="s">
+        <v>35</v>
+      </c>
+      <c r="I156" t="s">
+        <v>35</v>
+      </c>
+      <c r="J156" t="s">
+        <v>1029</v>
+      </c>
+      <c r="K156" t="s">
+        <v>35</v>
+      </c>
+      <c r="L156" t="s">
+        <v>509</v>
+      </c>
+      <c r="M156" t="s">
+        <v>94</v>
+      </c>
+      <c r="N156" t="s">
+        <v>696</v>
+      </c>
+      <c r="O156" t="s">
+        <v>35</v>
+      </c>
+      <c r="P156" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q156" t="s">
+        <v>35</v>
+      </c>
+      <c r="R156" t="s">
+        <v>35</v>
+      </c>
+      <c r="S156" t="s">
+        <v>35</v>
+      </c>
+      <c r="T156" t="s">
+        <v>68</v>
+      </c>
+      <c r="U156" t="s">
+        <v>35</v>
+      </c>
+      <c r="V156" t="s">
+        <v>35</v>
+      </c>
+      <c r="W156" t="s">
+        <v>35</v>
+      </c>
+      <c r="X156" t="s">
+        <v>395</v>
+      </c>
+      <c r="Y156" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z156" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA156" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB156" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC156" t="s">
+        <v>1030</v>
+      </c>
+    </row>
+    <row r="157" spans="1:29">
+      <c r="A157" t="s">
+        <v>29</v>
+      </c>
+      <c r="B157" t="s">
+        <v>30</v>
+      </c>
+      <c r="C157" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D157" t="s">
+        <v>1031</v>
+      </c>
+      <c r="E157" t="s">
+        <v>329</v>
+      </c>
+      <c r="F157" t="s">
+        <v>50</v>
+      </c>
+      <c r="G157" t="s">
+        <v>35</v>
+      </c>
+      <c r="H157" t="s">
+        <v>35</v>
+      </c>
+      <c r="I157" t="s">
+        <v>35</v>
+      </c>
+      <c r="J157" t="s">
+        <v>1032</v>
+      </c>
+      <c r="K157" t="s">
+        <v>35</v>
+      </c>
+      <c r="L157" t="s">
+        <v>509</v>
+      </c>
+      <c r="M157" t="s">
+        <v>94</v>
+      </c>
+      <c r="N157" t="s">
+        <v>696</v>
+      </c>
+      <c r="O157" t="s">
+        <v>35</v>
+      </c>
+      <c r="P157" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q157" t="s">
+        <v>1033</v>
+      </c>
+      <c r="R157" t="s">
+        <v>35</v>
+      </c>
+      <c r="S157" t="s">
+        <v>1034</v>
+      </c>
+      <c r="T157" t="s">
+        <v>1035</v>
+      </c>
+      <c r="U157" t="s">
+        <v>1036</v>
+      </c>
+      <c r="V157" t="s">
+        <v>1037</v>
+      </c>
+      <c r="W157" t="s">
+        <v>35</v>
+      </c>
+      <c r="X157" t="s">
+        <v>1038</v>
+      </c>
+      <c r="Y157" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z157" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA157" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB157" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC157" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="158" spans="1:29">
+      <c r="A158" t="s">
+        <v>482</v>
+      </c>
+      <c r="B158" t="s">
+        <v>60</v>
+      </c>
+      <c r="C158" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D158" t="s">
+        <v>1039</v>
+      </c>
+      <c r="E158" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F158" t="s">
+        <v>35</v>
+      </c>
+      <c r="G158" t="s">
+        <v>76</v>
+      </c>
+      <c r="H158" t="s">
+        <v>35</v>
+      </c>
+      <c r="I158" t="s">
+        <v>35</v>
+      </c>
+      <c r="J158" t="s">
+        <v>1041</v>
+      </c>
+      <c r="K158" t="s">
+        <v>35</v>
+      </c>
+      <c r="L158" t="s">
+        <v>676</v>
+      </c>
+      <c r="M158" t="s">
+        <v>1042</v>
+      </c>
+      <c r="N158" t="s">
+        <v>38</v>
+      </c>
+      <c r="O158" t="s">
+        <v>35</v>
+      </c>
+      <c r="P158" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q158" t="s">
+        <v>1043</v>
+      </c>
+      <c r="R158" t="s">
+        <v>1044</v>
+      </c>
+      <c r="S158" t="s">
+        <v>35</v>
+      </c>
+      <c r="T158" t="s">
+        <v>1045</v>
+      </c>
+      <c r="U158" t="s">
+        <v>35</v>
+      </c>
+      <c r="V158" t="s">
+        <v>1046</v>
+      </c>
+      <c r="W158" t="s">
+        <v>35</v>
+      </c>
+      <c r="X158" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y158" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z158" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA158" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB158" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC158" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="159" spans="1:29">
+      <c r="A159" t="s">
+        <v>234</v>
+      </c>
+      <c r="B159" t="s">
+        <v>30</v>
+      </c>
+      <c r="C159" t="s">
+        <v>1027</v>
+      </c>
+      <c r="D159" t="s">
+        <v>1047</v>
+      </c>
+      <c r="E159" t="s">
+        <v>294</v>
+      </c>
+      <c r="F159" t="s">
+        <v>34</v>
+      </c>
+      <c r="G159" t="s">
+        <v>35</v>
+      </c>
+      <c r="H159" t="s">
+        <v>35</v>
+      </c>
+      <c r="I159" t="s">
+        <v>35</v>
+      </c>
+      <c r="J159" t="s">
+        <v>1048</v>
+      </c>
+      <c r="K159" t="s">
+        <v>35</v>
+      </c>
+      <c r="L159" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M159" t="s">
+        <v>38</v>
+      </c>
+      <c r="N159" t="s">
+        <v>38</v>
+      </c>
+      <c r="O159" t="s">
+        <v>35</v>
+      </c>
+      <c r="P159" t="s">
+        <v>998</v>
+      </c>
+      <c r="Q159" t="s">
+        <v>1050</v>
+      </c>
+      <c r="R159" t="s">
+        <v>35</v>
+      </c>
+      <c r="S159" t="s">
+        <v>35</v>
+      </c>
+      <c r="T159" t="s">
+        <v>35</v>
+      </c>
+      <c r="U159" t="s">
+        <v>35</v>
+      </c>
+      <c r="V159" t="s">
+        <v>35</v>
+      </c>
+      <c r="W159" t="s">
+        <v>35</v>
+      </c>
+      <c r="X159" t="s">
+        <v>1051</v>
+      </c>
+      <c r="Y159" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z159" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA159" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB159" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC159" t="s">
+        <v>1052</v>
+      </c>
+    </row>
+    <row r="160" spans="1:29">
+      <c r="A160" t="s">
+        <v>556</v>
+      </c>
+      <c r="B160" t="s">
+        <v>30</v>
+      </c>
+      <c r="C160" t="s">
+        <v>1053</v>
+      </c>
+      <c r="D160" t="s">
+        <v>1054</v>
+      </c>
+      <c r="E160" t="s">
+        <v>33</v>
+      </c>
+      <c r="F160" t="s">
+        <v>34</v>
+      </c>
+      <c r="G160" t="s">
+        <v>35</v>
+      </c>
+      <c r="H160" t="s">
+        <v>35</v>
+      </c>
+      <c r="I160" t="s">
+        <v>35</v>
+      </c>
+      <c r="J160" t="s">
+        <v>1055</v>
+      </c>
+      <c r="K160" t="s">
+        <v>35</v>
+      </c>
+      <c r="L160" t="s">
+        <v>742</v>
+      </c>
+      <c r="M160" t="s">
+        <v>38</v>
+      </c>
+      <c r="N160" t="s">
+        <v>38</v>
+      </c>
+      <c r="O160" t="s">
+        <v>35</v>
+      </c>
+      <c r="P160" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q160" t="s">
+        <v>1056</v>
+      </c>
+      <c r="R160" t="s">
+        <v>1057</v>
+      </c>
+      <c r="S160" t="s">
+        <v>35</v>
+      </c>
+      <c r="T160" t="s">
+        <v>1058</v>
+      </c>
+      <c r="U160" t="s">
+        <v>1059</v>
+      </c>
+      <c r="V160" t="s">
+        <v>35</v>
+      </c>
+      <c r="W160" t="s">
+        <v>35</v>
+      </c>
+      <c r="X160" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y160" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z160" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA160" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB160" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC160" t="s">
+        <v>1060</v>
+      </c>
+    </row>
+    <row r="161" spans="1:29">
+      <c r="A161" t="s">
+        <v>482</v>
+      </c>
+      <c r="B161" t="s">
+        <v>30</v>
+      </c>
+      <c r="C161" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D161" t="s">
+        <v>1062</v>
+      </c>
+      <c r="E161" t="s">
+        <v>684</v>
+      </c>
+      <c r="F161" t="s">
+        <v>34</v>
+      </c>
+      <c r="G161" t="s">
+        <v>35</v>
+      </c>
+      <c r="H161" t="s">
+        <v>35</v>
+      </c>
+      <c r="I161" t="s">
+        <v>35</v>
+      </c>
+      <c r="J161" t="s">
+        <v>1063</v>
+      </c>
+      <c r="K161" t="s">
+        <v>35</v>
+      </c>
+      <c r="L161" t="s">
+        <v>676</v>
+      </c>
+      <c r="M161" t="s">
+        <v>38</v>
+      </c>
+      <c r="N161" t="s">
+        <v>38</v>
+      </c>
+      <c r="O161" t="s">
+        <v>35</v>
+      </c>
+      <c r="P161" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q161" t="s">
+        <v>1064</v>
+      </c>
+      <c r="R161" t="s">
+        <v>35</v>
+      </c>
+      <c r="S161" t="s">
+        <v>35</v>
+      </c>
+      <c r="T161" t="s">
+        <v>1065</v>
+      </c>
+      <c r="U161" t="s">
+        <v>1066</v>
+      </c>
+      <c r="V161" t="s">
+        <v>35</v>
+      </c>
+      <c r="W161" t="s">
+        <v>35</v>
+      </c>
+      <c r="X161" t="s">
+        <v>1067</v>
+      </c>
+      <c r="Y161" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z161" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA161" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB161" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC161" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="162" spans="1:29">
+      <c r="A162" t="s">
+        <v>83</v>
+      </c>
+      <c r="B162" t="s">
+        <v>132</v>
+      </c>
+      <c r="C162" t="s">
+        <v>1061</v>
+      </c>
+      <c r="D162" t="s">
+        <v>1068</v>
+      </c>
+      <c r="E162" t="s">
+        <v>253</v>
+      </c>
+      <c r="F162" t="s">
+        <v>35</v>
+      </c>
+      <c r="G162" t="s">
+        <v>35</v>
+      </c>
+      <c r="H162" t="s">
+        <v>34</v>
+      </c>
+      <c r="I162" t="s">
+        <v>35</v>
+      </c>
+      <c r="J162" t="s">
+        <v>1069</v>
+      </c>
+      <c r="K162" t="s">
+        <v>35</v>
+      </c>
+      <c r="L162" t="s">
+        <v>374</v>
+      </c>
+      <c r="M162" t="s">
+        <v>253</v>
+      </c>
+      <c r="N162" t="s">
+        <v>38</v>
+      </c>
+      <c r="O162" t="s">
+        <v>35</v>
+      </c>
+      <c r="P162" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q162" t="s">
+        <v>1070</v>
+      </c>
+      <c r="R162" t="s">
+        <v>35</v>
+      </c>
+      <c r="S162" t="s">
+        <v>35</v>
+      </c>
+      <c r="T162" t="s">
+        <v>35</v>
+      </c>
+      <c r="U162" t="s">
+        <v>35</v>
+      </c>
+      <c r="V162" t="s">
+        <v>35</v>
+      </c>
+      <c r="W162" t="s">
+        <v>35</v>
+      </c>
+      <c r="X162" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y162" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z162" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA162" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB162" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC162" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="163" spans="1:29">
+      <c r="A163" t="s">
+        <v>29</v>
+      </c>
+      <c r="B163" t="s">
+        <v>60</v>
+      </c>
+      <c r="C163" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D163" t="s">
+        <v>1072</v>
+      </c>
+      <c r="E163" t="s">
+        <v>189</v>
+      </c>
+      <c r="F163" t="s">
+        <v>35</v>
+      </c>
+      <c r="G163" t="s">
+        <v>86</v>
+      </c>
+      <c r="H163" t="s">
+        <v>35</v>
+      </c>
+      <c r="I163" t="s">
+        <v>35</v>
+      </c>
+      <c r="J163" t="s">
+        <v>1073</v>
+      </c>
+      <c r="K163" t="s">
+        <v>35</v>
+      </c>
+      <c r="L163" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M163" t="s">
+        <v>696</v>
+      </c>
+      <c r="N163" t="s">
+        <v>696</v>
+      </c>
+      <c r="O163" t="s">
+        <v>35</v>
+      </c>
+      <c r="P163" t="s">
+        <v>637</v>
+      </c>
+      <c r="Q163" t="s">
+        <v>1074</v>
+      </c>
+      <c r="R163" t="s">
+        <v>35</v>
+      </c>
+      <c r="S163" t="s">
+        <v>35</v>
+      </c>
+      <c r="T163" t="s">
+        <v>1075</v>
+      </c>
+      <c r="U163" t="s">
+        <v>35</v>
+      </c>
+      <c r="V163" t="s">
+        <v>35</v>
+      </c>
+      <c r="W163" t="s">
+        <v>35</v>
+      </c>
+      <c r="X163" t="s">
+        <v>1076</v>
+      </c>
+      <c r="Y163" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z163" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA163" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB163" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC163" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="164" spans="1:29">
+      <c r="A164" t="s">
+        <v>482</v>
+      </c>
+      <c r="B164" t="s">
+        <v>30</v>
+      </c>
+      <c r="C164" t="s">
+        <v>1071</v>
+      </c>
+      <c r="D164" t="s">
+        <v>1077</v>
+      </c>
+      <c r="E164" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F164" t="s">
+        <v>34</v>
+      </c>
+      <c r="G164" t="s">
+        <v>35</v>
+      </c>
+      <c r="H164" t="s">
+        <v>35</v>
+      </c>
+      <c r="I164" t="s">
+        <v>35</v>
+      </c>
+      <c r="J164" t="s">
+        <v>1079</v>
+      </c>
+      <c r="K164" t="s">
+        <v>35</v>
+      </c>
+      <c r="L164" t="s">
+        <v>365</v>
+      </c>
+      <c r="M164" t="s">
+        <v>294</v>
+      </c>
+      <c r="N164" t="s">
+        <v>38</v>
+      </c>
+      <c r="O164" t="s">
+        <v>35</v>
+      </c>
+      <c r="P164" t="s">
+        <v>849</v>
+      </c>
+      <c r="Q164" t="s">
+        <v>1080</v>
+      </c>
+      <c r="R164" t="s">
+        <v>35</v>
+      </c>
+      <c r="S164" t="s">
+        <v>35</v>
+      </c>
+      <c r="T164" t="s">
+        <v>1081</v>
+      </c>
+      <c r="U164" t="s">
+        <v>1082</v>
+      </c>
+      <c r="V164" t="s">
+        <v>35</v>
+      </c>
+      <c r="W164" t="s">
+        <v>35</v>
+      </c>
+      <c r="X164" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y164" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z164" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA164" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB164" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC164" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="165" spans="1:29">
+      <c r="A165" t="s">
+        <v>556</v>
+      </c>
+      <c r="B165" t="s">
+        <v>60</v>
+      </c>
+      <c r="C165" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D165" t="s">
+        <v>1084</v>
+      </c>
+      <c r="E165" t="s">
+        <v>49</v>
+      </c>
+      <c r="F165" t="s">
+        <v>35</v>
+      </c>
+      <c r="G165" t="s">
+        <v>86</v>
+      </c>
+      <c r="H165" t="s">
+        <v>35</v>
+      </c>
+      <c r="I165" t="s">
+        <v>35</v>
+      </c>
+      <c r="J165" t="s">
+        <v>1085</v>
+      </c>
+      <c r="K165" t="s">
+        <v>35</v>
+      </c>
+      <c r="L165" t="s">
+        <v>97</v>
+      </c>
+      <c r="M165" t="s">
+        <v>38</v>
+      </c>
+      <c r="N165" t="s">
+        <v>38</v>
+      </c>
+      <c r="O165" t="s">
+        <v>35</v>
+      </c>
+      <c r="P165" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q165" t="s">
+        <v>1086</v>
+      </c>
+      <c r="R165" t="s">
+        <v>1087</v>
+      </c>
+      <c r="S165" t="s">
+        <v>35</v>
+      </c>
+      <c r="T165" t="s">
+        <v>991</v>
+      </c>
+      <c r="U165" t="s">
+        <v>35</v>
+      </c>
+      <c r="V165" t="s">
+        <v>35</v>
+      </c>
+      <c r="W165" t="s">
+        <v>35</v>
+      </c>
+      <c r="X165" t="s">
+        <v>1088</v>
+      </c>
+      <c r="Y165" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z165" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA165" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB165" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC165" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="166" spans="1:29">
+      <c r="A166" t="s">
+        <v>556</v>
+      </c>
+      <c r="B166" t="s">
+        <v>30</v>
+      </c>
+      <c r="C166" t="s">
+        <v>1083</v>
+      </c>
+      <c r="D166" t="s">
+        <v>1089</v>
+      </c>
+      <c r="E166" t="s">
+        <v>206</v>
+      </c>
+      <c r="F166" t="s">
+        <v>34</v>
+      </c>
+      <c r="G166" t="s">
+        <v>35</v>
+      </c>
+      <c r="H166" t="s">
+        <v>35</v>
+      </c>
+      <c r="I166" t="s">
+        <v>35</v>
+      </c>
+      <c r="J166" t="s">
+        <v>1090</v>
+      </c>
+      <c r="K166" t="s">
+        <v>35</v>
+      </c>
+      <c r="L166" t="s">
+        <v>78</v>
+      </c>
+      <c r="M166" t="s">
+        <v>38</v>
+      </c>
+      <c r="N166" t="s">
+        <v>38</v>
+      </c>
+      <c r="O166" t="s">
+        <v>35</v>
+      </c>
+      <c r="P166" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q166" t="s">
+        <v>1091</v>
+      </c>
+      <c r="R166" t="s">
+        <v>35</v>
+      </c>
+      <c r="S166" t="s">
+        <v>35</v>
+      </c>
+      <c r="T166" t="s">
+        <v>1092</v>
+      </c>
+      <c r="U166" t="s">
+        <v>1093</v>
+      </c>
+      <c r="V166" t="s">
+        <v>35</v>
+      </c>
+      <c r="W166" t="s">
+        <v>35</v>
+      </c>
+      <c r="X166" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y166" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z166" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA166" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB166" t="s">
+        <v>70</v>
+      </c>
+    </row>
+    <row r="167" spans="1:29">
+      <c r="A167" t="s">
+        <v>72</v>
+      </c>
+      <c r="B167" t="s">
+        <v>60</v>
+      </c>
+      <c r="C167" t="s">
+        <v>1094</v>
+      </c>
+      <c r="D167" t="s">
+        <v>1095</v>
+      </c>
+      <c r="E167" t="s">
+        <v>329</v>
+      </c>
+      <c r="F167" t="s">
+        <v>35</v>
+      </c>
+      <c r="G167" t="s">
+        <v>76</v>
+      </c>
+      <c r="H167" t="s">
+        <v>35</v>
+      </c>
+      <c r="I167" t="s">
+        <v>35</v>
+      </c>
+      <c r="J167" t="s">
+        <v>1096</v>
+      </c>
+      <c r="K167" t="s">
+        <v>35</v>
+      </c>
+      <c r="L167" t="s">
+        <v>78</v>
+      </c>
+      <c r="M167" t="s">
+        <v>75</v>
+      </c>
+      <c r="N167" t="s">
+        <v>38</v>
+      </c>
+      <c r="O167" t="s">
+        <v>35</v>
+      </c>
+      <c r="P167" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q167" t="s">
+        <v>1097</v>
+      </c>
+      <c r="R167" t="s">
+        <v>35</v>
+      </c>
+      <c r="S167" t="s">
+        <v>35</v>
+      </c>
+      <c r="T167" t="s">
+        <v>1098</v>
+      </c>
+      <c r="U167" t="s">
+        <v>35</v>
+      </c>
+      <c r="V167" t="s">
+        <v>35</v>
+      </c>
+      <c r="W167" t="s">
+        <v>35</v>
+      </c>
+      <c r="X167" t="s">
+        <v>1099</v>
+      </c>
+      <c r="Y167" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z167" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA167" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB167" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC167" t="s">
+        <v>1100</v>
+      </c>
+    </row>
+    <row r="168" spans="1:29">
+      <c r="A168" t="s">
+        <v>29</v>
+      </c>
+      <c r="B168" t="s">
+        <v>60</v>
+      </c>
+      <c r="C168" t="s">
+        <v>1101</v>
+      </c>
+      <c r="D168" t="s">
+        <v>1102</v>
+      </c>
+      <c r="E168" t="s">
+        <v>109</v>
+      </c>
+      <c r="F168" t="s">
+        <v>35</v>
+      </c>
+      <c r="G168" t="s">
+        <v>86</v>
+      </c>
+      <c r="H168" t="s">
+        <v>35</v>
+      </c>
+      <c r="I168" t="s">
+        <v>35</v>
+      </c>
+      <c r="J168" t="s">
+        <v>1103</v>
+      </c>
+      <c r="K168" t="s">
+        <v>35</v>
+      </c>
+      <c r="L168" t="s">
+        <v>111</v>
+      </c>
+      <c r="M168" t="s">
+        <v>109</v>
+      </c>
+      <c r="N168" t="s">
+        <v>109</v>
+      </c>
+      <c r="O168" t="s">
+        <v>35</v>
+      </c>
+      <c r="P168" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q168" t="s">
+        <v>35</v>
+      </c>
+      <c r="R168" t="s">
+        <v>35</v>
+      </c>
+      <c r="S168" t="s">
+        <v>35</v>
+      </c>
+      <c r="T168" t="s">
+        <v>35</v>
+      </c>
+      <c r="U168" t="s">
+        <v>35</v>
+      </c>
+      <c r="V168" t="s">
+        <v>69</v>
+      </c>
+      <c r="W168" t="s">
+        <v>35</v>
+      </c>
+      <c r="X168" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y168" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z168" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA168" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB168" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC168" t="s">
+        <v>1104</v>
+      </c>
+    </row>
+    <row r="169" spans="1:29">
+      <c r="A169" t="s">
+        <v>482</v>
+      </c>
+      <c r="B169" t="s">
+        <v>30</v>
+      </c>
+      <c r="C169" t="s">
+        <v>1105</v>
+      </c>
+      <c r="D169" t="s">
+        <v>1106</v>
+      </c>
+      <c r="E169" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F169" t="s">
+        <v>95</v>
+      </c>
+      <c r="G169" t="s">
+        <v>35</v>
+      </c>
+      <c r="H169" t="s">
+        <v>35</v>
+      </c>
+      <c r="I169" t="s">
+        <v>35</v>
+      </c>
+      <c r="J169" t="s">
+        <v>1108</v>
+      </c>
+      <c r="K169" t="s">
+        <v>35</v>
+      </c>
+      <c r="L169" t="s">
+        <v>1109</v>
+      </c>
+      <c r="M169" t="s">
+        <v>38</v>
+      </c>
+      <c r="N169" t="s">
+        <v>38</v>
+      </c>
+      <c r="O169" t="s">
+        <v>35</v>
+      </c>
+      <c r="P169" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q169" t="s">
+        <v>1110</v>
+      </c>
+      <c r="R169" t="s">
+        <v>1111</v>
+      </c>
+      <c r="S169" t="s">
+        <v>35</v>
+      </c>
+      <c r="T169" t="s">
+        <v>35</v>
+      </c>
+      <c r="U169" t="s">
+        <v>35</v>
+      </c>
+      <c r="V169" t="s">
+        <v>35</v>
+      </c>
+      <c r="W169" t="s">
+        <v>35</v>
+      </c>
+      <c r="X169" t="s">
+        <v>1112</v>
+      </c>
+      <c r="Y169" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z169" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA169" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB169" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC169" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="170" spans="1:29">
+      <c r="A170" t="s">
+        <v>482</v>
+      </c>
+      <c r="B170" t="s">
+        <v>60</v>
+      </c>
+      <c r="C170" t="s">
+        <v>1113</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1114</v>
+      </c>
+      <c r="E170" t="s">
+        <v>495</v>
+      </c>
+      <c r="F170" t="s">
+        <v>35</v>
+      </c>
+      <c r="G170" t="s">
+        <v>86</v>
+      </c>
+      <c r="H170" t="s">
+        <v>35</v>
+      </c>
+      <c r="I170" t="s">
+        <v>35</v>
+      </c>
+      <c r="J170" t="s">
+        <v>1115</v>
+      </c>
+      <c r="K170" t="s">
+        <v>35</v>
+      </c>
+      <c r="L170" t="s">
+        <v>704</v>
+      </c>
+      <c r="M170" t="s">
+        <v>862</v>
+      </c>
+      <c r="N170" t="s">
+        <v>38</v>
+      </c>
+      <c r="O170" t="s">
+        <v>35</v>
+      </c>
+      <c r="P170" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q170" t="s">
+        <v>1116</v>
+      </c>
+      <c r="R170" t="s">
+        <v>35</v>
+      </c>
+      <c r="S170" t="s">
+        <v>35</v>
+      </c>
+      <c r="T170" t="s">
+        <v>780</v>
+      </c>
+      <c r="U170" t="s">
+        <v>35</v>
+      </c>
+      <c r="V170" t="s">
+        <v>35</v>
+      </c>
+      <c r="W170" t="s">
+        <v>35</v>
+      </c>
+      <c r="X170" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y170" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z170" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA170" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB170" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC170" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="171" spans="1:29">
+      <c r="A171" t="s">
+        <v>29</v>
+      </c>
+      <c r="B171" t="s">
+        <v>132</v>
+      </c>
+      <c r="C171" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1118</v>
+      </c>
+      <c r="E171" t="s">
+        <v>75</v>
+      </c>
+      <c r="F171" t="s">
+        <v>35</v>
+      </c>
+      <c r="G171" t="s">
+        <v>35</v>
+      </c>
+      <c r="H171" t="s">
+        <v>238</v>
+      </c>
+      <c r="I171" t="s">
+        <v>35</v>
+      </c>
+      <c r="J171" t="s">
+        <v>1119</v>
+      </c>
+      <c r="K171" t="s">
+        <v>35</v>
+      </c>
+      <c r="M171" t="s">
+        <v>696</v>
+      </c>
+      <c r="N171" t="s">
+        <v>696</v>
+      </c>
+      <c r="O171" t="s">
+        <v>35</v>
+      </c>
+      <c r="P171" t="s">
+        <v>1120</v>
+      </c>
+      <c r="Q171" t="s">
+        <v>308</v>
+      </c>
+      <c r="R171" t="s">
+        <v>35</v>
+      </c>
+      <c r="S171" t="s">
+        <v>35</v>
+      </c>
+      <c r="T171" t="s">
+        <v>1121</v>
+      </c>
+      <c r="U171" t="s">
+        <v>1122</v>
+      </c>
+      <c r="V171" t="s">
+        <v>35</v>
+      </c>
+      <c r="W171" t="s">
+        <v>35</v>
+      </c>
+      <c r="X171" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y171" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z171" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA171" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB171" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC171" t="s">
+        <v>1123</v>
+      </c>
+    </row>
+    <row r="172" spans="1:29">
+      <c r="A172" t="s">
+        <v>29</v>
+      </c>
+      <c r="B172" t="s">
+        <v>132</v>
+      </c>
+      <c r="C172" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D172" t="s">
+        <v>1124</v>
+      </c>
+      <c r="E172" t="s">
+        <v>109</v>
+      </c>
+      <c r="F172" t="s">
+        <v>35</v>
+      </c>
+      <c r="G172" t="s">
+        <v>35</v>
+      </c>
+      <c r="H172" t="s">
+        <v>34</v>
+      </c>
+      <c r="I172" t="s">
+        <v>35</v>
+      </c>
+      <c r="J172" t="s">
+        <v>1125</v>
+      </c>
+      <c r="K172" t="s">
+        <v>35</v>
+      </c>
+      <c r="M172" t="s">
+        <v>696</v>
+      </c>
+      <c r="N172" t="s">
+        <v>696</v>
+      </c>
+      <c r="O172" t="s">
+        <v>35</v>
+      </c>
+      <c r="P172" t="s">
+        <v>1120</v>
+      </c>
+      <c r="Q172" t="s">
+        <v>35</v>
+      </c>
+      <c r="R172" t="s">
+        <v>35</v>
+      </c>
+      <c r="S172" t="s">
+        <v>35</v>
+      </c>
+      <c r="T172" t="s">
+        <v>35</v>
+      </c>
+      <c r="U172" t="s">
+        <v>35</v>
+      </c>
+      <c r="V172" t="s">
+        <v>35</v>
+      </c>
+      <c r="W172" t="s">
+        <v>35</v>
+      </c>
+      <c r="X172" t="s">
+        <v>1126</v>
+      </c>
+      <c r="Y172" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z172" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA172" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB172" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC172" t="s">
+        <v>1127</v>
+      </c>
+    </row>
+    <row r="173" spans="1:29">
+      <c r="A173" t="s">
+        <v>234</v>
+      </c>
+      <c r="B173" t="s">
+        <v>132</v>
+      </c>
+      <c r="C173" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D173" t="s">
+        <v>1128</v>
+      </c>
+      <c r="E173" t="s">
+        <v>635</v>
+      </c>
+      <c r="F173" t="s">
+        <v>35</v>
+      </c>
+      <c r="G173" t="s">
+        <v>35</v>
+      </c>
+      <c r="H173" t="s">
+        <v>34</v>
+      </c>
+      <c r="I173" t="s">
+        <v>35</v>
+      </c>
+      <c r="J173" t="s">
+        <v>1129</v>
+      </c>
+      <c r="K173" t="s">
+        <v>35</v>
+      </c>
+      <c r="M173" t="s">
+        <v>696</v>
+      </c>
+      <c r="N173" t="s">
+        <v>38</v>
+      </c>
+      <c r="O173" t="s">
+        <v>35</v>
+      </c>
+      <c r="P173" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q173" t="s">
+        <v>1130</v>
+      </c>
+      <c r="R173" t="s">
+        <v>35</v>
+      </c>
+      <c r="S173" t="s">
+        <v>35</v>
+      </c>
+      <c r="T173" t="s">
+        <v>68</v>
+      </c>
+      <c r="U173" t="s">
+        <v>35</v>
+      </c>
+      <c r="V173" t="s">
+        <v>35</v>
+      </c>
+      <c r="W173" t="s">
+        <v>35</v>
+      </c>
+      <c r="X173" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y173" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z173" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA173" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB173" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC173" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="174" spans="1:29">
+      <c r="A174" t="s">
+        <v>556</v>
+      </c>
+      <c r="B174" t="s">
+        <v>132</v>
+      </c>
+      <c r="C174" t="s">
+        <v>1117</v>
+      </c>
+      <c r="D174" t="s">
+        <v>1131</v>
+      </c>
+      <c r="E174" t="s">
+        <v>204</v>
+      </c>
+      <c r="F174" t="s">
+        <v>35</v>
+      </c>
+      <c r="G174" t="s">
+        <v>35</v>
+      </c>
+      <c r="H174" t="s">
+        <v>34</v>
+      </c>
+      <c r="I174" t="s">
+        <v>35</v>
+      </c>
+      <c r="J174" t="s">
+        <v>1132</v>
+      </c>
+      <c r="K174" t="s">
+        <v>35</v>
+      </c>
+      <c r="L174" t="s">
+        <v>1133</v>
+      </c>
+      <c r="M174" t="s">
+        <v>38</v>
+      </c>
+      <c r="N174" t="s">
+        <v>38</v>
+      </c>
+      <c r="O174" t="s">
+        <v>35</v>
+      </c>
+      <c r="P174" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q174" t="s">
+        <v>1134</v>
+      </c>
+      <c r="R174" t="s">
+        <v>35</v>
+      </c>
+      <c r="S174" t="s">
+        <v>35</v>
+      </c>
+      <c r="T174" t="s">
+        <v>35</v>
+      </c>
+      <c r="U174" t="s">
+        <v>35</v>
+      </c>
+      <c r="V174" t="s">
+        <v>35</v>
+      </c>
+      <c r="W174" t="s">
+        <v>35</v>
+      </c>
+      <c r="X174" t="s">
+        <v>1135</v>
+      </c>
+      <c r="Y174" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z174" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA174" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB174" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC174" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="175" spans="1:29">
+      <c r="A175" t="s">
+        <v>117</v>
+      </c>
+      <c r="B175" t="s">
+        <v>132</v>
+      </c>
+      <c r="C175" t="s">
+        <v>1136</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1137</v>
+      </c>
+      <c r="E175" t="s">
+        <v>206</v>
+      </c>
+      <c r="F175" t="s">
+        <v>35</v>
+      </c>
+      <c r="G175" t="s">
+        <v>35</v>
+      </c>
+      <c r="H175" t="s">
+        <v>34</v>
+      </c>
+      <c r="I175" t="s">
+        <v>35</v>
+      </c>
+      <c r="J175" t="s">
+        <v>1138</v>
+      </c>
+      <c r="K175" t="s">
+        <v>35</v>
+      </c>
+      <c r="L175" t="s">
+        <v>164</v>
+      </c>
+      <c r="M175" t="s">
+        <v>38</v>
+      </c>
+      <c r="N175" t="s">
+        <v>38</v>
+      </c>
+      <c r="O175" t="s">
+        <v>35</v>
+      </c>
+      <c r="P175" t="s">
+        <v>1139</v>
+      </c>
+      <c r="Q175" t="s">
+        <v>1140</v>
+      </c>
+      <c r="R175" t="s">
+        <v>35</v>
+      </c>
+      <c r="S175" t="s">
+        <v>35</v>
+      </c>
+      <c r="T175" t="s">
+        <v>1141</v>
+      </c>
+      <c r="U175" t="s">
+        <v>35</v>
+      </c>
+      <c r="V175" t="s">
+        <v>35</v>
+      </c>
+      <c r="W175" t="s">
+        <v>35</v>
+      </c>
+      <c r="X175" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y175" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z175" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA175" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB175" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC175" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="176" spans="1:29">
+      <c r="A176" t="s">
+        <v>655</v>
+      </c>
+      <c r="B176" t="s">
+        <v>132</v>
+      </c>
+      <c r="C176" t="s">
+        <v>1142</v>
+      </c>
+      <c r="D176" t="s">
+        <v>1143</v>
+      </c>
+      <c r="E176" t="s">
+        <v>294</v>
+      </c>
+      <c r="F176" t="s">
+        <v>35</v>
+      </c>
+      <c r="G176" t="s">
+        <v>35</v>
+      </c>
+      <c r="H176" t="s">
+        <v>34</v>
+      </c>
+      <c r="I176" t="s">
+        <v>35</v>
+      </c>
+      <c r="J176" t="s">
+        <v>1144</v>
+      </c>
+      <c r="K176" t="s">
+        <v>35</v>
+      </c>
+      <c r="L176" t="s">
+        <v>365</v>
+      </c>
+      <c r="M176" t="s">
+        <v>294</v>
+      </c>
+      <c r="N176" t="s">
+        <v>38</v>
+      </c>
+      <c r="O176" t="s">
+        <v>35</v>
+      </c>
+      <c r="P176" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q176" t="s">
+        <v>35</v>
+      </c>
+      <c r="R176" t="s">
+        <v>35</v>
+      </c>
+      <c r="S176" t="s">
+        <v>35</v>
+      </c>
+      <c r="T176" t="s">
+        <v>35</v>
+      </c>
+      <c r="U176" t="s">
+        <v>35</v>
+      </c>
+      <c r="V176" t="s">
+        <v>35</v>
+      </c>
+      <c r="W176" t="s">
+        <v>35</v>
+      </c>
+      <c r="X176" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y176" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z176" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA176" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB176" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC176" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="177" spans="1:29">
+      <c r="A177" t="s">
+        <v>482</v>
+      </c>
+      <c r="B177" t="s">
+        <v>60</v>
+      </c>
+      <c r="C177" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D177" t="s">
+        <v>1146</v>
+      </c>
+      <c r="E177" t="s">
+        <v>551</v>
+      </c>
+      <c r="F177" t="s">
+        <v>35</v>
+      </c>
+      <c r="G177" t="s">
+        <v>86</v>
+      </c>
+      <c r="H177" t="s">
+        <v>35</v>
+      </c>
+      <c r="I177" t="s">
+        <v>35</v>
+      </c>
+      <c r="J177" t="s">
+        <v>1147</v>
+      </c>
+      <c r="K177" t="s">
+        <v>35</v>
+      </c>
+      <c r="L177" t="s">
+        <v>553</v>
+      </c>
+      <c r="M177" t="s">
+        <v>33</v>
+      </c>
+      <c r="N177" t="s">
+        <v>38</v>
+      </c>
+      <c r="O177" t="s">
+        <v>35</v>
+      </c>
+      <c r="P177" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q177" t="s">
+        <v>1148</v>
+      </c>
+      <c r="R177" t="s">
+        <v>35</v>
+      </c>
+      <c r="S177" t="s">
+        <v>35</v>
+      </c>
+      <c r="T177" t="s">
+        <v>35</v>
+      </c>
+      <c r="U177" t="s">
+        <v>35</v>
+      </c>
+      <c r="V177" t="s">
+        <v>35</v>
+      </c>
+      <c r="W177" t="s">
+        <v>35</v>
+      </c>
+      <c r="X177" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y177" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z177" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA177" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB177" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC177" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="178" spans="1:29">
+      <c r="A178" t="s">
+        <v>482</v>
+      </c>
+      <c r="B178" t="s">
+        <v>30</v>
+      </c>
+      <c r="C178" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D178" t="s">
+        <v>1149</v>
+      </c>
+      <c r="E178" t="s">
+        <v>479</v>
+      </c>
+      <c r="F178" t="s">
+        <v>34</v>
+      </c>
+      <c r="G178" t="s">
+        <v>35</v>
+      </c>
+      <c r="H178" t="s">
+        <v>35</v>
+      </c>
+      <c r="I178" t="s">
+        <v>35</v>
+      </c>
+      <c r="J178" t="s">
+        <v>1150</v>
+      </c>
+      <c r="K178" t="s">
+        <v>35</v>
+      </c>
+      <c r="L178" t="s">
+        <v>231</v>
+      </c>
+      <c r="M178" t="s">
+        <v>189</v>
+      </c>
+      <c r="N178" t="s">
+        <v>38</v>
+      </c>
+      <c r="O178" t="s">
+        <v>35</v>
+      </c>
+      <c r="P178" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q178" t="s">
+        <v>1151</v>
+      </c>
+      <c r="R178" t="s">
+        <v>35</v>
+      </c>
+      <c r="S178" t="s">
+        <v>35</v>
+      </c>
+      <c r="T178" t="s">
+        <v>1152</v>
+      </c>
+      <c r="U178" t="s">
+        <v>1153</v>
+      </c>
+      <c r="V178" t="s">
+        <v>35</v>
+      </c>
+      <c r="W178" t="s">
+        <v>35</v>
+      </c>
+      <c r="X178" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y178" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z178" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA178" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB178" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC178" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="179" spans="1:29">
+      <c r="A179" t="s">
+        <v>482</v>
+      </c>
+      <c r="B179" t="s">
+        <v>30</v>
+      </c>
+      <c r="C179" t="s">
+        <v>1145</v>
+      </c>
+      <c r="D179" t="s">
+        <v>1154</v>
+      </c>
+      <c r="E179" t="s">
+        <v>1155</v>
+      </c>
+      <c r="F179" t="s">
+        <v>34</v>
+      </c>
+      <c r="G179" t="s">
+        <v>35</v>
+      </c>
+      <c r="H179" t="s">
+        <v>35</v>
+      </c>
+      <c r="I179" t="s">
+        <v>35</v>
+      </c>
+      <c r="J179" t="s">
+        <v>1156</v>
+      </c>
+      <c r="K179" t="s">
+        <v>35</v>
+      </c>
+      <c r="L179" t="s">
+        <v>111</v>
+      </c>
+      <c r="M179" t="s">
+        <v>38</v>
+      </c>
+      <c r="N179" t="s">
+        <v>38</v>
+      </c>
+      <c r="O179" t="s">
+        <v>35</v>
+      </c>
+      <c r="P179" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q179" t="s">
+        <v>1157</v>
+      </c>
+      <c r="R179" t="s">
+        <v>35</v>
+      </c>
+      <c r="S179" t="s">
+        <v>35</v>
+      </c>
+      <c r="T179" t="s">
+        <v>1158</v>
+      </c>
+      <c r="U179" t="s">
+        <v>1159</v>
+      </c>
+      <c r="V179" t="s">
+        <v>35</v>
+      </c>
+      <c r="W179" t="s">
+        <v>35</v>
+      </c>
+      <c r="X179" t="s">
+        <v>1160</v>
+      </c>
+      <c r="Y179" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z179" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA179" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB179" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC179" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="180" spans="1:29">
+      <c r="A180" t="s">
+        <v>556</v>
+      </c>
+      <c r="B180" t="s">
+        <v>30</v>
+      </c>
+      <c r="C180" t="s">
+        <v>1161</v>
+      </c>
+      <c r="D180" t="s">
+        <v>1162</v>
+      </c>
+      <c r="E180" t="s">
+        <v>204</v>
+      </c>
+      <c r="F180" t="s">
+        <v>34</v>
+      </c>
+      <c r="G180" t="s">
+        <v>35</v>
+      </c>
+      <c r="H180" t="s">
+        <v>35</v>
+      </c>
+      <c r="I180" t="s">
+        <v>35</v>
+      </c>
+      <c r="J180" t="s">
+        <v>1163</v>
+      </c>
+      <c r="K180" t="s">
+        <v>35</v>
+      </c>
+      <c r="L180" t="s">
+        <v>111</v>
+      </c>
+      <c r="M180" t="s">
+        <v>38</v>
+      </c>
+      <c r="N180" t="s">
+        <v>38</v>
+      </c>
+      <c r="O180" t="s">
+        <v>35</v>
+      </c>
+      <c r="P180" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q180" t="s">
+        <v>1164</v>
+      </c>
+      <c r="R180" t="s">
+        <v>35</v>
+      </c>
+      <c r="S180" t="s">
+        <v>35</v>
+      </c>
+      <c r="U180" t="s">
+        <v>35</v>
+      </c>
+      <c r="V180" t="s">
+        <v>1165</v>
+      </c>
+      <c r="W180" t="s">
+        <v>35</v>
+      </c>
+      <c r="X180" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y180" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z180" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA180" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB180" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC180" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="181" spans="1:29">
+      <c r="A181" t="s">
+        <v>556</v>
+      </c>
+      <c r="B181" t="s">
+        <v>201</v>
+      </c>
+      <c r="C181" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D181" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E181" t="s">
+        <v>33</v>
+      </c>
+      <c r="F181" t="s">
+        <v>35</v>
+      </c>
+      <c r="G181" t="s">
+        <v>35</v>
+      </c>
+      <c r="H181" t="s">
+        <v>35</v>
+      </c>
+      <c r="I181" t="s">
+        <v>35</v>
+      </c>
+      <c r="J181" t="s">
+        <v>1168</v>
+      </c>
+      <c r="K181" t="s">
+        <v>35</v>
+      </c>
+      <c r="L181" t="s">
+        <v>178</v>
+      </c>
+      <c r="M181" t="s">
+        <v>38</v>
+      </c>
+      <c r="N181" t="s">
+        <v>38</v>
+      </c>
+      <c r="O181" t="s">
+        <v>35</v>
+      </c>
+      <c r="P181" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q181" t="s">
+        <v>1169</v>
+      </c>
+      <c r="R181" t="s">
+        <v>35</v>
+      </c>
+      <c r="S181" t="s">
+        <v>35</v>
+      </c>
+      <c r="T181" t="s">
+        <v>68</v>
+      </c>
+      <c r="U181" t="s">
+        <v>35</v>
+      </c>
+      <c r="V181" t="s">
+        <v>1170</v>
+      </c>
+      <c r="W181" t="s">
+        <v>35</v>
+      </c>
+      <c r="X181" t="s">
+        <v>1171</v>
+      </c>
+      <c r="Y181" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z181" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA181" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB181" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC181" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="182" spans="1:29">
+      <c r="A182" t="s">
+        <v>556</v>
+      </c>
+      <c r="B182" t="s">
+        <v>60</v>
+      </c>
+      <c r="C182" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D182" t="s">
+        <v>1172</v>
+      </c>
+      <c r="E182" t="s">
+        <v>1025</v>
+      </c>
+      <c r="F182" t="s">
+        <v>35</v>
+      </c>
+      <c r="G182" t="s">
+        <v>63</v>
+      </c>
+      <c r="H182" t="s">
+        <v>35</v>
+      </c>
+      <c r="I182" t="s">
+        <v>35</v>
+      </c>
+      <c r="J182" t="s">
+        <v>1173</v>
+      </c>
+      <c r="K182" t="s">
+        <v>35</v>
+      </c>
+      <c r="L182" t="s">
+        <v>1174</v>
+      </c>
+      <c r="M182" t="s">
+        <v>1025</v>
+      </c>
+      <c r="N182" t="s">
+        <v>38</v>
+      </c>
+      <c r="O182" t="s">
+        <v>35</v>
+      </c>
+      <c r="P182" t="s">
+        <v>1175</v>
+      </c>
+      <c r="Q182" t="s">
+        <v>1176</v>
+      </c>
+      <c r="R182" t="s">
+        <v>35</v>
+      </c>
+      <c r="S182" t="s">
+        <v>35</v>
+      </c>
+      <c r="T182" t="s">
+        <v>1177</v>
+      </c>
+      <c r="U182" t="s">
+        <v>35</v>
+      </c>
+      <c r="V182" t="s">
+        <v>1178</v>
+      </c>
+      <c r="W182" t="s">
+        <v>35</v>
+      </c>
+      <c r="X182" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y182" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z182" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA182" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB182" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC182" t="s">
+        <v>1179</v>
+      </c>
+    </row>
+    <row r="183" spans="1:29">
+      <c r="A183" t="s">
+        <v>556</v>
+      </c>
+      <c r="B183" t="s">
+        <v>30</v>
+      </c>
+      <c r="C183" t="s">
+        <v>1166</v>
+      </c>
+      <c r="D183" t="s">
+        <v>1167</v>
+      </c>
+      <c r="E183" t="s">
+        <v>33</v>
+      </c>
+      <c r="F183" t="s">
+        <v>34</v>
+      </c>
+      <c r="G183" t="s">
+        <v>35</v>
+      </c>
+      <c r="H183" t="s">
+        <v>35</v>
+      </c>
+      <c r="I183" t="s">
+        <v>35</v>
+      </c>
+      <c r="J183" t="s">
+        <v>1180</v>
+      </c>
+      <c r="K183" t="s">
+        <v>35</v>
+      </c>
+      <c r="L183" t="s">
+        <v>37</v>
+      </c>
+      <c r="M183" t="s">
+        <v>38</v>
+      </c>
+      <c r="N183" t="s">
+        <v>38</v>
+      </c>
+      <c r="O183" t="s">
+        <v>35</v>
+      </c>
+      <c r="P183" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q183" t="s">
+        <v>1181</v>
+      </c>
+      <c r="R183" t="s">
+        <v>35</v>
+      </c>
+      <c r="S183" t="s">
+        <v>35</v>
+      </c>
+      <c r="T183" t="s">
+        <v>35</v>
+      </c>
+      <c r="U183" t="s">
+        <v>35</v>
+      </c>
+      <c r="V183" t="s">
+        <v>35</v>
+      </c>
+      <c r="W183" t="s">
+        <v>35</v>
+      </c>
+      <c r="X183" t="s">
+        <v>1182</v>
+      </c>
+      <c r="Y183" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z183" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA183" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB183" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC183" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="184" spans="1:29">
+      <c r="A184" t="s">
+        <v>234</v>
+      </c>
+      <c r="B184" t="s">
+        <v>60</v>
+      </c>
+      <c r="C184" t="s">
+        <v>1183</v>
+      </c>
+      <c r="D184" t="s">
+        <v>1184</v>
+      </c>
+      <c r="E184" t="s">
+        <v>75</v>
+      </c>
+      <c r="F184" t="s">
+        <v>35</v>
+      </c>
+      <c r="G184" t="s">
+        <v>76</v>
+      </c>
+      <c r="H184" t="s">
+        <v>35</v>
+      </c>
+      <c r="I184" t="s">
+        <v>35</v>
+      </c>
+      <c r="J184" t="s">
+        <v>1185</v>
+      </c>
+      <c r="K184" t="s">
+        <v>35</v>
+      </c>
+      <c r="L184" t="s">
+        <v>509</v>
+      </c>
+      <c r="M184" t="s">
+        <v>94</v>
+      </c>
+      <c r="N184" t="s">
+        <v>38</v>
+      </c>
+      <c r="O184" t="s">
+        <v>35</v>
+      </c>
+      <c r="P184" t="s">
+        <v>394</v>
+      </c>
+      <c r="Q184" t="s">
+        <v>1186</v>
+      </c>
+      <c r="R184" t="s">
+        <v>35</v>
+      </c>
+      <c r="S184" t="s">
+        <v>35</v>
+      </c>
+      <c r="T184" t="s">
+        <v>1187</v>
+      </c>
+      <c r="U184" t="s">
+        <v>35</v>
+      </c>
+      <c r="V184" t="s">
+        <v>35</v>
+      </c>
+      <c r="W184" t="s">
+        <v>35</v>
+      </c>
+      <c r="X184" t="s">
+        <v>1188</v>
+      </c>
+      <c r="Y184" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z184" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA184" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB184" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC184" t="s">
+        <v>1189</v>
+      </c>
+    </row>
+    <row r="185" spans="1:29">
+      <c r="A185" t="s">
+        <v>556</v>
+      </c>
+      <c r="B185" t="s">
+        <v>201</v>
+      </c>
+      <c r="C185" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D185" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E185" t="s">
+        <v>206</v>
+      </c>
+      <c r="F185" t="s">
+        <v>35</v>
+      </c>
+      <c r="G185" t="s">
+        <v>35</v>
+      </c>
+      <c r="H185" t="s">
+        <v>35</v>
+      </c>
+      <c r="I185" t="s">
+        <v>35</v>
+      </c>
+      <c r="J185" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K185" t="s">
+        <v>35</v>
+      </c>
+      <c r="L185" t="s">
+        <v>111</v>
+      </c>
+      <c r="M185" t="s">
+        <v>696</v>
+      </c>
+      <c r="N185" t="s">
+        <v>38</v>
+      </c>
+      <c r="O185" t="s">
+        <v>35</v>
+      </c>
+      <c r="P185" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q185" t="s">
+        <v>1193</v>
+      </c>
+      <c r="R185" t="s">
+        <v>35</v>
+      </c>
+      <c r="S185" t="s">
+        <v>35</v>
+      </c>
+      <c r="T185" t="s">
+        <v>1194</v>
+      </c>
+      <c r="U185" t="s">
+        <v>35</v>
+      </c>
+      <c r="V185" t="s">
+        <v>35</v>
+      </c>
+      <c r="W185" t="s">
+        <v>35</v>
+      </c>
+      <c r="X185" t="s">
+        <v>1195</v>
+      </c>
+      <c r="Y185" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z185" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA185" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB185" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC185" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="186" spans="1:29">
+      <c r="A186" t="s">
+        <v>556</v>
+      </c>
+      <c r="B186" t="s">
+        <v>201</v>
+      </c>
+      <c r="C186" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D186" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E186" t="s">
+        <v>206</v>
+      </c>
+      <c r="F186" t="s">
+        <v>35</v>
+      </c>
+      <c r="G186" t="s">
+        <v>35</v>
+      </c>
+      <c r="H186" t="s">
+        <v>35</v>
+      </c>
+      <c r="I186" t="s">
+        <v>35</v>
+      </c>
+      <c r="J186" t="s">
+        <v>1192</v>
+      </c>
+      <c r="K186" t="s">
+        <v>35</v>
+      </c>
+      <c r="L186" t="s">
+        <v>111</v>
+      </c>
+      <c r="M186" t="s">
+        <v>696</v>
+      </c>
+      <c r="N186" t="s">
+        <v>38</v>
+      </c>
+      <c r="O186" t="s">
+        <v>35</v>
+      </c>
+      <c r="P186" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q186" t="s">
+        <v>1193</v>
+      </c>
+      <c r="R186" t="s">
+        <v>35</v>
+      </c>
+      <c r="S186" t="s">
+        <v>35</v>
+      </c>
+      <c r="T186" t="s">
+        <v>1194</v>
+      </c>
+      <c r="U186" t="s">
+        <v>35</v>
+      </c>
+      <c r="V186" t="s">
+        <v>35</v>
+      </c>
+      <c r="W186" t="s">
+        <v>35</v>
+      </c>
+      <c r="X186" t="s">
+        <v>1195</v>
+      </c>
+      <c r="Y186" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z186" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA186" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB186" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC186" t="s">
+        <v>1196</v>
+      </c>
+    </row>
+    <row r="187" spans="1:29">
+      <c r="A187" t="s">
+        <v>556</v>
+      </c>
+      <c r="B187" t="s">
+        <v>30</v>
+      </c>
+      <c r="C187" t="s">
+        <v>1190</v>
+      </c>
+      <c r="D187" t="s">
+        <v>1191</v>
+      </c>
+      <c r="E187" t="s">
+        <v>206</v>
+      </c>
+      <c r="F187" t="s">
+        <v>34</v>
+      </c>
+      <c r="G187" t="s">
+        <v>35</v>
+      </c>
+      <c r="H187" t="s">
+        <v>35</v>
+      </c>
+      <c r="I187" t="s">
+        <v>35</v>
+      </c>
+      <c r="J187" t="s">
+        <v>1197</v>
+      </c>
+      <c r="K187" t="s">
+        <v>35</v>
+      </c>
+      <c r="L187" t="s">
+        <v>111</v>
+      </c>
+      <c r="M187" t="s">
+        <v>38</v>
+      </c>
+      <c r="N187" t="s">
+        <v>38</v>
+      </c>
+      <c r="O187" t="s">
+        <v>35</v>
+      </c>
+      <c r="P187" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q187" t="s">
+        <v>1193</v>
+      </c>
+      <c r="R187" t="s">
+        <v>35</v>
+      </c>
+      <c r="S187" t="s">
+        <v>35</v>
+      </c>
+      <c r="T187" t="s">
+        <v>1198</v>
+      </c>
+      <c r="U187" t="s">
+        <v>35</v>
+      </c>
+      <c r="V187" t="s">
+        <v>35</v>
+      </c>
+      <c r="W187" t="s">
+        <v>35</v>
+      </c>
+      <c r="X187" t="s">
+        <v>1199</v>
+      </c>
+      <c r="Y187" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z187" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA187" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB187" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC187" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="188" spans="1:29">
+      <c r="A188" t="s">
+        <v>655</v>
+      </c>
+      <c r="B188" t="s">
+        <v>30</v>
+      </c>
+      <c r="C188" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D188" t="s">
+        <v>1201</v>
+      </c>
+      <c r="E188" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F188" t="s">
+        <v>50</v>
+      </c>
+      <c r="G188" t="s">
+        <v>35</v>
+      </c>
+      <c r="H188" t="s">
+        <v>35</v>
+      </c>
+      <c r="I188" t="s">
+        <v>35</v>
+      </c>
+      <c r="J188" t="s">
+        <v>1203</v>
+      </c>
+      <c r="K188" t="s">
+        <v>35</v>
+      </c>
+      <c r="L188" t="s">
+        <v>882</v>
+      </c>
+      <c r="M188" t="s">
+        <v>38</v>
+      </c>
+      <c r="N188" t="s">
+        <v>38</v>
+      </c>
+      <c r="O188" t="s">
+        <v>35</v>
+      </c>
+      <c r="P188" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q188" t="s">
+        <v>1204</v>
+      </c>
+      <c r="R188" t="s">
+        <v>1205</v>
+      </c>
+      <c r="S188" t="s">
+        <v>1206</v>
+      </c>
+      <c r="T188" t="s">
+        <v>35</v>
+      </c>
+      <c r="U188" t="s">
+        <v>1207</v>
+      </c>
+      <c r="V188" t="s">
+        <v>1208</v>
+      </c>
+      <c r="W188" t="s">
+        <v>35</v>
+      </c>
+      <c r="X188" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y188" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z188" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA188" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB188" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC188" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="189" spans="1:29">
+      <c r="A189" t="s">
+        <v>83</v>
+      </c>
+      <c r="B189" t="s">
+        <v>60</v>
+      </c>
+      <c r="C189" t="s">
+        <v>1200</v>
+      </c>
+      <c r="D189" t="s">
+        <v>1209</v>
+      </c>
+      <c r="E189" t="s">
+        <v>204</v>
+      </c>
+      <c r="F189" t="s">
+        <v>35</v>
+      </c>
+      <c r="G189" t="s">
+        <v>86</v>
+      </c>
+      <c r="H189" t="s">
+        <v>35</v>
+      </c>
+      <c r="I189" t="s">
+        <v>35</v>
+      </c>
+      <c r="J189" t="s">
+        <v>1210</v>
+      </c>
+      <c r="K189" t="s">
+        <v>35</v>
+      </c>
+      <c r="L189" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M189" t="s">
+        <v>204</v>
+      </c>
+      <c r="N189" t="s">
+        <v>38</v>
+      </c>
+      <c r="O189" t="s">
+        <v>35</v>
+      </c>
+      <c r="P189" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q189" t="s">
+        <v>35</v>
+      </c>
+      <c r="R189" t="s">
+        <v>35</v>
+      </c>
+      <c r="S189" t="s">
+        <v>35</v>
+      </c>
+      <c r="T189" t="s">
+        <v>35</v>
+      </c>
+      <c r="U189" t="s">
+        <v>35</v>
+      </c>
+      <c r="V189" t="s">
+        <v>35</v>
+      </c>
+      <c r="W189" t="s">
+        <v>35</v>
+      </c>
+      <c r="X189" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y189" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z189" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA189" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB189" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC189" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="190" spans="1:29">
+      <c r="A190" t="s">
+        <v>72</v>
+      </c>
+      <c r="B190" t="s">
+        <v>60</v>
+      </c>
+      <c r="C190" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D190" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E190" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F190" t="s">
+        <v>35</v>
+      </c>
+      <c r="G190" t="s">
+        <v>63</v>
+      </c>
+      <c r="H190" t="s">
+        <v>35</v>
+      </c>
+      <c r="I190" t="s">
+        <v>35</v>
+      </c>
+      <c r="J190" t="s">
+        <v>1214</v>
+      </c>
+      <c r="K190" t="s">
+        <v>35</v>
+      </c>
+      <c r="M190" t="s">
+        <v>1215</v>
+      </c>
+      <c r="N190" t="s">
+        <v>38</v>
+      </c>
+      <c r="O190" t="s">
+        <v>35</v>
+      </c>
+      <c r="P190" t="s">
+        <v>263</v>
+      </c>
+      <c r="Q190" t="s">
+        <v>1216</v>
+      </c>
+      <c r="R190" t="s">
+        <v>1217</v>
+      </c>
+      <c r="S190" t="s">
+        <v>1015</v>
+      </c>
+      <c r="T190" t="s">
+        <v>1218</v>
+      </c>
+      <c r="U190" t="s">
+        <v>35</v>
+      </c>
+      <c r="V190" t="s">
+        <v>35</v>
+      </c>
+      <c r="W190" t="s">
+        <v>35</v>
+      </c>
+      <c r="X190" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y190" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z190" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA190" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB190" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC190" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="191" spans="1:29">
+      <c r="A191" t="s">
+        <v>72</v>
+      </c>
+      <c r="B191" t="s">
+        <v>60</v>
+      </c>
+      <c r="C191" t="s">
+        <v>1211</v>
+      </c>
+      <c r="D191" t="s">
+        <v>1212</v>
+      </c>
+      <c r="E191" t="s">
+        <v>1213</v>
+      </c>
+      <c r="F191" t="s">
+        <v>35</v>
+      </c>
+      <c r="G191" t="s">
+        <v>63</v>
+      </c>
+      <c r="H191" t="s">
+        <v>35</v>
+      </c>
+      <c r="I191" t="s">
+        <v>35</v>
+      </c>
+      <c r="J191" t="s">
+        <v>1219</v>
+      </c>
+      <c r="K191" t="s">
+        <v>35</v>
+      </c>
+      <c r="L191" t="s">
+        <v>261</v>
+      </c>
+      <c r="M191" t="s">
+        <v>1215</v>
+      </c>
+      <c r="N191" t="s">
+        <v>38</v>
+      </c>
+      <c r="O191" t="s">
+        <v>35</v>
+      </c>
+      <c r="P191" t="s">
+        <v>263</v>
+      </c>
+      <c r="Q191" t="s">
+        <v>1216</v>
+      </c>
+      <c r="R191" t="s">
+        <v>1217</v>
+      </c>
+      <c r="S191" t="s">
+        <v>1015</v>
+      </c>
+      <c r="T191" t="s">
+        <v>1218</v>
+      </c>
+      <c r="U191" t="s">
+        <v>35</v>
+      </c>
+      <c r="V191" t="s">
+        <v>35</v>
+      </c>
+      <c r="W191" t="s">
+        <v>35</v>
+      </c>
+      <c r="X191" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y191" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z191" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA191" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB191" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC191" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="192" spans="1:29">
+      <c r="A192" t="s">
+        <v>482</v>
+      </c>
+      <c r="B192" t="s">
+        <v>60</v>
+      </c>
+      <c r="C192" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D192" t="s">
+        <v>1221</v>
+      </c>
+      <c r="E192" t="s">
+        <v>1222</v>
+      </c>
+      <c r="F192" t="s">
+        <v>35</v>
+      </c>
+      <c r="G192" t="s">
+        <v>76</v>
+      </c>
+      <c r="H192" t="s">
+        <v>35</v>
+      </c>
+      <c r="I192" t="s">
+        <v>35</v>
+      </c>
+      <c r="J192" t="s">
+        <v>1223</v>
+      </c>
+      <c r="K192" t="s">
+        <v>35</v>
+      </c>
+      <c r="L192" t="s">
+        <v>1224</v>
+      </c>
+      <c r="M192" t="s">
+        <v>162</v>
+      </c>
+      <c r="N192" t="s">
+        <v>38</v>
+      </c>
+      <c r="O192" t="s">
+        <v>35</v>
+      </c>
+      <c r="P192" t="s">
+        <v>1225</v>
+      </c>
+      <c r="Q192" t="s">
+        <v>1226</v>
+      </c>
+      <c r="R192" t="s">
+        <v>35</v>
+      </c>
+      <c r="S192" t="s">
+        <v>35</v>
+      </c>
+      <c r="T192" t="s">
+        <v>780</v>
+      </c>
+      <c r="U192" t="s">
+        <v>35</v>
+      </c>
+      <c r="V192" t="s">
+        <v>35</v>
+      </c>
+      <c r="W192" t="s">
+        <v>35</v>
+      </c>
+      <c r="X192" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y192" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z192" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA192" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB192" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC192" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="193" spans="1:29">
+      <c r="A193" t="s">
+        <v>427</v>
+      </c>
+      <c r="B193" t="s">
+        <v>201</v>
+      </c>
+      <c r="C193" t="s">
+        <v>1220</v>
+      </c>
+      <c r="D193" t="s">
+        <v>1228</v>
+      </c>
+      <c r="E193" t="s">
+        <v>1229</v>
+      </c>
+      <c r="F193" t="s">
+        <v>35</v>
+      </c>
+      <c r="G193" t="s">
+        <v>35</v>
+      </c>
+      <c r="H193" t="s">
+        <v>35</v>
+      </c>
+      <c r="I193" t="s">
+        <v>35</v>
+      </c>
+      <c r="J193" t="s">
+        <v>1230</v>
+      </c>
+      <c r="K193" t="s">
+        <v>35</v>
+      </c>
+      <c r="L193" t="s">
+        <v>191</v>
+      </c>
+      <c r="M193" t="s">
+        <v>206</v>
+      </c>
+      <c r="N193" t="s">
+        <v>38</v>
+      </c>
+      <c r="O193" t="s">
+        <v>35</v>
+      </c>
+      <c r="P193" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q193" t="s">
+        <v>1231</v>
+      </c>
+      <c r="R193" t="s">
+        <v>958</v>
+      </c>
+      <c r="S193" t="s">
+        <v>35</v>
+      </c>
+      <c r="T193" t="s">
+        <v>1232</v>
+      </c>
+      <c r="U193" t="s">
+        <v>1233</v>
+      </c>
+      <c r="V193" t="s">
+        <v>35</v>
+      </c>
+      <c r="X193" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y193" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z193" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA193" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB193" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC193" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="194" spans="1:29">
+      <c r="A194" t="s">
+        <v>556</v>
+      </c>
+      <c r="B194" t="s">
+        <v>30</v>
+      </c>
+      <c r="C194" t="s">
+        <v>1234</v>
+      </c>
+      <c r="D194" t="s">
+        <v>1235</v>
+      </c>
+      <c r="E194" t="s">
+        <v>178</v>
+      </c>
+      <c r="F194" t="s">
+        <v>34</v>
+      </c>
+      <c r="G194" t="s">
+        <v>35</v>
+      </c>
+      <c r="H194" t="s">
+        <v>35</v>
+      </c>
+      <c r="I194" t="s">
+        <v>35</v>
+      </c>
+      <c r="J194" t="s">
+        <v>1236</v>
+      </c>
+      <c r="K194" t="s">
+        <v>35</v>
+      </c>
+      <c r="L194" t="s">
+        <v>78</v>
+      </c>
+      <c r="M194" t="s">
+        <v>38</v>
+      </c>
+      <c r="N194" t="s">
+        <v>38</v>
+      </c>
+      <c r="O194" t="s">
+        <v>35</v>
+      </c>
+      <c r="P194" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q194" t="s">
+        <v>1237</v>
+      </c>
+      <c r="R194" t="s">
+        <v>931</v>
+      </c>
+      <c r="S194" t="s">
+        <v>1238</v>
+      </c>
+      <c r="T194" t="s">
+        <v>1239</v>
+      </c>
+      <c r="U194" t="s">
+        <v>1240</v>
+      </c>
+      <c r="V194" t="s">
+        <v>1241</v>
+      </c>
+      <c r="W194" t="s">
+        <v>35</v>
+      </c>
+      <c r="X194" t="s">
+        <v>1242</v>
+      </c>
+      <c r="Y194" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z194" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA194" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB194" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC194" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="195" spans="1:29">
+      <c r="A195" t="s">
+        <v>655</v>
+      </c>
+      <c r="B195" t="s">
+        <v>30</v>
+      </c>
+      <c r="C195" t="s">
+        <v>1243</v>
+      </c>
+      <c r="D195" t="s">
+        <v>1244</v>
+      </c>
+      <c r="E195" t="s">
+        <v>38</v>
+      </c>
+      <c r="F195" t="s">
+        <v>34</v>
+      </c>
+      <c r="G195" t="s">
+        <v>35</v>
+      </c>
+      <c r="H195" t="s">
+        <v>35</v>
+      </c>
+      <c r="I195" t="s">
+        <v>35</v>
+      </c>
+      <c r="J195" t="s">
+        <v>1245</v>
+      </c>
+      <c r="K195" t="s">
+        <v>35</v>
+      </c>
+      <c r="L195" t="s">
+        <v>191</v>
+      </c>
+      <c r="M195" t="s">
+        <v>38</v>
+      </c>
+      <c r="N195" t="s">
+        <v>38</v>
+      </c>
+      <c r="O195" t="s">
+        <v>35</v>
+      </c>
+      <c r="P195" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q195" t="s">
+        <v>1246</v>
+      </c>
+      <c r="R195" t="s">
+        <v>35</v>
+      </c>
+      <c r="S195" t="s">
+        <v>35</v>
+      </c>
+      <c r="T195" t="s">
+        <v>35</v>
+      </c>
+      <c r="U195" t="s">
+        <v>35</v>
+      </c>
+      <c r="V195" t="s">
+        <v>35</v>
+      </c>
+      <c r="W195" t="s">
+        <v>35</v>
+      </c>
+      <c r="X195" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y195" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z195" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA195" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB195" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC195" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="196" spans="1:29">
+      <c r="A196" t="s">
+        <v>556</v>
+      </c>
+      <c r="B196" t="s">
+        <v>30</v>
+      </c>
+      <c r="C196" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D196" t="s">
+        <v>1248</v>
+      </c>
+      <c r="E196" t="s">
+        <v>206</v>
+      </c>
+      <c r="F196" t="s">
+        <v>34</v>
+      </c>
+      <c r="G196" t="s">
+        <v>35</v>
+      </c>
+      <c r="H196" t="s">
+        <v>35</v>
+      </c>
+      <c r="I196" t="s">
+        <v>35</v>
+      </c>
+      <c r="J196" t="s">
+        <v>1249</v>
+      </c>
+      <c r="K196" t="s">
+        <v>35</v>
+      </c>
+      <c r="L196" t="s">
+        <v>111</v>
+      </c>
+      <c r="M196" t="s">
+        <v>38</v>
+      </c>
+      <c r="N196" t="s">
+        <v>38</v>
+      </c>
+      <c r="O196" t="s">
+        <v>35</v>
+      </c>
+      <c r="P196" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q196" t="s">
+        <v>1250</v>
+      </c>
+      <c r="R196" t="s">
+        <v>35</v>
+      </c>
+      <c r="S196" t="s">
+        <v>35</v>
+      </c>
+      <c r="T196" t="s">
+        <v>1251</v>
+      </c>
+      <c r="U196" t="s">
+        <v>35</v>
+      </c>
+      <c r="V196" t="s">
+        <v>35</v>
+      </c>
+      <c r="W196" t="s">
+        <v>35</v>
+      </c>
+      <c r="X196" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y196" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z196" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA196" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB196" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC196" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="197" spans="1:29">
+      <c r="A197" t="s">
+        <v>556</v>
+      </c>
+      <c r="B197" t="s">
+        <v>60</v>
+      </c>
+      <c r="C197" t="s">
+        <v>1247</v>
+      </c>
+      <c r="D197" t="s">
+        <v>1252</v>
+      </c>
+      <c r="E197" t="s">
+        <v>216</v>
+      </c>
+      <c r="F197" t="s">
+        <v>35</v>
+      </c>
+      <c r="G197" t="s">
+        <v>76</v>
+      </c>
+      <c r="H197" t="s">
+        <v>35</v>
+      </c>
+      <c r="I197" t="s">
+        <v>35</v>
+      </c>
+      <c r="J197" t="s">
+        <v>1253</v>
+      </c>
+      <c r="K197" t="s">
+        <v>35</v>
+      </c>
+      <c r="L197" t="s">
+        <v>97</v>
+      </c>
+      <c r="M197" t="s">
+        <v>98</v>
+      </c>
+      <c r="N197" t="s">
+        <v>38</v>
+      </c>
+      <c r="O197" t="s">
+        <v>35</v>
+      </c>
+      <c r="P197" t="s">
+        <v>812</v>
+      </c>
+      <c r="Q197" t="s">
+        <v>1254</v>
+      </c>
+      <c r="R197" t="s">
+        <v>35</v>
+      </c>
+      <c r="S197" t="s">
+        <v>35</v>
+      </c>
+      <c r="T197" t="s">
+        <v>1255</v>
+      </c>
+      <c r="U197" t="s">
+        <v>35</v>
+      </c>
+      <c r="V197" t="s">
+        <v>1256</v>
+      </c>
+      <c r="W197" t="s">
+        <v>35</v>
+      </c>
+      <c r="X197" t="s">
+        <v>1257</v>
+      </c>
+      <c r="Y197" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z197" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA197" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB197" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC197" t="s">
+        <v>1258</v>
+      </c>
+    </row>
+    <row r="198" spans="1:29">
+      <c r="A198" t="s">
+        <v>29</v>
+      </c>
+      <c r="B198" t="s">
+        <v>201</v>
+      </c>
+      <c r="C198" t="s">
+        <v>1259</v>
+      </c>
+      <c r="D198" t="s">
+        <v>1260</v>
+      </c>
+      <c r="E198" t="s">
+        <v>204</v>
+      </c>
+      <c r="F198" t="s">
+        <v>35</v>
+      </c>
+      <c r="G198" t="s">
+        <v>35</v>
+      </c>
+      <c r="H198" t="s">
+        <v>35</v>
+      </c>
+      <c r="I198" t="s">
+        <v>35</v>
+      </c>
+      <c r="J198" t="s">
+        <v>1261</v>
+      </c>
+      <c r="K198" t="s">
+        <v>35</v>
+      </c>
+      <c r="M198" t="s">
+        <v>206</v>
+      </c>
+      <c r="N198" t="s">
+        <v>204</v>
+      </c>
+      <c r="O198" t="s">
+        <v>35</v>
+      </c>
+      <c r="P198" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q198" t="s">
+        <v>1262</v>
+      </c>
+      <c r="R198" t="s">
+        <v>35</v>
+      </c>
+      <c r="S198" t="s">
+        <v>35</v>
+      </c>
+      <c r="T198" t="s">
+        <v>174</v>
+      </c>
+      <c r="U198" t="s">
+        <v>174</v>
+      </c>
+      <c r="V198" t="s">
+        <v>35</v>
+      </c>
+      <c r="W198" t="s">
+        <v>35</v>
+      </c>
+      <c r="X198" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y198" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z198" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA198" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB198" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC198" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="199" spans="1:29">
+      <c r="A199" t="s">
+        <v>655</v>
+      </c>
+      <c r="B199" t="s">
+        <v>60</v>
+      </c>
+      <c r="C199" t="s">
+        <v>1263</v>
+      </c>
+      <c r="D199" t="s">
+        <v>1264</v>
+      </c>
+      <c r="E199" t="s">
+        <v>253</v>
+      </c>
+      <c r="F199" t="s">
+        <v>35</v>
+      </c>
+      <c r="G199" t="s">
+        <v>86</v>
+      </c>
+      <c r="H199" t="s">
+        <v>35</v>
+      </c>
+      <c r="I199" t="s">
+        <v>35</v>
+      </c>
+      <c r="J199" t="s">
+        <v>1265</v>
+      </c>
+      <c r="K199" t="s">
+        <v>35</v>
+      </c>
+      <c r="L199" t="s">
+        <v>374</v>
+      </c>
+      <c r="M199" t="s">
+        <v>38</v>
+      </c>
+      <c r="N199" t="s">
+        <v>38</v>
+      </c>
+      <c r="O199" t="s">
+        <v>35</v>
+      </c>
+      <c r="P199" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q199" t="s">
+        <v>1266</v>
+      </c>
+      <c r="R199" t="s">
+        <v>35</v>
+      </c>
+      <c r="S199" t="s">
+        <v>35</v>
+      </c>
+      <c r="T199" t="s">
+        <v>1267</v>
+      </c>
+      <c r="U199" t="s">
+        <v>35</v>
+      </c>
+      <c r="V199" t="s">
+        <v>35</v>
+      </c>
+      <c r="W199" t="s">
+        <v>35</v>
+      </c>
+      <c r="X199" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y199" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z199" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA199" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB199" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC199" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="200" spans="1:29">
+      <c r="A200" t="s">
+        <v>265</v>
+      </c>
+      <c r="B200" t="s">
+        <v>60</v>
+      </c>
+      <c r="C200" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D200" t="s">
+        <v>1269</v>
+      </c>
+      <c r="E200" t="s">
+        <v>329</v>
+      </c>
+      <c r="F200" t="s">
+        <v>35</v>
+      </c>
+      <c r="G200" t="s">
+        <v>76</v>
+      </c>
+      <c r="H200" t="s">
+        <v>35</v>
+      </c>
+      <c r="I200" t="s">
+        <v>35</v>
+      </c>
+      <c r="J200" t="s">
+        <v>1270</v>
+      </c>
+      <c r="K200" t="s">
+        <v>35</v>
+      </c>
+      <c r="L200" t="s">
+        <v>509</v>
+      </c>
+      <c r="M200" t="s">
+        <v>94</v>
+      </c>
+      <c r="N200" t="s">
+        <v>38</v>
+      </c>
+      <c r="O200" t="s">
+        <v>35</v>
+      </c>
+      <c r="P200" t="s">
+        <v>1271</v>
+      </c>
+      <c r="Q200" t="s">
+        <v>1272</v>
+      </c>
+      <c r="R200" t="s">
+        <v>35</v>
+      </c>
+      <c r="S200" t="s">
+        <v>35</v>
+      </c>
+      <c r="T200" t="s">
+        <v>1273</v>
+      </c>
+      <c r="U200" t="s">
+        <v>35</v>
+      </c>
+      <c r="V200" t="s">
+        <v>35</v>
+      </c>
+      <c r="W200" t="s">
+        <v>35</v>
+      </c>
+      <c r="X200" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y200" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z200" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA200" t="s">
+        <v>35</v>
+      </c>
+      <c r="AC200" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="201" spans="1:29">
+      <c r="A201" t="s">
+        <v>556</v>
+      </c>
+      <c r="B201" t="s">
+        <v>30</v>
+      </c>
+      <c r="C201" t="s">
+        <v>1268</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1274</v>
+      </c>
+      <c r="E201" t="s">
+        <v>49</v>
+      </c>
+      <c r="F201" t="s">
+        <v>50</v>
+      </c>
+      <c r="G201" t="s">
+        <v>35</v>
+      </c>
+      <c r="H201" t="s">
+        <v>35</v>
+      </c>
+      <c r="I201" t="s">
+        <v>35</v>
+      </c>
+      <c r="J201" t="s">
+        <v>1275</v>
+      </c>
+      <c r="K201" t="s">
+        <v>1276</v>
+      </c>
+      <c r="L201" t="s">
+        <v>78</v>
+      </c>
+      <c r="M201" t="s">
+        <v>38</v>
+      </c>
+      <c r="N201" t="s">
+        <v>38</v>
+      </c>
+      <c r="O201" t="s">
+        <v>35</v>
+      </c>
+      <c r="P201" t="s">
+        <v>1277</v>
+      </c>
+      <c r="Q201" t="s">
+        <v>1278</v>
+      </c>
+      <c r="R201" t="s">
+        <v>1207</v>
+      </c>
+      <c r="S201" t="s">
+        <v>1279</v>
+      </c>
+      <c r="T201" t="s">
+        <v>1280</v>
+      </c>
+      <c r="U201" t="s">
+        <v>1281</v>
+      </c>
+      <c r="V201" t="s">
+        <v>1282</v>
+      </c>
+      <c r="W201" t="s">
+        <v>35</v>
+      </c>
+      <c r="X201" t="s">
+        <v>1283</v>
+      </c>
+      <c r="Y201" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z201" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA201" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB201" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC201" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="202" spans="1:29">
+      <c r="A202" t="s">
+        <v>556</v>
+      </c>
+      <c r="B202" t="s">
+        <v>201</v>
+      </c>
+      <c r="C202" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D202" t="s">
+        <v>1285</v>
+      </c>
+      <c r="E202" t="s">
+        <v>189</v>
+      </c>
+      <c r="F202" t="s">
+        <v>35</v>
+      </c>
+      <c r="G202" t="s">
+        <v>35</v>
+      </c>
+      <c r="H202" t="s">
+        <v>35</v>
+      </c>
+      <c r="I202" t="s">
+        <v>35</v>
+      </c>
+      <c r="J202" t="s">
+        <v>1286</v>
+      </c>
+      <c r="K202" t="s">
+        <v>35</v>
+      </c>
+      <c r="L202" t="s">
+        <v>742</v>
+      </c>
+      <c r="M202" t="s">
+        <v>38</v>
+      </c>
+      <c r="N202" t="s">
+        <v>38</v>
+      </c>
+      <c r="O202" t="s">
+        <v>35</v>
+      </c>
+      <c r="P202" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q202" t="s">
+        <v>1287</v>
+      </c>
+      <c r="R202" t="s">
+        <v>35</v>
+      </c>
+      <c r="S202" t="s">
+        <v>35</v>
+      </c>
+      <c r="T202" t="s">
+        <v>1288</v>
+      </c>
+      <c r="U202" t="s">
+        <v>35</v>
+      </c>
+      <c r="V202" t="s">
+        <v>35</v>
+      </c>
+      <c r="W202" t="s">
+        <v>35</v>
+      </c>
+      <c r="X202" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y202" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z202" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA202" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB202" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC202" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="203" spans="1:29">
+      <c r="A203" t="s">
+        <v>234</v>
+      </c>
+      <c r="B203" t="s">
+        <v>30</v>
+      </c>
+      <c r="C203" t="s">
+        <v>1284</v>
+      </c>
+      <c r="D203" t="s">
+        <v>1289</v>
+      </c>
+      <c r="E203" t="s">
+        <v>204</v>
+      </c>
+      <c r="F203" t="s">
+        <v>34</v>
+      </c>
+      <c r="G203" t="s">
+        <v>35</v>
+      </c>
+      <c r="H203" t="s">
+        <v>35</v>
+      </c>
+      <c r="I203" t="s">
+        <v>35</v>
+      </c>
+      <c r="J203" t="s">
+        <v>1290</v>
+      </c>
+      <c r="K203" t="s">
+        <v>35</v>
+      </c>
+      <c r="L203" t="s">
+        <v>111</v>
+      </c>
+      <c r="M203" t="s">
+        <v>38</v>
+      </c>
+      <c r="N203" t="s">
+        <v>38</v>
+      </c>
+      <c r="O203" t="s">
+        <v>35</v>
+      </c>
+      <c r="P203" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q203" t="s">
+        <v>1291</v>
+      </c>
+      <c r="R203" t="s">
+        <v>35</v>
+      </c>
+      <c r="S203" t="s">
+        <v>1292</v>
+      </c>
+      <c r="T203" t="s">
+        <v>35</v>
+      </c>
+      <c r="U203" t="s">
+        <v>35</v>
+      </c>
+      <c r="V203" t="s">
+        <v>1293</v>
+      </c>
+      <c r="W203" t="s">
+        <v>35</v>
+      </c>
+      <c r="X203" t="s">
+        <v>1294</v>
+      </c>
+      <c r="Y203" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z203" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA203" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB203" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC203" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="204" spans="1:29">
+      <c r="A204" t="s">
+        <v>556</v>
+      </c>
+      <c r="B204" t="s">
+        <v>30</v>
+      </c>
+      <c r="C204" t="s">
+        <v>1295</v>
+      </c>
+      <c r="D204" t="s">
+        <v>1296</v>
+      </c>
+      <c r="E204" t="s">
+        <v>206</v>
+      </c>
+      <c r="F204" t="s">
+        <v>34</v>
+      </c>
+      <c r="G204" t="s">
+        <v>35</v>
+      </c>
+      <c r="H204" t="s">
+        <v>35</v>
+      </c>
+      <c r="I204" t="s">
+        <v>35</v>
+      </c>
+      <c r="J204" t="s">
+        <v>1297</v>
+      </c>
+      <c r="K204" t="s">
+        <v>35</v>
+      </c>
+      <c r="L204" t="s">
+        <v>33</v>
+      </c>
+      <c r="M204" t="s">
+        <v>33</v>
+      </c>
+      <c r="N204" t="s">
+        <v>38</v>
+      </c>
+      <c r="O204" t="s">
+        <v>35</v>
+      </c>
+      <c r="P204" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q204" t="s">
+        <v>1298</v>
+      </c>
+      <c r="R204" t="s">
+        <v>1299</v>
+      </c>
+      <c r="S204" t="s">
+        <v>35</v>
+      </c>
+      <c r="T204" t="s">
+        <v>1300</v>
+      </c>
+      <c r="U204" t="s">
+        <v>1301</v>
+      </c>
+      <c r="V204" t="s">
+        <v>1302</v>
+      </c>
+      <c r="W204" t="s">
+        <v>35</v>
+      </c>
+      <c r="X204" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y204" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z204" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA204" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB204" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC204" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="205" spans="1:29">
+      <c r="A205" t="s">
+        <v>556</v>
+      </c>
+      <c r="B205" t="s">
+        <v>30</v>
+      </c>
+      <c r="C205" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1304</v>
+      </c>
+      <c r="E205" t="s">
+        <v>189</v>
+      </c>
+      <c r="F205" t="s">
+        <v>34</v>
+      </c>
+      <c r="G205" t="s">
+        <v>35</v>
+      </c>
+      <c r="H205" t="s">
+        <v>35</v>
+      </c>
+      <c r="I205" t="s">
+        <v>35</v>
+      </c>
+      <c r="J205" t="s">
+        <v>1305</v>
+      </c>
+      <c r="K205" t="s">
+        <v>35</v>
+      </c>
+      <c r="L205" t="s">
+        <v>111</v>
+      </c>
+      <c r="M205" t="s">
+        <v>38</v>
+      </c>
+      <c r="N205" t="s">
+        <v>38</v>
+      </c>
+      <c r="O205" t="s">
+        <v>35</v>
+      </c>
+      <c r="P205" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q205" t="s">
+        <v>35</v>
+      </c>
+      <c r="R205" t="s">
+        <v>35</v>
+      </c>
+      <c r="S205" t="s">
+        <v>35</v>
+      </c>
+      <c r="T205" t="s">
+        <v>1306</v>
+      </c>
+      <c r="U205" t="s">
+        <v>35</v>
+      </c>
+      <c r="V205" t="s">
+        <v>1307</v>
+      </c>
+      <c r="W205" t="s">
+        <v>35</v>
+      </c>
+      <c r="X205" t="s">
+        <v>1308</v>
+      </c>
+      <c r="Y205" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z205" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA205" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB205" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC205" t="s">
+        <v>1309</v>
+      </c>
+    </row>
+    <row r="206" spans="1:29">
+      <c r="A206" t="s">
+        <v>72</v>
+      </c>
+      <c r="B206" t="s">
+        <v>132</v>
+      </c>
+      <c r="C206" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D206" t="s">
+        <v>1310</v>
+      </c>
+      <c r="E206" t="s">
+        <v>38</v>
+      </c>
+      <c r="F206" t="s">
+        <v>35</v>
+      </c>
+      <c r="G206" t="s">
+        <v>35</v>
+      </c>
+      <c r="H206" t="s">
+        <v>34</v>
+      </c>
+      <c r="I206" t="s">
+        <v>35</v>
+      </c>
+      <c r="J206" t="s">
+        <v>1311</v>
+      </c>
+      <c r="K206" t="s">
+        <v>35</v>
+      </c>
+      <c r="L206" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M206" t="s">
+        <v>38</v>
+      </c>
+      <c r="N206" t="s">
+        <v>38</v>
+      </c>
+      <c r="O206" t="s">
+        <v>35</v>
+      </c>
+      <c r="P206" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q206" t="s">
+        <v>35</v>
+      </c>
+      <c r="R206" t="s">
+        <v>35</v>
+      </c>
+      <c r="S206" t="s">
+        <v>35</v>
+      </c>
+      <c r="T206" t="s">
+        <v>35</v>
+      </c>
+      <c r="U206" t="s">
+        <v>35</v>
+      </c>
+      <c r="V206" t="s">
+        <v>35</v>
+      </c>
+      <c r="W206" t="s">
+        <v>35</v>
+      </c>
+      <c r="X206" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y206" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z206" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA206" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB206" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC206" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="207" spans="1:29">
+      <c r="A207" t="s">
+        <v>72</v>
+      </c>
+      <c r="B207" t="s">
+        <v>132</v>
+      </c>
+      <c r="C207" t="s">
+        <v>1303</v>
+      </c>
+      <c r="D207" t="s">
+        <v>1310</v>
+      </c>
+      <c r="E207" t="s">
+        <v>38</v>
+      </c>
+      <c r="F207" t="s">
+        <v>35</v>
+      </c>
+      <c r="G207" t="s">
+        <v>35</v>
+      </c>
+      <c r="H207" t="s">
+        <v>34</v>
+      </c>
+      <c r="I207" t="s">
+        <v>35</v>
+      </c>
+      <c r="J207" t="s">
+        <v>1311</v>
+      </c>
+      <c r="K207" t="s">
+        <v>35</v>
+      </c>
+      <c r="L207" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M207" t="s">
+        <v>38</v>
+      </c>
+      <c r="N207" t="s">
+        <v>38</v>
+      </c>
+      <c r="O207" t="s">
+        <v>45</v>
+      </c>
+      <c r="P207" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q207" t="s">
+        <v>35</v>
+      </c>
+      <c r="R207" t="s">
+        <v>35</v>
+      </c>
+      <c r="S207" t="s">
+        <v>35</v>
+      </c>
+      <c r="T207" t="s">
+        <v>35</v>
+      </c>
+      <c r="U207" t="s">
+        <v>35</v>
+      </c>
+      <c r="V207" t="s">
+        <v>35</v>
+      </c>
+      <c r="W207" t="s">
+        <v>35</v>
+      </c>
+      <c r="X207" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y207" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z207" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA207" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB207" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC207" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="208" spans="1:29">
+      <c r="A208" t="s">
+        <v>427</v>
+      </c>
+      <c r="B208" t="s">
+        <v>201</v>
+      </c>
+      <c r="C208" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D208" t="s">
+        <v>1313</v>
+      </c>
+      <c r="E208" t="s">
+        <v>206</v>
+      </c>
+      <c r="F208" t="s">
+        <v>35</v>
+      </c>
+      <c r="G208" t="s">
+        <v>35</v>
+      </c>
+      <c r="H208" t="s">
+        <v>35</v>
+      </c>
+      <c r="I208" t="s">
+        <v>35</v>
+      </c>
+      <c r="J208" t="s">
+        <v>1314</v>
+      </c>
+      <c r="K208" t="s">
+        <v>35</v>
+      </c>
+      <c r="L208" t="s">
+        <v>191</v>
+      </c>
+      <c r="M208" t="s">
+        <v>206</v>
+      </c>
+      <c r="N208" t="s">
+        <v>38</v>
+      </c>
+      <c r="O208" t="s">
+        <v>35</v>
+      </c>
+      <c r="P208" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q208" t="s">
+        <v>1315</v>
+      </c>
+      <c r="R208" t="s">
+        <v>35</v>
+      </c>
+      <c r="S208" t="s">
+        <v>35</v>
+      </c>
+      <c r="T208" t="s">
+        <v>1316</v>
+      </c>
+      <c r="U208" t="s">
+        <v>35</v>
+      </c>
+      <c r="V208" t="s">
+        <v>35</v>
+      </c>
+      <c r="W208" t="s">
+        <v>35</v>
+      </c>
+      <c r="X208" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y208" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z208" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA208" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB208" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC208" t="s">
+        <v>1317</v>
+      </c>
+    </row>
+    <row r="209" spans="1:29">
+      <c r="A209" t="s">
+        <v>427</v>
+      </c>
+      <c r="B209" t="s">
+        <v>201</v>
+      </c>
+      <c r="C209" t="s">
+        <v>1312</v>
+      </c>
+      <c r="D209" t="s">
+        <v>1318</v>
+      </c>
+      <c r="E209" t="s">
+        <v>204</v>
+      </c>
+      <c r="F209" t="s">
+        <v>35</v>
+      </c>
+      <c r="G209" t="s">
+        <v>35</v>
+      </c>
+      <c r="H209" t="s">
+        <v>35</v>
+      </c>
+      <c r="I209" t="s">
+        <v>35</v>
+      </c>
+      <c r="J209" t="s">
+        <v>1319</v>
+      </c>
+      <c r="K209" t="s">
+        <v>35</v>
+      </c>
+      <c r="L209" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M209" t="s">
+        <v>204</v>
+      </c>
+      <c r="N209" t="s">
+        <v>38</v>
+      </c>
+      <c r="O209" t="s">
+        <v>35</v>
+      </c>
+      <c r="P209" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q209" t="s">
+        <v>1320</v>
+      </c>
+      <c r="R209" t="s">
+        <v>35</v>
+      </c>
+      <c r="S209" t="s">
+        <v>35</v>
+      </c>
+      <c r="T209" t="s">
+        <v>1232</v>
+      </c>
+      <c r="U209" t="s">
+        <v>35</v>
+      </c>
+      <c r="V209" t="s">
+        <v>35</v>
+      </c>
+      <c r="W209" t="s">
+        <v>35</v>
+      </c>
+      <c r="X209" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y209" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z209" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA209" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB209" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC209" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="210" spans="1:29">
+      <c r="A210" t="s">
+        <v>29</v>
+      </c>
+      <c r="B210" t="s">
+        <v>60</v>
+      </c>
+      <c r="C210" t="s">
+        <v>1321</v>
+      </c>
+      <c r="D210" t="s">
+        <v>1322</v>
+      </c>
+      <c r="E210" t="s">
+        <v>216</v>
+      </c>
+      <c r="F210" t="s">
+        <v>35</v>
+      </c>
+      <c r="G210" t="s">
+        <v>76</v>
+      </c>
+      <c r="H210" t="s">
+        <v>35</v>
+      </c>
+      <c r="I210" t="s">
+        <v>35</v>
+      </c>
+      <c r="J210" t="s">
+        <v>1323</v>
+      </c>
+      <c r="K210" t="s">
+        <v>35</v>
+      </c>
+      <c r="L210" t="s">
+        <v>164</v>
+      </c>
+      <c r="M210" t="s">
+        <v>38</v>
+      </c>
+      <c r="N210" t="s">
+        <v>38</v>
+      </c>
+      <c r="O210" t="s">
+        <v>35</v>
+      </c>
+      <c r="P210" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q210" t="s">
+        <v>35</v>
+      </c>
+      <c r="R210" t="s">
+        <v>35</v>
+      </c>
+      <c r="S210" t="s">
+        <v>35</v>
+      </c>
+      <c r="T210" t="s">
+        <v>425</v>
+      </c>
+      <c r="U210" t="s">
+        <v>35</v>
+      </c>
+      <c r="V210" t="s">
+        <v>35</v>
+      </c>
+      <c r="W210" t="s">
+        <v>35</v>
+      </c>
+      <c r="X210" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y210" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z210" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA210" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB210" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC210" t="s">
+        <v>1324</v>
+      </c>
+    </row>
+    <row r="211" spans="1:29">
+      <c r="A211" t="s">
+        <v>655</v>
+      </c>
+      <c r="B211" t="s">
+        <v>60</v>
+      </c>
+      <c r="C211" t="s">
+        <v>1325</v>
+      </c>
+      <c r="D211" t="s">
+        <v>1326</v>
+      </c>
+      <c r="E211" t="s">
+        <v>75</v>
+      </c>
+      <c r="F211" t="s">
+        <v>35</v>
+      </c>
+      <c r="G211" t="s">
+        <v>76</v>
+      </c>
+      <c r="H211" t="s">
+        <v>35</v>
+      </c>
+      <c r="I211" t="s">
+        <v>35</v>
+      </c>
+      <c r="J211" t="s">
+        <v>1327</v>
+      </c>
+      <c r="K211" t="s">
+        <v>35</v>
+      </c>
+      <c r="L211" t="s">
+        <v>52</v>
+      </c>
+      <c r="M211" t="s">
+        <v>38</v>
+      </c>
+      <c r="N211" t="s">
+        <v>38</v>
+      </c>
+      <c r="O211" t="s">
+        <v>35</v>
+      </c>
+      <c r="P211" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q211" t="s">
+        <v>1328</v>
+      </c>
+      <c r="R211" t="s">
+        <v>1329</v>
+      </c>
+      <c r="S211" t="s">
+        <v>1330</v>
+      </c>
+      <c r="T211" t="s">
+        <v>1331</v>
+      </c>
+      <c r="U211" t="s">
+        <v>1331</v>
+      </c>
+      <c r="V211" t="s">
+        <v>1332</v>
+      </c>
+      <c r="W211" t="s">
+        <v>35</v>
+      </c>
+      <c r="X211" t="s">
+        <v>1333</v>
+      </c>
+      <c r="Y211" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z211" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA211" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB211" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC211" t="s">
+        <v>1334</v>
+      </c>
+    </row>
+    <row r="212" spans="1:29">
+      <c r="A212" t="s">
+        <v>29</v>
+      </c>
+      <c r="B212" t="s">
+        <v>132</v>
+      </c>
+      <c r="C212" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D212" t="s">
+        <v>1336</v>
+      </c>
+      <c r="E212" t="s">
+        <v>1202</v>
+      </c>
+      <c r="F212" t="s">
+        <v>35</v>
+      </c>
+      <c r="G212" t="s">
+        <v>35</v>
+      </c>
+      <c r="H212" t="s">
+        <v>238</v>
+      </c>
+      <c r="I212" t="s">
+        <v>35</v>
+      </c>
+      <c r="J212" t="s">
+        <v>1337</v>
+      </c>
+      <c r="K212" t="s">
+        <v>35</v>
+      </c>
+      <c r="L212" t="s">
+        <v>1338</v>
+      </c>
+      <c r="M212" t="s">
+        <v>1202</v>
+      </c>
+      <c r="N212" t="s">
+        <v>38</v>
+      </c>
+      <c r="O212" t="s">
+        <v>35</v>
+      </c>
+      <c r="P212" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q212" t="s">
+        <v>35</v>
+      </c>
+      <c r="R212" t="s">
+        <v>35</v>
+      </c>
+      <c r="S212" t="s">
+        <v>35</v>
+      </c>
+      <c r="T212" t="s">
+        <v>35</v>
+      </c>
+      <c r="U212" t="s">
+        <v>35</v>
+      </c>
+      <c r="V212" t="s">
+        <v>69</v>
+      </c>
+      <c r="W212" t="s">
+        <v>35</v>
+      </c>
+      <c r="X212" t="s">
+        <v>1339</v>
+      </c>
+      <c r="Y212" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z212" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA212" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB212" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC212" t="s">
+        <v>1340</v>
+      </c>
+    </row>
+    <row r="213" spans="1:29">
+      <c r="A213" t="s">
+        <v>556</v>
+      </c>
+      <c r="B213" t="s">
+        <v>30</v>
+      </c>
+      <c r="C213" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D213" t="s">
+        <v>1341</v>
+      </c>
+      <c r="E213" t="s">
+        <v>880</v>
+      </c>
+      <c r="F213" t="s">
+        <v>34</v>
+      </c>
+      <c r="G213" t="s">
+        <v>35</v>
+      </c>
+      <c r="H213" t="s">
+        <v>35</v>
+      </c>
+      <c r="I213" t="s">
+        <v>35</v>
+      </c>
+      <c r="J213" t="s">
+        <v>1342</v>
+      </c>
+      <c r="K213" t="s">
+        <v>35</v>
+      </c>
+      <c r="L213" t="s">
+        <v>560</v>
+      </c>
+      <c r="M213" t="s">
+        <v>38</v>
+      </c>
+      <c r="N213" t="s">
+        <v>38</v>
+      </c>
+      <c r="O213" t="s">
+        <v>35</v>
+      </c>
+      <c r="P213" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q213" t="s">
+        <v>1343</v>
+      </c>
+      <c r="R213" t="s">
+        <v>1344</v>
+      </c>
+      <c r="S213" t="s">
+        <v>35</v>
+      </c>
+      <c r="T213" t="s">
+        <v>1345</v>
+      </c>
+      <c r="U213" t="s">
+        <v>1346</v>
+      </c>
+      <c r="V213" t="s">
+        <v>35</v>
+      </c>
+      <c r="W213" t="s">
+        <v>35</v>
+      </c>
+      <c r="X213" t="s">
+        <v>1347</v>
+      </c>
+      <c r="Y213" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z213" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA213" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB213" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC213" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="214" spans="1:29">
+      <c r="A214" t="s">
+        <v>556</v>
+      </c>
+      <c r="B214" t="s">
+        <v>30</v>
+      </c>
+      <c r="C214" t="s">
+        <v>1335</v>
+      </c>
+      <c r="D214" t="s">
+        <v>1348</v>
+      </c>
+      <c r="E214" t="s">
+        <v>206</v>
+      </c>
+      <c r="F214" t="s">
+        <v>34</v>
+      </c>
+      <c r="G214" t="s">
+        <v>35</v>
+      </c>
+      <c r="H214" t="s">
+        <v>35</v>
+      </c>
+      <c r="I214" t="s">
+        <v>35</v>
+      </c>
+      <c r="J214" t="s">
+        <v>1349</v>
+      </c>
+      <c r="K214" t="s">
+        <v>35</v>
+      </c>
+      <c r="L214" t="s">
+        <v>37</v>
+      </c>
+      <c r="M214" t="s">
+        <v>178</v>
+      </c>
+      <c r="N214" t="s">
+        <v>696</v>
+      </c>
+      <c r="O214" t="s">
+        <v>35</v>
+      </c>
+      <c r="P214" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q214" t="s">
+        <v>1350</v>
+      </c>
+      <c r="R214" t="s">
+        <v>1351</v>
+      </c>
+      <c r="S214" t="s">
+        <v>35</v>
+      </c>
+      <c r="T214" t="s">
+        <v>1352</v>
+      </c>
+      <c r="U214" t="s">
+        <v>35</v>
+      </c>
+      <c r="V214" t="s">
+        <v>35</v>
+      </c>
+      <c r="W214" t="s">
+        <v>35</v>
+      </c>
+      <c r="X214" t="s">
+        <v>1353</v>
+      </c>
+      <c r="Y214" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z214" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA214" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB214" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC214" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="215" spans="1:29">
+      <c r="A215" t="s">
+        <v>72</v>
+      </c>
+      <c r="B215" t="s">
+        <v>30</v>
+      </c>
+      <c r="C215" t="s">
+        <v>1354</v>
+      </c>
+      <c r="D215" t="s">
+        <v>1355</v>
+      </c>
+      <c r="E215" t="s">
+        <v>109</v>
+      </c>
+      <c r="F215" t="s">
+        <v>34</v>
+      </c>
+      <c r="G215" t="s">
+        <v>35</v>
+      </c>
+      <c r="H215" t="s">
+        <v>35</v>
+      </c>
+      <c r="I215" t="s">
+        <v>35</v>
+      </c>
+      <c r="J215" t="s">
+        <v>1356</v>
+      </c>
+      <c r="K215" t="s">
+        <v>35</v>
+      </c>
+      <c r="L215" t="s">
+        <v>88</v>
+      </c>
+      <c r="M215" t="s">
+        <v>49</v>
+      </c>
+      <c r="N215" t="s">
+        <v>38</v>
+      </c>
+      <c r="O215" t="s">
+        <v>35</v>
+      </c>
+      <c r="P215" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q215" t="s">
+        <v>1357</v>
+      </c>
+      <c r="R215" t="s">
+        <v>1358</v>
+      </c>
+      <c r="S215" t="s">
+        <v>1359</v>
+      </c>
+      <c r="T215" t="s">
+        <v>1360</v>
+      </c>
+      <c r="U215" t="s">
+        <v>1361</v>
+      </c>
+      <c r="V215" t="s">
+        <v>35</v>
+      </c>
+      <c r="W215" t="s">
+        <v>35</v>
+      </c>
+      <c r="X215" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y215" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z215" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA215" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB215" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC215" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="216" spans="1:29">
+      <c r="A216" t="s">
+        <v>482</v>
+      </c>
+      <c r="B216" t="s">
+        <v>30</v>
+      </c>
+      <c r="C216" t="s">
+        <v>1362</v>
+      </c>
+      <c r="D216" t="s">
+        <v>1363</v>
+      </c>
+      <c r="E216" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F216" t="s">
+        <v>34</v>
+      </c>
+      <c r="G216" t="s">
+        <v>35</v>
+      </c>
+      <c r="H216" t="s">
+        <v>35</v>
+      </c>
+      <c r="I216" t="s">
+        <v>35</v>
+      </c>
+      <c r="J216" t="s">
+        <v>1365</v>
+      </c>
+      <c r="K216" t="s">
+        <v>35</v>
+      </c>
+      <c r="L216" t="s">
+        <v>676</v>
+      </c>
+      <c r="M216" t="s">
+        <v>38</v>
+      </c>
+      <c r="N216" t="s">
+        <v>38</v>
+      </c>
+      <c r="O216" t="s">
+        <v>35</v>
+      </c>
+      <c r="P216" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q216" t="s">
+        <v>1366</v>
+      </c>
+      <c r="R216" t="s">
+        <v>1367</v>
+      </c>
+      <c r="S216" t="s">
+        <v>35</v>
+      </c>
+      <c r="T216" t="s">
+        <v>35</v>
+      </c>
+      <c r="U216" t="s">
+        <v>35</v>
+      </c>
+      <c r="V216" t="s">
+        <v>1368</v>
+      </c>
+      <c r="W216" t="s">
+        <v>35</v>
+      </c>
+      <c r="X216" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y216" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z216" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA216" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB216" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC216" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="217" spans="1:29">
+      <c r="A217" t="s">
+        <v>556</v>
+      </c>
+      <c r="B217" t="s">
+        <v>30</v>
+      </c>
+      <c r="C217" t="s">
+        <v>1369</v>
+      </c>
+      <c r="D217" t="s">
+        <v>1370</v>
+      </c>
+      <c r="E217" t="s">
+        <v>178</v>
+      </c>
+      <c r="F217" t="s">
+        <v>50</v>
+      </c>
+      <c r="G217" t="s">
+        <v>35</v>
+      </c>
+      <c r="H217" t="s">
+        <v>35</v>
+      </c>
+      <c r="I217" t="s">
+        <v>35</v>
+      </c>
+      <c r="J217" t="s">
+        <v>1371</v>
+      </c>
+      <c r="K217" t="s">
+        <v>35</v>
+      </c>
+      <c r="L217" t="s">
+        <v>78</v>
+      </c>
+      <c r="M217" t="s">
+        <v>38</v>
+      </c>
+      <c r="N217" t="s">
+        <v>38</v>
+      </c>
+      <c r="O217" t="s">
+        <v>35</v>
+      </c>
+      <c r="P217" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q217" t="s">
+        <v>1372</v>
+      </c>
+      <c r="R217" t="s">
+        <v>1373</v>
+      </c>
+      <c r="S217" t="s">
+        <v>1373</v>
+      </c>
+      <c r="T217" t="s">
+        <v>35</v>
+      </c>
+      <c r="U217" t="s">
+        <v>1374</v>
+      </c>
+      <c r="V217" t="s">
+        <v>1375</v>
+      </c>
+      <c r="W217" t="s">
+        <v>35</v>
+      </c>
+      <c r="X217" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y217" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z217" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA217" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB217" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC217" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="218" spans="1:29">
+      <c r="A218" t="s">
+        <v>482</v>
+      </c>
+      <c r="B218" t="s">
+        <v>30</v>
+      </c>
+      <c r="C218" t="s">
+        <v>1376</v>
+      </c>
+      <c r="D218" t="s">
+        <v>1377</v>
+      </c>
+      <c r="E218" t="s">
+        <v>862</v>
+      </c>
+      <c r="F218" t="s">
+        <v>50</v>
+      </c>
+      <c r="G218" t="s">
+        <v>35</v>
+      </c>
+      <c r="H218" t="s">
+        <v>35</v>
+      </c>
+      <c r="I218" t="s">
+        <v>35</v>
+      </c>
+      <c r="J218" t="s">
+        <v>1378</v>
+      </c>
+      <c r="K218" t="s">
+        <v>35</v>
+      </c>
+      <c r="L218" t="s">
+        <v>52</v>
+      </c>
+      <c r="M218" t="s">
+        <v>38</v>
+      </c>
+      <c r="N218" t="s">
+        <v>38</v>
+      </c>
+      <c r="O218" t="s">
+        <v>35</v>
+      </c>
+      <c r="P218" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q218" t="s">
+        <v>1379</v>
+      </c>
+      <c r="R218" t="s">
+        <v>1380</v>
+      </c>
+      <c r="S218" t="s">
+        <v>344</v>
+      </c>
+      <c r="T218" t="s">
+        <v>35</v>
+      </c>
+      <c r="U218" t="s">
+        <v>35</v>
+      </c>
+      <c r="V218" t="s">
+        <v>1381</v>
+      </c>
+      <c r="W218" t="s">
+        <v>35</v>
+      </c>
+      <c r="X218" t="s">
+        <v>1382</v>
+      </c>
+      <c r="Y218" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z218" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA218" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB218" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC218" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="219" spans="1:29">
+      <c r="A219" t="s">
+        <v>29</v>
+      </c>
+      <c r="B219" t="s">
+        <v>30</v>
+      </c>
+      <c r="C219" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D219" t="s">
+        <v>1384</v>
+      </c>
+      <c r="E219" t="s">
+        <v>216</v>
+      </c>
+      <c r="F219" t="s">
+        <v>95</v>
+      </c>
+      <c r="G219" t="s">
+        <v>35</v>
+      </c>
+      <c r="H219" t="s">
+        <v>35</v>
+      </c>
+      <c r="I219" t="s">
+        <v>35</v>
+      </c>
+      <c r="J219" t="s">
+        <v>1385</v>
+      </c>
+      <c r="K219" t="s">
+        <v>35</v>
+      </c>
+      <c r="L219" t="s">
+        <v>97</v>
+      </c>
+      <c r="M219" t="s">
+        <v>38</v>
+      </c>
+      <c r="N219" t="s">
+        <v>38</v>
+      </c>
+      <c r="O219" t="s">
+        <v>35</v>
+      </c>
+      <c r="P219" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q219" t="s">
+        <v>1386</v>
+      </c>
+      <c r="R219" t="s">
+        <v>1387</v>
+      </c>
+      <c r="S219" t="s">
+        <v>1388</v>
+      </c>
+      <c r="T219" t="s">
+        <v>1389</v>
+      </c>
+      <c r="U219" t="s">
+        <v>35</v>
+      </c>
+      <c r="V219" t="s">
+        <v>1390</v>
+      </c>
+      <c r="W219" t="s">
+        <v>35</v>
+      </c>
+      <c r="X219" t="s">
+        <v>1391</v>
+      </c>
+      <c r="Y219" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z219" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA219" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB219" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC219" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="220" spans="1:29">
+      <c r="A220" t="s">
+        <v>29</v>
+      </c>
+      <c r="B220" t="s">
+        <v>30</v>
+      </c>
+      <c r="C220" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D220" t="s">
+        <v>1392</v>
+      </c>
+      <c r="E220" t="s">
+        <v>351</v>
+      </c>
+      <c r="F220" t="s">
+        <v>34</v>
+      </c>
+      <c r="G220" t="s">
+        <v>35</v>
+      </c>
+      <c r="H220" t="s">
+        <v>35</v>
+      </c>
+      <c r="I220" t="s">
+        <v>35</v>
+      </c>
+      <c r="J220" t="s">
+        <v>1393</v>
+      </c>
+      <c r="K220" t="s">
+        <v>35</v>
+      </c>
+      <c r="L220" t="s">
+        <v>421</v>
+      </c>
+      <c r="M220" t="s">
+        <v>351</v>
+      </c>
+      <c r="N220" t="s">
+        <v>38</v>
+      </c>
+      <c r="O220" t="s">
+        <v>35</v>
+      </c>
+      <c r="P220" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q220" t="s">
+        <v>1394</v>
+      </c>
+      <c r="S220" t="s">
+        <v>1395</v>
+      </c>
+      <c r="U220" t="s">
+        <v>35</v>
+      </c>
+      <c r="V220" t="s">
+        <v>1396</v>
+      </c>
+      <c r="W220" t="s">
+        <v>35</v>
+      </c>
+      <c r="X220" t="s">
+        <v>1397</v>
+      </c>
+      <c r="Y220" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z220" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA220" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB220" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC220" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="221" spans="1:29">
+      <c r="A221" t="s">
+        <v>29</v>
+      </c>
+      <c r="B221" t="s">
+        <v>60</v>
+      </c>
+      <c r="C221" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D221" t="s">
+        <v>1398</v>
+      </c>
+      <c r="E221" t="s">
+        <v>98</v>
+      </c>
+      <c r="F221" t="s">
+        <v>35</v>
+      </c>
+      <c r="G221" t="s">
+        <v>76</v>
+      </c>
+      <c r="H221" t="s">
+        <v>35</v>
+      </c>
+      <c r="I221" t="s">
+        <v>35</v>
+      </c>
+      <c r="J221" t="s">
+        <v>1399</v>
+      </c>
+      <c r="K221" t="s">
+        <v>35</v>
+      </c>
+      <c r="L221" t="s">
+        <v>97</v>
+      </c>
+      <c r="M221" t="s">
+        <v>98</v>
+      </c>
+      <c r="N221" t="s">
+        <v>38</v>
+      </c>
+      <c r="O221" t="s">
+        <v>35</v>
+      </c>
+      <c r="P221" t="s">
+        <v>1400</v>
+      </c>
+      <c r="Q221" t="s">
+        <v>1401</v>
+      </c>
+      <c r="R221" t="s">
+        <v>35</v>
+      </c>
+      <c r="S221" t="s">
+        <v>35</v>
+      </c>
+      <c r="T221" t="s">
+        <v>1402</v>
+      </c>
+      <c r="U221" t="s">
+        <v>35</v>
+      </c>
+      <c r="V221" t="s">
+        <v>69</v>
+      </c>
+      <c r="W221" t="s">
+        <v>35</v>
+      </c>
+      <c r="X221" t="s">
+        <v>1403</v>
+      </c>
+      <c r="Y221" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z221" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA221" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB221" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC221" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="222" spans="1:29">
+      <c r="A222" t="s">
+        <v>29</v>
+      </c>
+      <c r="B222" t="s">
+        <v>30</v>
+      </c>
+      <c r="C222" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D222" t="s">
+        <v>1404</v>
+      </c>
+      <c r="E222" t="s">
+        <v>189</v>
+      </c>
+      <c r="F222" t="s">
+        <v>34</v>
+      </c>
+      <c r="G222" t="s">
+        <v>35</v>
+      </c>
+      <c r="H222" t="s">
+        <v>35</v>
+      </c>
+      <c r="I222" t="s">
+        <v>35</v>
+      </c>
+      <c r="J222" t="s">
+        <v>1405</v>
+      </c>
+      <c r="K222" t="s">
+        <v>35</v>
+      </c>
+      <c r="L222" t="s">
+        <v>231</v>
+      </c>
+      <c r="M222" t="s">
+        <v>189</v>
+      </c>
+      <c r="N222" t="s">
+        <v>38</v>
+      </c>
+      <c r="O222" t="s">
+        <v>35</v>
+      </c>
+      <c r="P222" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q222" t="s">
+        <v>1406</v>
+      </c>
+      <c r="R222" t="s">
+        <v>35</v>
+      </c>
+      <c r="S222" t="s">
+        <v>35</v>
+      </c>
+      <c r="T222" t="s">
+        <v>35</v>
+      </c>
+      <c r="U222" t="s">
+        <v>1407</v>
+      </c>
+      <c r="V222" t="s">
+        <v>35</v>
+      </c>
+      <c r="W222" t="s">
+        <v>35</v>
+      </c>
+      <c r="X222" t="s">
+        <v>1408</v>
+      </c>
+      <c r="Y222" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z222" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA222" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB222" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC222" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="223" spans="1:29">
+      <c r="A223" t="s">
+        <v>556</v>
+      </c>
+      <c r="B223" t="s">
+        <v>60</v>
+      </c>
+      <c r="C223" t="s">
+        <v>1383</v>
+      </c>
+      <c r="D223" t="s">
+        <v>1409</v>
+      </c>
+      <c r="E223" t="s">
+        <v>33</v>
+      </c>
+      <c r="F223" t="s">
+        <v>35</v>
+      </c>
+      <c r="G223" t="s">
+        <v>86</v>
+      </c>
+      <c r="H223" t="s">
+        <v>35</v>
+      </c>
+      <c r="I223" t="s">
+        <v>35</v>
+      </c>
+      <c r="J223" t="s">
+        <v>1410</v>
+      </c>
+      <c r="K223" t="s">
+        <v>35</v>
+      </c>
+      <c r="L223" t="s">
+        <v>37</v>
+      </c>
+      <c r="M223" t="s">
+        <v>178</v>
+      </c>
+      <c r="N223" t="s">
+        <v>38</v>
+      </c>
+      <c r="O223" t="s">
+        <v>35</v>
+      </c>
+      <c r="P223" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q223" t="s">
+        <v>1411</v>
+      </c>
+      <c r="R223" t="s">
+        <v>35</v>
+      </c>
+      <c r="S223" t="s">
+        <v>35</v>
+      </c>
+      <c r="T223" t="s">
+        <v>35</v>
+      </c>
+      <c r="U223" t="s">
+        <v>35</v>
+      </c>
+      <c r="V223" t="s">
+        <v>35</v>
+      </c>
+      <c r="W223" t="s">
+        <v>35</v>
+      </c>
+      <c r="X223" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y223" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z223" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA223" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB223" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC223" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="224" spans="1:29">
+      <c r="A224" t="s">
+        <v>556</v>
+      </c>
+      <c r="B224" t="s">
+        <v>201</v>
+      </c>
+      <c r="C224" t="s">
+        <v>1412</v>
+      </c>
+      <c r="D224" t="s">
+        <v>1413</v>
+      </c>
+      <c r="E224" t="s">
+        <v>204</v>
+      </c>
+      <c r="F224" t="s">
+        <v>35</v>
+      </c>
+      <c r="G224" t="s">
+        <v>35</v>
+      </c>
+      <c r="H224" t="s">
+        <v>35</v>
+      </c>
+      <c r="I224" t="s">
+        <v>35</v>
+      </c>
+      <c r="J224" t="s">
+        <v>1414</v>
+      </c>
+      <c r="K224" t="s">
+        <v>35</v>
+      </c>
+      <c r="L224" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M224" t="s">
+        <v>204</v>
+      </c>
+      <c r="N224" t="s">
+        <v>38</v>
+      </c>
+      <c r="O224" t="s">
+        <v>35</v>
+      </c>
+      <c r="P224" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q224" t="s">
+        <v>1415</v>
+      </c>
+      <c r="R224" t="s">
+        <v>35</v>
+      </c>
+      <c r="S224" t="s">
+        <v>35</v>
+      </c>
+      <c r="T224" t="s">
+        <v>68</v>
+      </c>
+      <c r="U224" t="s">
+        <v>1374</v>
+      </c>
+      <c r="V224" t="s">
+        <v>35</v>
+      </c>
+      <c r="W224" t="s">
+        <v>35</v>
+      </c>
+      <c r="X224" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y224" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z224" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA224" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB224" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC224" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="225" spans="1:29">
+      <c r="A225" t="s">
+        <v>556</v>
+      </c>
+      <c r="B225" t="s">
+        <v>30</v>
+      </c>
+      <c r="C225" t="s">
+        <v>1416</v>
+      </c>
+      <c r="D225" t="s">
+        <v>1417</v>
+      </c>
+      <c r="E225" t="s">
+        <v>178</v>
+      </c>
+      <c r="F225" t="s">
+        <v>50</v>
+      </c>
+      <c r="G225" t="s">
+        <v>35</v>
+      </c>
+      <c r="H225" t="s">
+        <v>35</v>
+      </c>
+      <c r="I225" t="s">
+        <v>35</v>
+      </c>
+      <c r="J225" t="s">
+        <v>1418</v>
+      </c>
+      <c r="K225" t="s">
+        <v>35</v>
+      </c>
+      <c r="L225" t="s">
+        <v>269</v>
+      </c>
+      <c r="M225" t="s">
+        <v>862</v>
+      </c>
+      <c r="N225" t="s">
+        <v>38</v>
+      </c>
+      <c r="O225" t="s">
+        <v>35</v>
+      </c>
+      <c r="P225" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q225" t="s">
+        <v>1419</v>
+      </c>
+      <c r="R225" t="s">
+        <v>1420</v>
+      </c>
+      <c r="S225" t="s">
+        <v>35</v>
+      </c>
+      <c r="U225" t="s">
+        <v>35</v>
+      </c>
+      <c r="V225" t="s">
+        <v>35</v>
+      </c>
+      <c r="W225" t="s">
+        <v>35</v>
+      </c>
+      <c r="X225" t="s">
+        <v>1421</v>
+      </c>
+      <c r="Y225" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z225" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA225" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB225" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC225" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="226" spans="1:29">
+      <c r="A226" t="s">
+        <v>655</v>
+      </c>
+      <c r="B226" t="s">
+        <v>30</v>
+      </c>
+      <c r="C226" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D226" t="s">
+        <v>1423</v>
+      </c>
+      <c r="E226" t="s">
+        <v>204</v>
+      </c>
+      <c r="F226" t="s">
+        <v>34</v>
+      </c>
+      <c r="G226" t="s">
+        <v>35</v>
+      </c>
+      <c r="H226" t="s">
+        <v>35</v>
+      </c>
+      <c r="I226" t="s">
+        <v>35</v>
+      </c>
+      <c r="J226" t="s">
+        <v>1424</v>
+      </c>
+      <c r="K226" t="s">
+        <v>35</v>
+      </c>
+      <c r="L226" t="s">
+        <v>191</v>
+      </c>
+      <c r="M226" t="s">
+        <v>38</v>
+      </c>
+      <c r="N226" t="s">
+        <v>38</v>
+      </c>
+      <c r="O226" t="s">
+        <v>35</v>
+      </c>
+      <c r="P226" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q226" t="s">
+        <v>1425</v>
+      </c>
+      <c r="R226" t="s">
+        <v>35</v>
+      </c>
+      <c r="S226" t="s">
+        <v>35</v>
+      </c>
+      <c r="T226" t="s">
+        <v>35</v>
+      </c>
+      <c r="U226" t="s">
+        <v>1426</v>
+      </c>
+      <c r="V226" t="s">
+        <v>35</v>
+      </c>
+      <c r="W226" t="s">
+        <v>35</v>
+      </c>
+      <c r="X226" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y226" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z226" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA226" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB226" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC226" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="227" spans="1:29">
+      <c r="A227" t="s">
+        <v>556</v>
+      </c>
+      <c r="B227" t="s">
+        <v>132</v>
+      </c>
+      <c r="C227" t="s">
+        <v>1422</v>
+      </c>
+      <c r="D227" t="s">
+        <v>1427</v>
+      </c>
+      <c r="E227" t="s">
+        <v>204</v>
+      </c>
+      <c r="F227" t="s">
+        <v>35</v>
+      </c>
+      <c r="G227" t="s">
+        <v>35</v>
+      </c>
+      <c r="H227" t="s">
+        <v>34</v>
+      </c>
+      <c r="I227" t="s">
+        <v>35</v>
+      </c>
+      <c r="J227" t="s">
+        <v>1428</v>
+      </c>
+      <c r="K227" t="s">
+        <v>35</v>
+      </c>
+      <c r="L227" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M227" t="s">
+        <v>38</v>
+      </c>
+      <c r="N227" t="s">
+        <v>38</v>
+      </c>
+      <c r="O227" t="s">
+        <v>35</v>
+      </c>
+      <c r="P227" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q227" t="s">
+        <v>1429</v>
+      </c>
+      <c r="R227" t="s">
+        <v>35</v>
+      </c>
+      <c r="S227" t="s">
+        <v>35</v>
+      </c>
+      <c r="T227" t="s">
+        <v>1345</v>
+      </c>
+      <c r="U227" t="s">
+        <v>35</v>
+      </c>
+      <c r="V227" t="s">
+        <v>35</v>
+      </c>
+      <c r="W227" t="s">
+        <v>35</v>
+      </c>
+      <c r="X227" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y227" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z227" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA227" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB227" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC227" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="228" spans="1:29">
+      <c r="A228" t="s">
+        <v>556</v>
+      </c>
+      <c r="B228" t="s">
+        <v>60</v>
+      </c>
+      <c r="C228" t="s">
+        <v>1430</v>
+      </c>
+      <c r="D228" t="s">
+        <v>1431</v>
+      </c>
+      <c r="E228" t="s">
+        <v>98</v>
+      </c>
+      <c r="F228" t="s">
+        <v>35</v>
+      </c>
+      <c r="G228" t="s">
+        <v>76</v>
+      </c>
+      <c r="H228" t="s">
+        <v>35</v>
+      </c>
+      <c r="I228" t="s">
+        <v>35</v>
+      </c>
+      <c r="J228" t="s">
+        <v>1432</v>
+      </c>
+      <c r="K228" t="s">
+        <v>35</v>
+      </c>
+      <c r="L228" t="s">
+        <v>1433</v>
+      </c>
+      <c r="M228" t="s">
+        <v>262</v>
+      </c>
+      <c r="N228" t="s">
+        <v>38</v>
+      </c>
+      <c r="O228" t="s">
+        <v>35</v>
+      </c>
+      <c r="P228" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q228" t="s">
+        <v>1434</v>
+      </c>
+      <c r="R228" t="s">
+        <v>1435</v>
+      </c>
+      <c r="S228" t="s">
+        <v>35</v>
+      </c>
+      <c r="T228" t="s">
+        <v>1436</v>
+      </c>
+      <c r="U228" t="s">
+        <v>35</v>
+      </c>
+      <c r="V228" t="s">
+        <v>1437</v>
+      </c>
+      <c r="W228" t="s">
+        <v>35</v>
+      </c>
+      <c r="X228" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y228" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z228" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA228" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB228" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC228" t="s">
+        <v>1438</v>
+      </c>
+    </row>
+    <row r="229" spans="1:29">
+      <c r="A229" t="s">
+        <v>72</v>
+      </c>
+      <c r="B229" t="s">
+        <v>60</v>
+      </c>
+      <c r="C229" t="s">
+        <v>1439</v>
+      </c>
+      <c r="D229" t="s">
+        <v>1440</v>
+      </c>
+      <c r="E229" t="s">
+        <v>75</v>
+      </c>
+      <c r="F229" t="s">
+        <v>35</v>
+      </c>
+      <c r="G229" t="s">
+        <v>76</v>
+      </c>
+      <c r="H229" t="s">
+        <v>35</v>
+      </c>
+      <c r="I229" t="s">
+        <v>35</v>
+      </c>
+      <c r="J229" t="s">
+        <v>1441</v>
+      </c>
+      <c r="K229" t="s">
+        <v>35</v>
+      </c>
+      <c r="L229" t="s">
+        <v>78</v>
+      </c>
+      <c r="M229" t="s">
+        <v>75</v>
+      </c>
+      <c r="N229" t="s">
+        <v>38</v>
+      </c>
+      <c r="O229" t="s">
+        <v>35</v>
+      </c>
+      <c r="P229" t="s">
+        <v>1225</v>
+      </c>
+      <c r="Q229" t="s">
+        <v>35</v>
+      </c>
+      <c r="R229" t="s">
+        <v>35</v>
+      </c>
+      <c r="S229" t="s">
+        <v>35</v>
+      </c>
+      <c r="T229" t="s">
+        <v>1442</v>
+      </c>
+      <c r="U229" t="s">
+        <v>35</v>
+      </c>
+      <c r="V229" t="s">
+        <v>35</v>
+      </c>
+      <c r="W229" t="s">
+        <v>35</v>
+      </c>
+      <c r="X229" t="s">
+        <v>1443</v>
+      </c>
+      <c r="Y229" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z229" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA229" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB229" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC229" t="s">
+        <v>1444</v>
+      </c>
+    </row>
+    <row r="230" spans="1:29">
+      <c r="A230" t="s">
+        <v>556</v>
+      </c>
+      <c r="B230" t="s">
+        <v>201</v>
+      </c>
+      <c r="C230" t="s">
+        <v>1445</v>
+      </c>
+      <c r="D230" t="s">
+        <v>1446</v>
+      </c>
+      <c r="E230" t="s">
+        <v>189</v>
+      </c>
+      <c r="F230" t="s">
+        <v>35</v>
+      </c>
+      <c r="G230" t="s">
+        <v>35</v>
+      </c>
+      <c r="H230" t="s">
+        <v>35</v>
+      </c>
+      <c r="I230" t="s">
+        <v>35</v>
+      </c>
+      <c r="J230" t="s">
+        <v>1447</v>
+      </c>
+      <c r="K230" t="s">
+        <v>35</v>
+      </c>
+      <c r="L230" t="s">
+        <v>742</v>
+      </c>
+      <c r="M230" t="s">
+        <v>38</v>
+      </c>
+      <c r="N230" t="s">
+        <v>38</v>
+      </c>
+      <c r="O230" t="s">
+        <v>35</v>
+      </c>
+      <c r="P230" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q230" t="s">
+        <v>1448</v>
+      </c>
+      <c r="R230" t="s">
+        <v>35</v>
+      </c>
+      <c r="S230" t="s">
+        <v>35</v>
+      </c>
+      <c r="T230" t="s">
+        <v>1449</v>
+      </c>
+      <c r="U230" t="s">
+        <v>1450</v>
+      </c>
+      <c r="V230" t="s">
+        <v>35</v>
+      </c>
+      <c r="W230" t="s">
+        <v>35</v>
+      </c>
+      <c r="X230" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y230" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z230" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA230" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB230" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC230" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="231" spans="1:29">
+      <c r="A231" t="s">
+        <v>234</v>
+      </c>
+      <c r="B231" t="s">
+        <v>143</v>
+      </c>
+      <c r="C231" t="s">
+        <v>1451</v>
+      </c>
+      <c r="D231" t="s">
+        <v>1452</v>
+      </c>
+      <c r="E231" t="s">
+        <v>162</v>
+      </c>
+      <c r="F231" t="s">
+        <v>35</v>
+      </c>
+      <c r="G231" t="s">
+        <v>35</v>
+      </c>
+      <c r="H231" t="s">
+        <v>35</v>
+      </c>
+      <c r="I231" t="s">
+        <v>212</v>
+      </c>
+      <c r="J231" t="s">
+        <v>1453</v>
+      </c>
+      <c r="K231" t="s">
+        <v>929</v>
+      </c>
+      <c r="L231" t="s">
+        <v>560</v>
+      </c>
+      <c r="M231" t="s">
+        <v>259</v>
+      </c>
+      <c r="N231" t="s">
+        <v>38</v>
+      </c>
+      <c r="O231" t="s">
+        <v>35</v>
+      </c>
+      <c r="P231" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q231" t="s">
+        <v>1454</v>
+      </c>
+      <c r="S231" t="s">
+        <v>35</v>
+      </c>
+      <c r="T231" t="s">
+        <v>1455</v>
+      </c>
+      <c r="U231" t="s">
+        <v>35</v>
+      </c>
+      <c r="V231" t="s">
+        <v>35</v>
+      </c>
+      <c r="W231" t="s">
+        <v>35</v>
+      </c>
+      <c r="X231" t="s">
+        <v>1456</v>
+      </c>
+      <c r="Y231" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z231" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA231" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB231" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC231" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="232" spans="1:29">
+      <c r="A232" t="s">
+        <v>556</v>
+      </c>
+      <c r="B232" t="s">
+        <v>60</v>
+      </c>
+      <c r="C232" t="s">
+        <v>1457</v>
+      </c>
+      <c r="D232" t="s">
+        <v>1458</v>
+      </c>
+      <c r="E232" t="s">
+        <v>391</v>
+      </c>
+      <c r="F232" t="s">
+        <v>35</v>
+      </c>
+      <c r="G232" t="s">
+        <v>76</v>
+      </c>
+      <c r="H232" t="s">
+        <v>35</v>
+      </c>
+      <c r="I232" t="s">
+        <v>35</v>
+      </c>
+      <c r="J232" t="s">
+        <v>1459</v>
+      </c>
+      <c r="K232" t="s">
+        <v>35</v>
+      </c>
+      <c r="L232" t="s">
+        <v>393</v>
+      </c>
+      <c r="M232" t="s">
+        <v>38</v>
+      </c>
+      <c r="N232" t="s">
+        <v>38</v>
+      </c>
+      <c r="O232" t="s">
+        <v>35</v>
+      </c>
+      <c r="P232" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q232" t="s">
+        <v>1460</v>
+      </c>
+      <c r="R232" t="s">
+        <v>35</v>
+      </c>
+      <c r="S232" t="s">
+        <v>35</v>
+      </c>
+      <c r="T232" t="s">
+        <v>1461</v>
+      </c>
+      <c r="U232" t="s">
+        <v>35</v>
+      </c>
+      <c r="V232" t="s">
+        <v>1462</v>
+      </c>
+      <c r="W232" t="s">
+        <v>35</v>
+      </c>
+      <c r="X232" t="s">
+        <v>1463</v>
+      </c>
+      <c r="Y232" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z232" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA232" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB232" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC232" t="s">
+        <v>1464</v>
+      </c>
+    </row>
+    <row r="233" spans="1:29">
+      <c r="A233" t="s">
+        <v>83</v>
+      </c>
+      <c r="B233" t="s">
+        <v>30</v>
+      </c>
+      <c r="C233" t="s">
+        <v>1465</v>
+      </c>
+      <c r="D233" t="s">
+        <v>1466</v>
+      </c>
+      <c r="E233" t="s">
+        <v>294</v>
+      </c>
+      <c r="F233" t="s">
+        <v>34</v>
+      </c>
+      <c r="G233" t="s">
+        <v>35</v>
+      </c>
+      <c r="H233" t="s">
+        <v>35</v>
+      </c>
+      <c r="I233" t="s">
+        <v>35</v>
+      </c>
+      <c r="J233" t="s">
+        <v>1467</v>
+      </c>
+      <c r="K233" t="s">
+        <v>35</v>
+      </c>
+      <c r="L233" t="s">
+        <v>553</v>
+      </c>
+      <c r="M233" t="s">
+        <v>38</v>
+      </c>
+      <c r="N233" t="s">
+        <v>38</v>
+      </c>
+      <c r="O233" t="s">
+        <v>45</v>
+      </c>
+      <c r="P233" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q233" t="s">
+        <v>1468</v>
+      </c>
+      <c r="R233" t="s">
+        <v>35</v>
+      </c>
+      <c r="S233" t="s">
+        <v>35</v>
+      </c>
+      <c r="T233" t="s">
+        <v>35</v>
+      </c>
+      <c r="U233" t="s">
+        <v>1469</v>
+      </c>
+      <c r="V233" t="s">
+        <v>35</v>
+      </c>
+      <c r="W233" t="s">
+        <v>35</v>
+      </c>
+      <c r="X233" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y233" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z233" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA233" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB233" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC233" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="234" spans="1:29">
+      <c r="A234" t="s">
+        <v>482</v>
+      </c>
+      <c r="B234" t="s">
+        <v>132</v>
+      </c>
+      <c r="C234" t="s">
+        <v>1470</v>
+      </c>
+      <c r="D234" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E234" t="s">
+        <v>1364</v>
+      </c>
+      <c r="F234" t="s">
+        <v>35</v>
+      </c>
+      <c r="G234" t="s">
+        <v>35</v>
+      </c>
+      <c r="H234" t="s">
+        <v>34</v>
+      </c>
+      <c r="I234" t="s">
+        <v>35</v>
+      </c>
+      <c r="J234" t="s">
+        <v>1472</v>
+      </c>
+      <c r="K234" t="s">
+        <v>35</v>
+      </c>
+      <c r="L234" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M234" t="s">
+        <v>204</v>
+      </c>
+      <c r="N234" t="s">
+        <v>38</v>
+      </c>
+      <c r="O234" t="s">
+        <v>35</v>
+      </c>
+      <c r="P234" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q234" t="s">
+        <v>1473</v>
+      </c>
+      <c r="R234" t="s">
+        <v>35</v>
+      </c>
+      <c r="S234" t="s">
+        <v>35</v>
+      </c>
+      <c r="T234" t="s">
+        <v>35</v>
+      </c>
+      <c r="U234" t="s">
+        <v>35</v>
+      </c>
+      <c r="V234" t="s">
+        <v>35</v>
+      </c>
+      <c r="W234" t="s">
+        <v>35</v>
+      </c>
+      <c r="X234" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y234" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z234" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA234" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB234" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC234" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="235" spans="1:29">
+      <c r="A235" t="s">
+        <v>482</v>
+      </c>
+      <c r="B235" t="s">
+        <v>60</v>
+      </c>
+      <c r="C235" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D235" t="s">
+        <v>1475</v>
+      </c>
+      <c r="E235" t="s">
+        <v>216</v>
+      </c>
+      <c r="F235" t="s">
+        <v>35</v>
+      </c>
+      <c r="G235" t="s">
+        <v>76</v>
+      </c>
+      <c r="H235" t="s">
+        <v>35</v>
+      </c>
+      <c r="I235" t="s">
+        <v>35</v>
+      </c>
+      <c r="J235" t="s">
+        <v>1476</v>
+      </c>
+      <c r="K235" t="s">
+        <v>35</v>
+      </c>
+      <c r="L235" t="s">
+        <v>164</v>
+      </c>
+      <c r="M235" t="s">
+        <v>162</v>
+      </c>
+      <c r="N235" t="s">
+        <v>38</v>
+      </c>
+      <c r="O235" t="s">
+        <v>35</v>
+      </c>
+      <c r="P235" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q235" t="s">
+        <v>1477</v>
+      </c>
+      <c r="R235" t="s">
+        <v>35</v>
+      </c>
+      <c r="S235" t="s">
+        <v>35</v>
+      </c>
+      <c r="T235" t="s">
+        <v>1478</v>
+      </c>
+      <c r="U235" t="s">
+        <v>35</v>
+      </c>
+      <c r="V235" t="s">
+        <v>35</v>
+      </c>
+      <c r="W235" t="s">
+        <v>35</v>
+      </c>
+      <c r="X235" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y235" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z235" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA235" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB235" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC235" t="s">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="236" spans="1:29">
+      <c r="A236" t="s">
+        <v>482</v>
+      </c>
+      <c r="B236" t="s">
+        <v>60</v>
+      </c>
+      <c r="C236" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D236" t="s">
+        <v>1480</v>
+      </c>
+      <c r="E236" t="s">
+        <v>162</v>
+      </c>
+      <c r="F236" t="s">
+        <v>35</v>
+      </c>
+      <c r="G236" t="s">
+        <v>63</v>
+      </c>
+      <c r="H236" t="s">
+        <v>35</v>
+      </c>
+      <c r="I236" t="s">
+        <v>35</v>
+      </c>
+      <c r="J236" t="s">
+        <v>1481</v>
+      </c>
+      <c r="K236" t="s">
+        <v>35</v>
+      </c>
+      <c r="L236" t="s">
+        <v>560</v>
+      </c>
+      <c r="M236" t="s">
+        <v>259</v>
+      </c>
+      <c r="N236" t="s">
+        <v>38</v>
+      </c>
+      <c r="O236" t="s">
+        <v>35</v>
+      </c>
+      <c r="P236" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q236" t="s">
+        <v>1482</v>
+      </c>
+      <c r="R236" t="s">
+        <v>35</v>
+      </c>
+      <c r="S236" t="s">
+        <v>35</v>
+      </c>
+      <c r="T236" t="s">
+        <v>1483</v>
+      </c>
+      <c r="U236" t="s">
+        <v>35</v>
+      </c>
+      <c r="V236" t="s">
+        <v>35</v>
+      </c>
+      <c r="W236" t="s">
+        <v>35</v>
+      </c>
+      <c r="X236" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y236" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z236" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA236" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB236" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC236" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="237" spans="1:29">
+      <c r="A237" t="s">
+        <v>482</v>
+      </c>
+      <c r="B237" t="s">
+        <v>60</v>
+      </c>
+      <c r="C237" t="s">
+        <v>1474</v>
+      </c>
+      <c r="D237" t="s">
+        <v>1484</v>
+      </c>
+      <c r="E237" t="s">
+        <v>94</v>
+      </c>
+      <c r="F237" t="s">
+        <v>35</v>
+      </c>
+      <c r="G237" t="s">
+        <v>76</v>
+      </c>
+      <c r="H237" t="s">
+        <v>35</v>
+      </c>
+      <c r="I237" t="s">
+        <v>35</v>
+      </c>
+      <c r="J237" t="s">
+        <v>1485</v>
+      </c>
+      <c r="K237" t="s">
+        <v>35</v>
+      </c>
+      <c r="L237" t="s">
+        <v>164</v>
+      </c>
+      <c r="M237" t="s">
+        <v>162</v>
+      </c>
+      <c r="N237" t="s">
+        <v>38</v>
+      </c>
+      <c r="O237" t="s">
+        <v>35</v>
+      </c>
+      <c r="P237" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q237" t="s">
+        <v>1486</v>
+      </c>
+      <c r="R237" t="s">
+        <v>35</v>
+      </c>
+      <c r="S237" t="s">
+        <v>35</v>
+      </c>
+      <c r="T237" t="s">
+        <v>35</v>
+      </c>
+      <c r="U237" t="s">
+        <v>35</v>
+      </c>
+      <c r="V237" t="s">
+        <v>35</v>
+      </c>
+      <c r="W237" t="s">
+        <v>35</v>
+      </c>
+      <c r="X237" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y237" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z237" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA237" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB237" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC237" t="s">
+        <v>1227</v>
+      </c>
+    </row>
+    <row r="238" spans="1:29">
+      <c r="A238" t="s">
+        <v>482</v>
+      </c>
+      <c r="B238" t="s">
+        <v>60</v>
+      </c>
+      <c r="C238" t="s">
+        <v>1487</v>
+      </c>
+      <c r="D238" t="s">
+        <v>1488</v>
+      </c>
+      <c r="E238" t="s">
+        <v>253</v>
+      </c>
+      <c r="F238" t="s">
+        <v>35</v>
+      </c>
+      <c r="G238" t="s">
+        <v>86</v>
+      </c>
+      <c r="H238" t="s">
+        <v>35</v>
+      </c>
+      <c r="I238" t="s">
+        <v>35</v>
+      </c>
+      <c r="J238" t="s">
+        <v>1489</v>
+      </c>
+      <c r="K238" t="s">
+        <v>35</v>
+      </c>
+      <c r="L238" t="s">
+        <v>676</v>
+      </c>
+      <c r="M238" t="s">
+        <v>38</v>
+      </c>
+      <c r="N238" t="s">
+        <v>38</v>
+      </c>
+      <c r="O238" t="s">
+        <v>35</v>
+      </c>
+      <c r="P238" t="s">
+        <v>637</v>
+      </c>
+      <c r="Q238" t="s">
+        <v>1490</v>
+      </c>
+      <c r="R238" t="s">
+        <v>35</v>
+      </c>
+      <c r="S238" t="s">
+        <v>35</v>
+      </c>
+      <c r="T238" t="s">
+        <v>1491</v>
+      </c>
+      <c r="U238" t="s">
+        <v>35</v>
+      </c>
+      <c r="V238" t="s">
+        <v>35</v>
+      </c>
+      <c r="W238" t="s">
+        <v>35</v>
+      </c>
+      <c r="X238" t="s">
+        <v>1492</v>
+      </c>
+      <c r="Y238" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z238" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA238" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB238" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC238" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="239" spans="1:29">
+      <c r="A239" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B239" t="s">
+        <v>30</v>
+      </c>
+      <c r="C239" t="s">
+        <v>1494</v>
+      </c>
+      <c r="D239" t="s">
+        <v>1495</v>
+      </c>
+      <c r="E239" t="s">
+        <v>216</v>
+      </c>
+      <c r="F239" t="s">
+        <v>95</v>
+      </c>
+      <c r="G239" t="s">
+        <v>35</v>
+      </c>
+      <c r="H239" t="s">
+        <v>35</v>
+      </c>
+      <c r="I239" t="s">
+        <v>35</v>
+      </c>
+      <c r="J239" t="s">
+        <v>1496</v>
+      </c>
+      <c r="K239" t="s">
+        <v>35</v>
+      </c>
+      <c r="L239" t="s">
+        <v>52</v>
+      </c>
+      <c r="M239" t="s">
+        <v>216</v>
+      </c>
+      <c r="N239" t="s">
+        <v>38</v>
+      </c>
+      <c r="O239" t="s">
+        <v>35</v>
+      </c>
+      <c r="P239" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q239" t="s">
+        <v>1497</v>
+      </c>
+      <c r="R239" t="s">
+        <v>1498</v>
+      </c>
+      <c r="S239" t="s">
+        <v>1499</v>
+      </c>
+      <c r="T239" t="s">
+        <v>35</v>
+      </c>
+      <c r="U239" t="s">
+        <v>1500</v>
+      </c>
+      <c r="V239" t="s">
+        <v>1501</v>
+      </c>
+      <c r="W239" t="s">
+        <v>35</v>
+      </c>
+      <c r="X239" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y239" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z239" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA239" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB239" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC239" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="240" spans="1:29">
+      <c r="A240" t="s">
+        <v>655</v>
+      </c>
+      <c r="B240" t="s">
+        <v>30</v>
+      </c>
+      <c r="C240" t="s">
+        <v>1502</v>
+      </c>
+      <c r="D240" t="s">
+        <v>1503</v>
+      </c>
+      <c r="E240" t="s">
+        <v>1504</v>
+      </c>
+      <c r="F240" t="s">
+        <v>95</v>
+      </c>
+      <c r="G240" t="s">
+        <v>35</v>
+      </c>
+      <c r="H240" t="s">
+        <v>35</v>
+      </c>
+      <c r="I240" t="s">
+        <v>35</v>
+      </c>
+      <c r="J240" t="s">
+        <v>1505</v>
+      </c>
+      <c r="K240" t="s">
+        <v>35</v>
+      </c>
+      <c r="L240" t="s">
+        <v>52</v>
+      </c>
+      <c r="M240" t="s">
+        <v>216</v>
+      </c>
+      <c r="N240" t="s">
+        <v>38</v>
+      </c>
+      <c r="O240" t="s">
+        <v>35</v>
+      </c>
+      <c r="P240" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q240" t="s">
+        <v>1506</v>
+      </c>
+      <c r="R240" t="s">
+        <v>1331</v>
+      </c>
+      <c r="S240" t="s">
+        <v>1507</v>
+      </c>
+      <c r="T240" t="s">
+        <v>1331</v>
+      </c>
+      <c r="U240" t="s">
+        <v>1508</v>
+      </c>
+      <c r="V240" t="s">
+        <v>1509</v>
+      </c>
+      <c r="W240" t="s">
+        <v>1330</v>
+      </c>
+      <c r="X240" t="s">
+        <v>1510</v>
+      </c>
+      <c r="Y240" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z240" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA240" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB240" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC240" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="241" spans="1:29">
+      <c r="A241" t="s">
+        <v>29</v>
+      </c>
+      <c r="B241" t="s">
+        <v>60</v>
+      </c>
+      <c r="C241" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D241" t="s">
+        <v>1512</v>
+      </c>
+      <c r="E241" t="s">
+        <v>109</v>
+      </c>
+      <c r="F241" t="s">
+        <v>35</v>
+      </c>
+      <c r="G241" t="s">
+        <v>86</v>
+      </c>
+      <c r="H241" t="s">
+        <v>35</v>
+      </c>
+      <c r="I241" t="s">
+        <v>35</v>
+      </c>
+      <c r="J241" t="s">
+        <v>1513</v>
+      </c>
+      <c r="K241" t="s">
+        <v>35</v>
+      </c>
+      <c r="L241" t="s">
+        <v>111</v>
+      </c>
+      <c r="M241" t="s">
+        <v>109</v>
+      </c>
+      <c r="N241" t="s">
+        <v>38</v>
+      </c>
+      <c r="O241" t="s">
+        <v>35</v>
+      </c>
+      <c r="P241" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q241" t="s">
+        <v>35</v>
+      </c>
+      <c r="R241" t="s">
+        <v>35</v>
+      </c>
+      <c r="S241" t="s">
+        <v>35</v>
+      </c>
+      <c r="T241" t="s">
+        <v>1514</v>
+      </c>
+      <c r="U241" t="s">
+        <v>35</v>
+      </c>
+      <c r="V241" t="s">
+        <v>69</v>
+      </c>
+      <c r="W241" t="s">
+        <v>35</v>
+      </c>
+      <c r="X241" t="s">
+        <v>1515</v>
+      </c>
+      <c r="Y241" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z241" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA241" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB241" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC241" t="s">
+        <v>1516</v>
+      </c>
+    </row>
+    <row r="242" spans="1:29">
+      <c r="A242" t="s">
+        <v>29</v>
+      </c>
+      <c r="B242" t="s">
+        <v>60</v>
+      </c>
+      <c r="C242" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D242" t="s">
+        <v>1517</v>
+      </c>
+      <c r="E242" t="s">
+        <v>216</v>
+      </c>
+      <c r="F242" t="s">
+        <v>35</v>
+      </c>
+      <c r="G242" t="s">
+        <v>76</v>
+      </c>
+      <c r="H242" t="s">
+        <v>35</v>
+      </c>
+      <c r="I242" t="s">
+        <v>35</v>
+      </c>
+      <c r="J242" t="s">
+        <v>1518</v>
+      </c>
+      <c r="K242" t="s">
+        <v>35</v>
+      </c>
+      <c r="L242" t="s">
+        <v>52</v>
+      </c>
+      <c r="M242" t="s">
+        <v>216</v>
+      </c>
+      <c r="N242" t="s">
+        <v>38</v>
+      </c>
+      <c r="O242" t="s">
+        <v>35</v>
+      </c>
+      <c r="P242" t="s">
+        <v>631</v>
+      </c>
+      <c r="Q242" t="s">
+        <v>35</v>
+      </c>
+      <c r="R242" t="s">
+        <v>35</v>
+      </c>
+      <c r="S242" t="s">
+        <v>35</v>
+      </c>
+      <c r="T242" t="s">
+        <v>68</v>
+      </c>
+      <c r="U242" t="s">
+        <v>35</v>
+      </c>
+      <c r="V242" t="s">
+        <v>69</v>
+      </c>
+      <c r="W242" t="s">
+        <v>35</v>
+      </c>
+      <c r="X242" t="s">
+        <v>1519</v>
+      </c>
+      <c r="Y242" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z242" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA242" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB242" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC242" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="243" spans="1:29">
+      <c r="A243" t="s">
+        <v>482</v>
+      </c>
+      <c r="B243" t="s">
+        <v>60</v>
+      </c>
+      <c r="C243" t="s">
+        <v>1511</v>
+      </c>
+      <c r="D243" t="s">
+        <v>1520</v>
+      </c>
+      <c r="E243" t="s">
+        <v>75</v>
+      </c>
+      <c r="F243" t="s">
+        <v>35</v>
+      </c>
+      <c r="G243" t="s">
+        <v>76</v>
+      </c>
+      <c r="H243" t="s">
+        <v>35</v>
+      </c>
+      <c r="I243" t="s">
+        <v>35</v>
+      </c>
+      <c r="J243" t="s">
+        <v>1521</v>
+      </c>
+      <c r="K243" t="s">
+        <v>35</v>
+      </c>
+      <c r="L243" t="s">
+        <v>78</v>
+      </c>
+      <c r="M243" t="s">
+        <v>75</v>
+      </c>
+      <c r="N243" t="s">
+        <v>38</v>
+      </c>
+      <c r="O243" t="s">
+        <v>35</v>
+      </c>
+      <c r="P243" t="s">
+        <v>1522</v>
+      </c>
+      <c r="Q243" t="s">
+        <v>1148</v>
+      </c>
+      <c r="R243" t="s">
+        <v>35</v>
+      </c>
+      <c r="S243" t="s">
+        <v>35</v>
+      </c>
+      <c r="T243" t="s">
+        <v>35</v>
+      </c>
+      <c r="U243" t="s">
+        <v>35</v>
+      </c>
+      <c r="V243" t="s">
+        <v>35</v>
+      </c>
+      <c r="W243" t="s">
+        <v>35</v>
+      </c>
+      <c r="X243" t="s">
+        <v>1523</v>
+      </c>
+      <c r="Y243" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z243" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA243" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB243" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC243" t="s">
+        <v>1524</v>
+      </c>
+    </row>
+    <row r="244" spans="1:29">
+      <c r="A244" t="s">
+        <v>655</v>
+      </c>
+      <c r="B244" t="s">
+        <v>30</v>
+      </c>
+      <c r="C244" t="s">
+        <v>1525</v>
+      </c>
+      <c r="D244" t="s">
+        <v>1526</v>
+      </c>
+      <c r="E244" t="s">
+        <v>189</v>
+      </c>
+      <c r="F244" t="s">
+        <v>34</v>
+      </c>
+      <c r="G244" t="s">
+        <v>35</v>
+      </c>
+      <c r="H244" t="s">
+        <v>35</v>
+      </c>
+      <c r="I244" t="s">
+        <v>35</v>
+      </c>
+      <c r="J244" t="s">
+        <v>1527</v>
+      </c>
+      <c r="K244" t="s">
+        <v>35</v>
+      </c>
+      <c r="L244" t="s">
+        <v>269</v>
+      </c>
+      <c r="M244" t="s">
+        <v>696</v>
+      </c>
+      <c r="N244" t="s">
+        <v>38</v>
+      </c>
+      <c r="O244" t="s">
+        <v>35</v>
+      </c>
+      <c r="P244" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q244" t="s">
+        <v>1528</v>
+      </c>
+      <c r="R244" t="s">
+        <v>1330</v>
+      </c>
+      <c r="S244" t="s">
+        <v>1330</v>
+      </c>
+      <c r="T244" t="s">
+        <v>1331</v>
+      </c>
+      <c r="U244" t="s">
+        <v>1330</v>
+      </c>
+      <c r="V244" t="s">
+        <v>1529</v>
+      </c>
+      <c r="W244" t="s">
+        <v>1330</v>
+      </c>
+      <c r="X244" t="s">
+        <v>1530</v>
+      </c>
+      <c r="Y244" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z244" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA244" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB244" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC244" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="245" spans="1:29">
+      <c r="A245" t="s">
+        <v>556</v>
+      </c>
+      <c r="B245" t="s">
+        <v>60</v>
+      </c>
+      <c r="C245" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D245" t="s">
+        <v>1532</v>
+      </c>
+      <c r="E245" t="s">
+        <v>98</v>
+      </c>
+      <c r="F245" t="s">
+        <v>35</v>
+      </c>
+      <c r="G245" t="s">
+        <v>63</v>
+      </c>
+      <c r="H245" t="s">
+        <v>35</v>
+      </c>
+      <c r="I245" t="s">
+        <v>35</v>
+      </c>
+      <c r="J245" t="s">
+        <v>1533</v>
+      </c>
+      <c r="K245" t="s">
+        <v>35</v>
+      </c>
+      <c r="L245" t="s">
+        <v>97</v>
+      </c>
+      <c r="M245" t="s">
+        <v>98</v>
+      </c>
+      <c r="N245" t="s">
+        <v>696</v>
+      </c>
+      <c r="O245" t="s">
+        <v>35</v>
+      </c>
+      <c r="P245" t="s">
+        <v>1522</v>
+      </c>
+      <c r="Q245" t="s">
+        <v>1534</v>
+      </c>
+      <c r="R245" t="s">
+        <v>35</v>
+      </c>
+      <c r="S245" t="s">
+        <v>35</v>
+      </c>
+      <c r="T245" t="s">
+        <v>1535</v>
+      </c>
+      <c r="U245" t="s">
+        <v>35</v>
+      </c>
+      <c r="V245" t="s">
+        <v>1536</v>
+      </c>
+      <c r="W245" t="s">
+        <v>35</v>
+      </c>
+      <c r="X245" t="s">
+        <v>1537</v>
+      </c>
+      <c r="Y245" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z245" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA245" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB245" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC245" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="246" spans="1:29">
+      <c r="A246" t="s">
+        <v>29</v>
+      </c>
+      <c r="B246" t="s">
+        <v>132</v>
+      </c>
+      <c r="C246" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D246" t="s">
+        <v>1540</v>
+      </c>
+      <c r="E246" t="s">
+        <v>294</v>
+      </c>
+      <c r="F246" t="s">
+        <v>35</v>
+      </c>
+      <c r="G246" t="s">
+        <v>35</v>
+      </c>
+      <c r="H246" t="s">
+        <v>34</v>
+      </c>
+      <c r="I246" t="s">
+        <v>35</v>
+      </c>
+      <c r="J246" t="s">
+        <v>1541</v>
+      </c>
+      <c r="K246" t="s">
+        <v>35</v>
+      </c>
+      <c r="L246" t="s">
+        <v>365</v>
+      </c>
+      <c r="M246" t="s">
+        <v>294</v>
+      </c>
+      <c r="N246" t="s">
+        <v>38</v>
+      </c>
+      <c r="O246" t="s">
+        <v>35</v>
+      </c>
+      <c r="P246" t="s">
+        <v>1542</v>
+      </c>
+      <c r="Q246" t="s">
+        <v>35</v>
+      </c>
+      <c r="R246" t="s">
+        <v>35</v>
+      </c>
+      <c r="S246" t="s">
+        <v>35</v>
+      </c>
+      <c r="T246" t="s">
+        <v>35</v>
+      </c>
+      <c r="U246" t="s">
+        <v>35</v>
+      </c>
+      <c r="V246" t="s">
+        <v>35</v>
+      </c>
+      <c r="W246" t="s">
+        <v>35</v>
+      </c>
+      <c r="X246" t="s">
+        <v>1543</v>
+      </c>
+      <c r="Y246" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z246" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA246" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB246" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC246" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="247" spans="1:29">
+      <c r="A247" t="s">
+        <v>556</v>
+      </c>
+      <c r="B247" t="s">
+        <v>60</v>
+      </c>
+      <c r="C247" t="s">
+        <v>1539</v>
+      </c>
+      <c r="D247" t="s">
+        <v>1544</v>
+      </c>
+      <c r="E247" t="s">
+        <v>206</v>
+      </c>
+      <c r="F247" t="s">
+        <v>35</v>
+      </c>
+      <c r="G247" t="s">
+        <v>86</v>
+      </c>
+      <c r="H247" t="s">
+        <v>35</v>
+      </c>
+      <c r="I247" t="s">
+        <v>35</v>
+      </c>
+      <c r="J247" t="s">
+        <v>1545</v>
+      </c>
+      <c r="K247" t="s">
+        <v>35</v>
+      </c>
+      <c r="M247" t="s">
+        <v>109</v>
+      </c>
+      <c r="N247" t="s">
+        <v>38</v>
+      </c>
+      <c r="O247" t="s">
+        <v>35</v>
+      </c>
+      <c r="P247" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q247" t="s">
+        <v>1546</v>
+      </c>
+      <c r="R247" t="s">
+        <v>35</v>
+      </c>
+      <c r="S247" t="s">
+        <v>35</v>
+      </c>
+      <c r="T247" t="s">
+        <v>68</v>
+      </c>
+      <c r="U247" t="s">
+        <v>35</v>
+      </c>
+      <c r="V247" t="s">
+        <v>35</v>
+      </c>
+      <c r="W247" t="s">
+        <v>35</v>
+      </c>
+      <c r="X247" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y247" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z247" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA247" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB247" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC247" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="248" spans="1:29">
+      <c r="A248" t="s">
+        <v>556</v>
+      </c>
+      <c r="B248" t="s">
+        <v>30</v>
+      </c>
+      <c r="C248" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D248" t="s">
+        <v>1548</v>
+      </c>
+      <c r="E248" t="s">
+        <v>33</v>
+      </c>
+      <c r="F248" t="s">
+        <v>34</v>
+      </c>
+      <c r="G248" t="s">
+        <v>35</v>
+      </c>
+      <c r="H248" t="s">
+        <v>35</v>
+      </c>
+      <c r="I248" t="s">
+        <v>35</v>
+      </c>
+      <c r="J248" t="s">
+        <v>1549</v>
+      </c>
+      <c r="K248" t="s">
+        <v>35</v>
+      </c>
+      <c r="M248" t="s">
+        <v>38</v>
+      </c>
+      <c r="N248" t="s">
+        <v>38</v>
+      </c>
+      <c r="O248" t="s">
+        <v>35</v>
+      </c>
+      <c r="P248" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q248" t="s">
+        <v>1550</v>
+      </c>
+      <c r="R248" t="s">
+        <v>35</v>
+      </c>
+      <c r="S248" t="s">
+        <v>1551</v>
+      </c>
+      <c r="T248" t="s">
+        <v>1552</v>
+      </c>
+      <c r="U248" t="s">
+        <v>1469</v>
+      </c>
+      <c r="V248" t="s">
+        <v>1553</v>
+      </c>
+      <c r="W248" t="s">
+        <v>35</v>
+      </c>
+      <c r="X248" t="s">
+        <v>1554</v>
+      </c>
+      <c r="Y248" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z248" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA248" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB248" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC248" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="249" spans="1:29">
+      <c r="A249" t="s">
+        <v>482</v>
+      </c>
+      <c r="B249" t="s">
+        <v>201</v>
+      </c>
+      <c r="C249" t="s">
+        <v>1547</v>
+      </c>
+      <c r="D249" t="s">
+        <v>1555</v>
+      </c>
+      <c r="E249" t="s">
+        <v>253</v>
+      </c>
+      <c r="F249" t="s">
+        <v>35</v>
+      </c>
+      <c r="G249" t="s">
+        <v>35</v>
+      </c>
+      <c r="H249" t="s">
+        <v>35</v>
+      </c>
+      <c r="I249" t="s">
+        <v>35</v>
+      </c>
+      <c r="J249" t="s">
+        <v>1556</v>
+      </c>
+      <c r="K249" t="s">
+        <v>35</v>
+      </c>
+      <c r="L249" t="s">
+        <v>191</v>
+      </c>
+      <c r="M249" t="s">
+        <v>38</v>
+      </c>
+      <c r="N249" t="s">
+        <v>38</v>
+      </c>
+      <c r="O249" t="s">
+        <v>35</v>
+      </c>
+      <c r="P249" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q249" t="s">
+        <v>1557</v>
+      </c>
+      <c r="R249" t="s">
+        <v>35</v>
+      </c>
+      <c r="S249" t="s">
+        <v>35</v>
+      </c>
+      <c r="T249" t="s">
+        <v>1558</v>
+      </c>
+      <c r="U249" t="s">
+        <v>35</v>
+      </c>
+      <c r="V249" t="s">
+        <v>35</v>
+      </c>
+      <c r="W249" t="s">
+        <v>35</v>
+      </c>
+      <c r="X249" t="s">
+        <v>1559</v>
+      </c>
+      <c r="Y249" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z249" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA249" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB249" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC249" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="250" spans="1:29">
+      <c r="A250" t="s">
+        <v>83</v>
+      </c>
+      <c r="B250" t="s">
+        <v>60</v>
+      </c>
+      <c r="C250" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D250" t="s">
+        <v>1561</v>
+      </c>
+      <c r="E250" t="s">
+        <v>49</v>
+      </c>
+      <c r="F250" t="s">
+        <v>35</v>
+      </c>
+      <c r="G250" t="s">
+        <v>76</v>
+      </c>
+      <c r="H250" t="s">
+        <v>35</v>
+      </c>
+      <c r="I250" t="s">
+        <v>35</v>
+      </c>
+      <c r="J250" t="s">
+        <v>1562</v>
+      </c>
+      <c r="K250" t="s">
+        <v>35</v>
+      </c>
+      <c r="L250" t="s">
+        <v>88</v>
+      </c>
+      <c r="M250" t="s">
+        <v>49</v>
+      </c>
+      <c r="N250" t="s">
+        <v>38</v>
+      </c>
+      <c r="O250" t="s">
+        <v>35</v>
+      </c>
+      <c r="P250" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q250" t="s">
+        <v>1563</v>
+      </c>
+      <c r="R250" t="s">
+        <v>35</v>
+      </c>
+      <c r="S250" t="s">
+        <v>35</v>
+      </c>
+      <c r="T250" t="s">
+        <v>68</v>
+      </c>
+      <c r="U250" t="s">
+        <v>35</v>
+      </c>
+      <c r="V250" t="s">
+        <v>35</v>
+      </c>
+      <c r="W250" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y250" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z250" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA250" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB250" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC250" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="251" spans="1:29">
+      <c r="A251" t="s">
+        <v>83</v>
+      </c>
+      <c r="B251" t="s">
+        <v>30</v>
+      </c>
+      <c r="C251" t="s">
+        <v>1560</v>
+      </c>
+      <c r="D251" t="s">
+        <v>1564</v>
+      </c>
+      <c r="E251" t="s">
+        <v>862</v>
+      </c>
+      <c r="F251" t="s">
+        <v>50</v>
+      </c>
+      <c r="G251" t="s">
+        <v>35</v>
+      </c>
+      <c r="H251" t="s">
+        <v>35</v>
+      </c>
+      <c r="I251" t="s">
+        <v>35</v>
+      </c>
+      <c r="J251" t="s">
+        <v>1565</v>
+      </c>
+      <c r="K251" t="s">
+        <v>843</v>
+      </c>
+      <c r="L251" t="s">
+        <v>88</v>
+      </c>
+      <c r="M251" t="s">
+        <v>49</v>
+      </c>
+      <c r="N251" t="s">
+        <v>38</v>
+      </c>
+      <c r="O251" t="s">
+        <v>35</v>
+      </c>
+      <c r="P251" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q251" t="s">
+        <v>1566</v>
+      </c>
+      <c r="R251" t="s">
+        <v>1205</v>
+      </c>
+      <c r="S251" t="s">
+        <v>1567</v>
+      </c>
+      <c r="T251" t="s">
+        <v>35</v>
+      </c>
+      <c r="U251" t="s">
+        <v>1568</v>
+      </c>
+      <c r="V251" t="s">
+        <v>35</v>
+      </c>
+      <c r="W251" t="s">
+        <v>35</v>
+      </c>
+      <c r="X251" t="s">
+        <v>1569</v>
+      </c>
+      <c r="Y251" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z251" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA251" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB251" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC251" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="252" spans="1:29">
+      <c r="A252" t="s">
+        <v>556</v>
+      </c>
+      <c r="B252" t="s">
+        <v>132</v>
+      </c>
+      <c r="C252" t="s">
+        <v>1570</v>
+      </c>
+      <c r="D252" t="s">
+        <v>1571</v>
+      </c>
+      <c r="E252" t="s">
+        <v>75</v>
+      </c>
+      <c r="F252" t="s">
+        <v>35</v>
+      </c>
+      <c r="G252" t="s">
+        <v>35</v>
+      </c>
+      <c r="H252" t="s">
+        <v>238</v>
+      </c>
+      <c r="I252" t="s">
+        <v>35</v>
+      </c>
+      <c r="J252" t="s">
+        <v>1572</v>
+      </c>
+      <c r="K252" t="s">
+        <v>35</v>
+      </c>
+      <c r="L252" t="s">
+        <v>560</v>
+      </c>
+      <c r="M252" t="s">
+        <v>38</v>
+      </c>
+      <c r="N252" t="s">
+        <v>38</v>
+      </c>
+      <c r="O252" t="s">
+        <v>35</v>
+      </c>
+      <c r="P252" t="s">
+        <v>447</v>
+      </c>
+      <c r="R252" t="s">
+        <v>35</v>
+      </c>
+      <c r="S252" t="s">
+        <v>35</v>
+      </c>
+      <c r="T252" t="s">
+        <v>68</v>
+      </c>
+      <c r="U252" t="s">
+        <v>1573</v>
+      </c>
+      <c r="V252" t="s">
+        <v>1574</v>
+      </c>
+      <c r="W252" t="s">
+        <v>35</v>
+      </c>
+      <c r="X252" t="s">
+        <v>1575</v>
+      </c>
+      <c r="Y252" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z252" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA252" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB252" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC252" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="253" spans="1:29">
+      <c r="A253" t="s">
+        <v>482</v>
+      </c>
+      <c r="B253" t="s">
+        <v>60</v>
+      </c>
+      <c r="C253" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D253" t="s">
+        <v>1577</v>
+      </c>
+      <c r="E253" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F253" t="s">
+        <v>35</v>
+      </c>
+      <c r="G253" t="s">
+        <v>86</v>
+      </c>
+      <c r="H253" t="s">
+        <v>35</v>
+      </c>
+      <c r="I253" t="s">
+        <v>35</v>
+      </c>
+      <c r="J253" t="s">
+        <v>1579</v>
+      </c>
+      <c r="K253" t="s">
+        <v>35</v>
+      </c>
+      <c r="L253" t="s">
+        <v>421</v>
+      </c>
+      <c r="M253" t="s">
+        <v>351</v>
+      </c>
+      <c r="N253" t="s">
+        <v>38</v>
+      </c>
+      <c r="O253" t="s">
+        <v>35</v>
+      </c>
+      <c r="P253" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q253" t="s">
+        <v>1580</v>
+      </c>
+      <c r="R253" t="s">
+        <v>35</v>
+      </c>
+      <c r="S253" t="s">
+        <v>35</v>
+      </c>
+      <c r="T253" t="s">
+        <v>780</v>
+      </c>
+      <c r="U253" t="s">
+        <v>35</v>
+      </c>
+      <c r="V253" t="s">
+        <v>35</v>
+      </c>
+      <c r="W253" t="s">
+        <v>35</v>
+      </c>
+      <c r="X253" t="s">
+        <v>1581</v>
+      </c>
+      <c r="Y253" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z253" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA253" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB253" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC253" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="254" spans="1:29">
+      <c r="A254" t="s">
+        <v>556</v>
+      </c>
+      <c r="B254" t="s">
+        <v>132</v>
+      </c>
+      <c r="C254" t="s">
+        <v>1576</v>
+      </c>
+      <c r="D254" t="s">
+        <v>1582</v>
+      </c>
+      <c r="E254" t="s">
+        <v>75</v>
+      </c>
+      <c r="F254" t="s">
+        <v>35</v>
+      </c>
+      <c r="G254" t="s">
+        <v>35</v>
+      </c>
+      <c r="H254" t="s">
+        <v>238</v>
+      </c>
+      <c r="I254" t="s">
+        <v>35</v>
+      </c>
+      <c r="J254" t="s">
+        <v>1583</v>
+      </c>
+      <c r="K254" t="s">
+        <v>35</v>
+      </c>
+      <c r="L254" t="s">
+        <v>393</v>
+      </c>
+      <c r="M254" t="s">
+        <v>38</v>
+      </c>
+      <c r="N254" t="s">
+        <v>391</v>
+      </c>
+      <c r="O254" t="s">
+        <v>35</v>
+      </c>
+      <c r="P254" t="s">
+        <v>586</v>
+      </c>
+      <c r="Q254" t="s">
+        <v>1584</v>
+      </c>
+      <c r="R254" t="s">
+        <v>35</v>
+      </c>
+      <c r="S254" t="s">
+        <v>35</v>
+      </c>
+      <c r="T254" t="s">
+        <v>35</v>
+      </c>
+      <c r="U254" t="s">
+        <v>35</v>
+      </c>
+      <c r="V254" t="s">
+        <v>35</v>
+      </c>
+      <c r="W254" t="s">
+        <v>35</v>
+      </c>
+      <c r="X254" t="s">
+        <v>1585</v>
+      </c>
+      <c r="Y254" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z254" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA254" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB254" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC254" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="255" spans="1:29">
+      <c r="A255" t="s">
+        <v>482</v>
+      </c>
+      <c r="B255" t="s">
+        <v>30</v>
+      </c>
+      <c r="C255" t="s">
+        <v>1586</v>
+      </c>
+      <c r="D255" t="s">
+        <v>1587</v>
+      </c>
+      <c r="E255" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F255" t="s">
+        <v>34</v>
+      </c>
+      <c r="G255" t="s">
+        <v>35</v>
+      </c>
+      <c r="H255" t="s">
+        <v>35</v>
+      </c>
+      <c r="I255" t="s">
+        <v>35</v>
+      </c>
+      <c r="J255" t="s">
+        <v>1589</v>
+      </c>
+      <c r="K255" t="s">
+        <v>35</v>
+      </c>
+      <c r="L255" t="s">
+        <v>1590</v>
+      </c>
+      <c r="M255" t="s">
+        <v>38</v>
+      </c>
+      <c r="N255" t="s">
+        <v>38</v>
+      </c>
+      <c r="O255" t="s">
+        <v>35</v>
+      </c>
+      <c r="P255" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q255" t="s">
+        <v>1591</v>
+      </c>
+      <c r="R255" t="s">
+        <v>1592</v>
+      </c>
+      <c r="S255" t="s">
+        <v>35</v>
+      </c>
+      <c r="T255" t="s">
+        <v>35</v>
+      </c>
+      <c r="U255" t="s">
+        <v>1593</v>
+      </c>
+      <c r="V255" t="s">
+        <v>1594</v>
+      </c>
+      <c r="W255" t="s">
+        <v>35</v>
+      </c>
+      <c r="X255" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y255" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z255" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA255" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB255" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC255" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="256" spans="1:29">
+      <c r="A256" t="s">
+        <v>556</v>
+      </c>
+      <c r="B256" t="s">
+        <v>60</v>
+      </c>
+      <c r="C256" t="s">
+        <v>1595</v>
+      </c>
+      <c r="D256" t="s">
+        <v>1596</v>
+      </c>
+      <c r="E256" t="s">
+        <v>148</v>
+      </c>
+      <c r="F256" t="s">
+        <v>35</v>
+      </c>
+      <c r="G256" t="s">
+        <v>63</v>
+      </c>
+      <c r="H256" t="s">
+        <v>35</v>
+      </c>
+      <c r="I256" t="s">
+        <v>35</v>
+      </c>
+      <c r="J256" t="s">
+        <v>1597</v>
+      </c>
+      <c r="K256" t="s">
+        <v>35</v>
+      </c>
+      <c r="L256" t="s">
+        <v>1109</v>
+      </c>
+      <c r="M256" t="s">
+        <v>696</v>
+      </c>
+      <c r="N256" t="s">
+        <v>38</v>
+      </c>
+      <c r="O256" t="s">
+        <v>35</v>
+      </c>
+      <c r="P256" t="s">
+        <v>1598</v>
+      </c>
+      <c r="Q256" t="s">
+        <v>1599</v>
+      </c>
+      <c r="R256" t="s">
+        <v>35</v>
+      </c>
+      <c r="S256" t="s">
+        <v>35</v>
+      </c>
+      <c r="T256" t="s">
+        <v>1600</v>
+      </c>
+      <c r="U256" t="s">
+        <v>1601</v>
+      </c>
+      <c r="V256" t="s">
+        <v>1602</v>
+      </c>
+      <c r="W256" t="s">
+        <v>35</v>
+      </c>
+      <c r="X256" t="s">
+        <v>1603</v>
+      </c>
+      <c r="Y256" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z256" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA256" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB256" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC256" t="s">
+        <v>1604</v>
+      </c>
+    </row>
+    <row r="257" spans="1:29">
+      <c r="A257" t="s">
+        <v>29</v>
+      </c>
+      <c r="B257" t="s">
+        <v>30</v>
+      </c>
+      <c r="C257" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D257" t="s">
+        <v>1606</v>
+      </c>
+      <c r="E257" t="s">
+        <v>204</v>
+      </c>
+      <c r="F257" t="s">
+        <v>34</v>
+      </c>
+      <c r="G257" t="s">
+        <v>35</v>
+      </c>
+      <c r="H257" t="s">
+        <v>35</v>
+      </c>
+      <c r="I257" t="s">
+        <v>35</v>
+      </c>
+      <c r="J257" t="s">
+        <v>1607</v>
+      </c>
+      <c r="K257" t="s">
+        <v>35</v>
+      </c>
+      <c r="L257" t="s">
+        <v>421</v>
+      </c>
+      <c r="M257" t="s">
+        <v>696</v>
+      </c>
+      <c r="N257" t="s">
+        <v>38</v>
+      </c>
+      <c r="O257" t="s">
+        <v>35</v>
+      </c>
+      <c r="P257" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q257" t="s">
+        <v>1608</v>
+      </c>
+      <c r="R257" t="s">
+        <v>35</v>
+      </c>
+      <c r="S257" t="s">
+        <v>35</v>
+      </c>
+      <c r="T257" t="s">
+        <v>35</v>
+      </c>
+      <c r="U257" t="s">
+        <v>1609</v>
+      </c>
+      <c r="V257" t="s">
+        <v>1610</v>
+      </c>
+      <c r="W257" t="s">
+        <v>35</v>
+      </c>
+      <c r="X257" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y257" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z257" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA257" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB257" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC257" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="258" spans="1:29">
+      <c r="A258" t="s">
+        <v>655</v>
+      </c>
+      <c r="B258" t="s">
+        <v>30</v>
+      </c>
+      <c r="C258" t="s">
+        <v>1605</v>
+      </c>
+      <c r="D258" t="s">
+        <v>1611</v>
+      </c>
+      <c r="E258" t="s">
+        <v>204</v>
+      </c>
+      <c r="F258" t="s">
+        <v>34</v>
+      </c>
+      <c r="G258" t="s">
+        <v>35</v>
+      </c>
+      <c r="H258" t="s">
+        <v>35</v>
+      </c>
+      <c r="I258" t="s">
+        <v>35</v>
+      </c>
+      <c r="J258" t="s">
+        <v>1612</v>
+      </c>
+      <c r="K258" t="s">
+        <v>35</v>
+      </c>
+      <c r="L258" t="s">
+        <v>261</v>
+      </c>
+      <c r="M258" t="s">
+        <v>38</v>
+      </c>
+      <c r="N258" t="s">
+        <v>38</v>
+      </c>
+      <c r="O258" t="s">
+        <v>35</v>
+      </c>
+      <c r="P258" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q258" t="s">
+        <v>1613</v>
+      </c>
+      <c r="R258" t="s">
+        <v>1614</v>
+      </c>
+      <c r="S258" t="s">
+        <v>1615</v>
+      </c>
+      <c r="T258" t="s">
+        <v>1616</v>
+      </c>
+      <c r="U258" t="s">
+        <v>1617</v>
+      </c>
+      <c r="V258" t="s">
+        <v>35</v>
+      </c>
+      <c r="W258" t="s">
+        <v>35</v>
+      </c>
+      <c r="X258" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y258" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z258" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA258" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB258" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC258" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="259" spans="1:29">
+      <c r="A259" t="s">
+        <v>83</v>
+      </c>
+      <c r="B259" t="s">
+        <v>30</v>
+      </c>
+      <c r="C259" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D259" t="s">
+        <v>1619</v>
+      </c>
+      <c r="E259" t="s">
+        <v>204</v>
+      </c>
+      <c r="F259" t="s">
+        <v>34</v>
+      </c>
+      <c r="G259" t="s">
+        <v>35</v>
+      </c>
+      <c r="H259" t="s">
+        <v>35</v>
+      </c>
+      <c r="I259" t="s">
+        <v>35</v>
+      </c>
+      <c r="J259" t="s">
+        <v>1620</v>
+      </c>
+      <c r="K259" t="s">
+        <v>1276</v>
+      </c>
+      <c r="L259" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M259" t="s">
+        <v>204</v>
+      </c>
+      <c r="N259" t="s">
+        <v>38</v>
+      </c>
+      <c r="O259" t="s">
+        <v>35</v>
+      </c>
+      <c r="P259" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q259" t="s">
+        <v>1621</v>
+      </c>
+      <c r="R259" t="s">
+        <v>35</v>
+      </c>
+      <c r="S259" t="s">
+        <v>35</v>
+      </c>
+      <c r="T259" t="s">
+        <v>1622</v>
+      </c>
+      <c r="U259" t="s">
+        <v>35</v>
+      </c>
+      <c r="V259" t="s">
+        <v>35</v>
+      </c>
+      <c r="W259" t="s">
+        <v>35</v>
+      </c>
+      <c r="X259" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y259" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z259" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA259" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB259" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC259" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="260" spans="1:29">
+      <c r="A260" t="s">
+        <v>482</v>
+      </c>
+      <c r="B260" t="s">
+        <v>143</v>
+      </c>
+      <c r="C260" t="s">
+        <v>1618</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1623</v>
+      </c>
+      <c r="E260" t="s">
+        <v>351</v>
+      </c>
+      <c r="F260" t="s">
+        <v>35</v>
+      </c>
+      <c r="G260" t="s">
+        <v>35</v>
+      </c>
+      <c r="H260" t="s">
+        <v>35</v>
+      </c>
+      <c r="I260" t="s">
+        <v>520</v>
+      </c>
+      <c r="J260" t="s">
+        <v>1624</v>
+      </c>
+      <c r="K260" t="s">
+        <v>35</v>
+      </c>
+      <c r="L260" t="s">
+        <v>421</v>
+      </c>
+      <c r="M260" t="s">
+        <v>351</v>
+      </c>
+      <c r="N260" t="s">
+        <v>38</v>
+      </c>
+      <c r="O260" t="s">
+        <v>35</v>
+      </c>
+      <c r="P260" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q260" t="s">
+        <v>1625</v>
+      </c>
+      <c r="R260" t="s">
+        <v>35</v>
+      </c>
+      <c r="S260" t="s">
+        <v>1626</v>
+      </c>
+      <c r="T260" t="s">
+        <v>35</v>
+      </c>
+      <c r="U260" t="s">
+        <v>1627</v>
+      </c>
+      <c r="V260" t="s">
+        <v>35</v>
+      </c>
+      <c r="W260" t="s">
+        <v>35</v>
+      </c>
+      <c r="X260" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y260" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z260" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA260" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB260" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC260" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="261" spans="1:29">
+      <c r="A261" t="s">
+        <v>482</v>
+      </c>
+      <c r="B261" t="s">
+        <v>30</v>
+      </c>
+      <c r="C261" t="s">
+        <v>1628</v>
+      </c>
+      <c r="D261" t="s">
+        <v>1629</v>
+      </c>
+      <c r="E261" t="s">
+        <v>953</v>
+      </c>
+      <c r="F261" t="s">
+        <v>34</v>
+      </c>
+      <c r="G261" t="s">
+        <v>35</v>
+      </c>
+      <c r="H261" t="s">
+        <v>35</v>
+      </c>
+      <c r="I261" t="s">
+        <v>35</v>
+      </c>
+      <c r="J261" t="s">
+        <v>1630</v>
+      </c>
+      <c r="K261" t="s">
+        <v>35</v>
+      </c>
+      <c r="L261" t="s">
+        <v>111</v>
+      </c>
+      <c r="M261" t="s">
+        <v>696</v>
+      </c>
+      <c r="N261" t="s">
+        <v>38</v>
+      </c>
+      <c r="O261" t="s">
+        <v>35</v>
+      </c>
+      <c r="P261" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q261" t="s">
+        <v>1631</v>
+      </c>
+      <c r="R261" t="s">
+        <v>35</v>
+      </c>
+      <c r="S261" t="s">
+        <v>35</v>
+      </c>
+      <c r="T261" t="s">
+        <v>1632</v>
+      </c>
+      <c r="U261" t="s">
+        <v>1633</v>
+      </c>
+      <c r="V261" t="s">
+        <v>35</v>
+      </c>
+      <c r="W261" t="s">
+        <v>35</v>
+      </c>
+      <c r="X261" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y261" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z261" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA261" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB261" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC261" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="262" spans="1:29">
+      <c r="A262" t="s">
+        <v>427</v>
+      </c>
+      <c r="B262" t="s">
+        <v>60</v>
+      </c>
+      <c r="C262" t="s">
+        <v>1634</v>
+      </c>
+      <c r="D262" t="s">
+        <v>1635</v>
+      </c>
+      <c r="E262" t="s">
+        <v>216</v>
+      </c>
+      <c r="F262" t="s">
+        <v>35</v>
+      </c>
+      <c r="G262" t="s">
+        <v>76</v>
+      </c>
+      <c r="H262" t="s">
+        <v>35</v>
+      </c>
+      <c r="I262" t="s">
+        <v>35</v>
+      </c>
+      <c r="J262" t="s">
+        <v>1636</v>
+      </c>
+      <c r="K262" t="s">
+        <v>35</v>
+      </c>
+      <c r="L262" t="s">
+        <v>52</v>
+      </c>
+      <c r="M262" t="s">
+        <v>38</v>
+      </c>
+      <c r="N262" t="s">
+        <v>38</v>
+      </c>
+      <c r="O262" t="s">
+        <v>35</v>
+      </c>
+      <c r="P262" t="s">
+        <v>317</v>
+      </c>
+      <c r="Q262" t="s">
+        <v>1637</v>
+      </c>
+      <c r="R262" t="s">
+        <v>35</v>
+      </c>
+      <c r="S262" t="s">
+        <v>35</v>
+      </c>
+      <c r="T262" t="s">
+        <v>1638</v>
+      </c>
+      <c r="U262" t="s">
+        <v>35</v>
+      </c>
+      <c r="V262" t="s">
+        <v>35</v>
+      </c>
+      <c r="W262" t="s">
+        <v>35</v>
+      </c>
+      <c r="X262" t="s">
+        <v>1639</v>
+      </c>
+      <c r="Y262" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z262" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA262" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB262" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC262" t="s">
+        <v>1640</v>
+      </c>
+    </row>
+    <row r="263" spans="1:29">
+      <c r="A263" t="s">
+        <v>117</v>
+      </c>
+      <c r="B263" t="s">
+        <v>60</v>
+      </c>
+      <c r="C263" t="s">
+        <v>1641</v>
+      </c>
+      <c r="D263" t="s">
+        <v>1642</v>
+      </c>
+      <c r="E263" t="s">
+        <v>294</v>
+      </c>
+      <c r="F263" t="s">
+        <v>35</v>
+      </c>
+      <c r="G263" t="s">
+        <v>86</v>
+      </c>
+      <c r="H263" t="s">
+        <v>35</v>
+      </c>
+      <c r="I263" t="s">
+        <v>35</v>
+      </c>
+      <c r="J263" t="s">
+        <v>1643</v>
+      </c>
+      <c r="K263" t="s">
+        <v>35</v>
+      </c>
+      <c r="L263" t="s">
+        <v>1644</v>
+      </c>
+      <c r="M263" t="s">
+        <v>38</v>
+      </c>
+      <c r="N263" t="s">
+        <v>38</v>
+      </c>
+      <c r="O263" t="s">
+        <v>35</v>
+      </c>
+      <c r="P263" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q263" t="s">
+        <v>35</v>
+      </c>
+      <c r="R263" t="s">
+        <v>35</v>
+      </c>
+      <c r="S263" t="s">
+        <v>35</v>
+      </c>
+      <c r="T263" t="s">
+        <v>35</v>
+      </c>
+      <c r="U263" t="s">
+        <v>35</v>
+      </c>
+      <c r="V263" t="s">
+        <v>35</v>
+      </c>
+      <c r="W263" t="s">
+        <v>35</v>
+      </c>
+      <c r="X263" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y263" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z263" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA263" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB263" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC263" t="s">
+        <v>1645</v>
+      </c>
+    </row>
+    <row r="264" spans="1:29">
+      <c r="A264" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B264" t="s">
+        <v>30</v>
+      </c>
+      <c r="C264" t="s">
+        <v>1647</v>
+      </c>
+      <c r="D264" t="s">
+        <v>1648</v>
+      </c>
+      <c r="E264" t="s">
+        <v>206</v>
+      </c>
+      <c r="F264" t="s">
+        <v>34</v>
+      </c>
+      <c r="G264" t="s">
+        <v>35</v>
+      </c>
+      <c r="H264" t="s">
+        <v>35</v>
+      </c>
+      <c r="I264" t="s">
+        <v>35</v>
+      </c>
+      <c r="J264" t="s">
+        <v>1649</v>
+      </c>
+      <c r="K264" t="s">
+        <v>35</v>
+      </c>
+      <c r="L264" t="s">
+        <v>1650</v>
+      </c>
+      <c r="M264" t="s">
+        <v>189</v>
+      </c>
+      <c r="N264" t="s">
+        <v>38</v>
+      </c>
+      <c r="O264" t="s">
+        <v>35</v>
+      </c>
+      <c r="P264" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q264" t="s">
+        <v>1651</v>
+      </c>
+      <c r="R264" t="s">
+        <v>1652</v>
+      </c>
+      <c r="S264" t="s">
+        <v>35</v>
+      </c>
+      <c r="T264" t="s">
+        <v>35</v>
+      </c>
+      <c r="U264" t="s">
+        <v>1653</v>
+      </c>
+      <c r="V264" t="s">
+        <v>35</v>
+      </c>
+      <c r="W264" t="s">
+        <v>35</v>
+      </c>
+      <c r="X264" t="s">
+        <v>1654</v>
+      </c>
+      <c r="Y264" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z264" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA264" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB264" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC264" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="265" spans="1:29">
+      <c r="A265" t="s">
+        <v>83</v>
+      </c>
+      <c r="B265" t="s">
+        <v>132</v>
+      </c>
+      <c r="C265" t="s">
+        <v>1655</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1656</v>
+      </c>
+      <c r="E265" t="s">
+        <v>178</v>
+      </c>
+      <c r="F265" t="s">
+        <v>35</v>
+      </c>
+      <c r="G265" t="s">
+        <v>35</v>
+      </c>
+      <c r="H265" t="s">
+        <v>238</v>
+      </c>
+      <c r="I265" t="s">
+        <v>35</v>
+      </c>
+      <c r="J265" t="s">
+        <v>1657</v>
+      </c>
+      <c r="K265" t="s">
+        <v>35</v>
+      </c>
+      <c r="L265" t="s">
+        <v>37</v>
+      </c>
+      <c r="M265" t="s">
+        <v>696</v>
+      </c>
+      <c r="N265" t="s">
+        <v>38</v>
+      </c>
+      <c r="O265" t="s">
+        <v>35</v>
+      </c>
+      <c r="P265" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q265" t="s">
+        <v>1658</v>
+      </c>
+      <c r="R265" t="s">
+        <v>35</v>
+      </c>
+      <c r="S265" t="s">
+        <v>35</v>
+      </c>
+      <c r="T265" t="s">
+        <v>1206</v>
+      </c>
+      <c r="U265" t="s">
+        <v>35</v>
+      </c>
+      <c r="V265" t="s">
+        <v>35</v>
+      </c>
+      <c r="W265" t="s">
+        <v>35</v>
+      </c>
+      <c r="X265" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y265" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z265" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA265" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB265" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC265" t="s">
+        <v>1659</v>
+      </c>
+    </row>
+    <row r="266" spans="1:29">
+      <c r="A266" t="s">
+        <v>556</v>
+      </c>
+      <c r="B266" t="s">
+        <v>30</v>
+      </c>
+      <c r="C266" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D266" t="s">
+        <v>1661</v>
+      </c>
+      <c r="E266" t="s">
+        <v>189</v>
+      </c>
+      <c r="F266" t="s">
+        <v>34</v>
+      </c>
+      <c r="G266" t="s">
+        <v>35</v>
+      </c>
+      <c r="H266" t="s">
+        <v>35</v>
+      </c>
+      <c r="I266" t="s">
+        <v>35</v>
+      </c>
+      <c r="J266" t="s">
+        <v>1662</v>
+      </c>
+      <c r="K266" t="s">
+        <v>35</v>
+      </c>
+      <c r="L266" t="s">
+        <v>1663</v>
+      </c>
+      <c r="M266" t="s">
+        <v>189</v>
+      </c>
+      <c r="N266" t="s">
+        <v>696</v>
+      </c>
+      <c r="O266" t="s">
+        <v>35</v>
+      </c>
+      <c r="P266" t="s">
+        <v>200</v>
+      </c>
+      <c r="R266" t="s">
+        <v>35</v>
+      </c>
+      <c r="S266" t="s">
+        <v>35</v>
+      </c>
+      <c r="T266" t="s">
+        <v>35</v>
+      </c>
+      <c r="U266" t="s">
+        <v>35</v>
+      </c>
+      <c r="V266" t="s">
+        <v>1664</v>
+      </c>
+      <c r="W266" t="s">
+        <v>35</v>
+      </c>
+      <c r="X266" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y266" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z266" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA266" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB266" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC266" t="s">
+        <v>1665</v>
+      </c>
+    </row>
+    <row r="267" spans="1:29">
+      <c r="A267" t="s">
+        <v>72</v>
+      </c>
+      <c r="B267" t="s">
+        <v>60</v>
+      </c>
+      <c r="C267" t="s">
+        <v>1660</v>
+      </c>
+      <c r="D267" t="s">
+        <v>1666</v>
+      </c>
+      <c r="E267" t="s">
+        <v>259</v>
+      </c>
+      <c r="F267" t="s">
+        <v>35</v>
+      </c>
+      <c r="G267" t="s">
+        <v>63</v>
+      </c>
+      <c r="H267" t="s">
+        <v>35</v>
+      </c>
+      <c r="I267" t="s">
+        <v>35</v>
+      </c>
+      <c r="J267" t="s">
+        <v>1667</v>
+      </c>
+      <c r="K267" t="s">
+        <v>35</v>
+      </c>
+      <c r="L267" t="s">
+        <v>65</v>
+      </c>
+      <c r="M267" t="s">
+        <v>62</v>
+      </c>
+      <c r="N267" t="s">
+        <v>38</v>
+      </c>
+      <c r="O267" t="s">
+        <v>35</v>
+      </c>
+      <c r="P267" t="s">
+        <v>1225</v>
+      </c>
+      <c r="Q267" t="s">
+        <v>35</v>
+      </c>
+      <c r="R267" t="s">
+        <v>35</v>
+      </c>
+      <c r="S267" t="s">
+        <v>35</v>
+      </c>
+      <c r="T267" t="s">
+        <v>1668</v>
+      </c>
+      <c r="U267" t="s">
+        <v>35</v>
+      </c>
+      <c r="V267" t="s">
+        <v>1669</v>
+      </c>
+      <c r="W267" t="s">
+        <v>1670</v>
+      </c>
+      <c r="X267" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y267" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z267" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA267" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB267" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC267" t="s">
+        <v>1671</v>
+      </c>
+    </row>
+    <row r="268" spans="1:29">
+      <c r="A268" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B268" t="s">
+        <v>30</v>
+      </c>
+      <c r="C268" t="s">
+        <v>1672</v>
+      </c>
+      <c r="D268" t="s">
+        <v>1673</v>
+      </c>
+      <c r="E268" t="s">
+        <v>189</v>
+      </c>
+      <c r="F268" t="s">
+        <v>34</v>
+      </c>
+      <c r="G268" t="s">
+        <v>35</v>
+      </c>
+      <c r="H268" t="s">
+        <v>35</v>
+      </c>
+      <c r="I268" t="s">
+        <v>35</v>
+      </c>
+      <c r="J268" t="s">
+        <v>1674</v>
+      </c>
+      <c r="K268" t="s">
+        <v>35</v>
+      </c>
+      <c r="L268" t="s">
+        <v>365</v>
+      </c>
+      <c r="M268" t="s">
+        <v>294</v>
+      </c>
+      <c r="N268" t="s">
+        <v>38</v>
+      </c>
+      <c r="O268" t="s">
+        <v>35</v>
+      </c>
+      <c r="P268" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q268" t="s">
+        <v>1675</v>
+      </c>
+      <c r="R268" t="s">
+        <v>35</v>
+      </c>
+      <c r="S268" t="s">
+        <v>35</v>
+      </c>
+      <c r="T268" t="s">
+        <v>35</v>
+      </c>
+      <c r="U268" t="s">
+        <v>35</v>
+      </c>
+      <c r="V268" t="s">
+        <v>35</v>
+      </c>
+      <c r="W268" t="s">
+        <v>35</v>
+      </c>
+      <c r="X268" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y268" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z268" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA268" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB268" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC268" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="269" spans="1:29">
+      <c r="A269" t="s">
+        <v>29</v>
+      </c>
+      <c r="B269" t="s">
+        <v>30</v>
+      </c>
+      <c r="C269" t="s">
+        <v>1676</v>
+      </c>
+      <c r="D269" t="s">
+        <v>1677</v>
+      </c>
+      <c r="E269" t="s">
+        <v>206</v>
+      </c>
+      <c r="F269" t="s">
+        <v>34</v>
+      </c>
+      <c r="G269" t="s">
+        <v>35</v>
+      </c>
+      <c r="H269" t="s">
+        <v>35</v>
+      </c>
+      <c r="I269" t="s">
+        <v>35</v>
+      </c>
+      <c r="J269" t="s">
+        <v>1678</v>
+      </c>
+      <c r="K269" t="s">
+        <v>35</v>
+      </c>
+      <c r="L269" t="s">
+        <v>78</v>
+      </c>
+      <c r="M269" t="s">
+        <v>109</v>
+      </c>
+      <c r="N269" t="s">
+        <v>109</v>
+      </c>
+      <c r="O269" t="s">
+        <v>35</v>
+      </c>
+      <c r="P269" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q269" t="s">
+        <v>1679</v>
+      </c>
+      <c r="R269" t="s">
+        <v>1680</v>
+      </c>
+      <c r="S269" t="s">
+        <v>1681</v>
+      </c>
+      <c r="U269" t="s">
+        <v>1682</v>
+      </c>
+      <c r="V269" t="s">
+        <v>1683</v>
+      </c>
+      <c r="W269" t="s">
+        <v>35</v>
+      </c>
+      <c r="X269" t="s">
+        <v>1684</v>
+      </c>
+      <c r="Y269" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z269" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA269" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB269" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC269" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="270" spans="1:29">
+      <c r="A270" t="s">
+        <v>72</v>
+      </c>
+      <c r="B270" t="s">
+        <v>143</v>
+      </c>
+      <c r="C270" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E270" t="s">
+        <v>862</v>
+      </c>
+      <c r="F270" t="s">
+        <v>35</v>
+      </c>
+      <c r="G270" t="s">
+        <v>35</v>
+      </c>
+      <c r="H270" t="s">
+        <v>35</v>
+      </c>
+      <c r="I270" t="s">
+        <v>520</v>
+      </c>
+      <c r="J270" t="s">
+        <v>1687</v>
+      </c>
+      <c r="K270" t="s">
+        <v>35</v>
+      </c>
+      <c r="L270" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M270" t="s">
+        <v>98</v>
+      </c>
+      <c r="N270" t="s">
+        <v>38</v>
+      </c>
+      <c r="O270" t="s">
+        <v>35</v>
+      </c>
+      <c r="P270" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q270" t="s">
+        <v>1689</v>
+      </c>
+      <c r="R270" t="s">
+        <v>35</v>
+      </c>
+      <c r="S270" t="s">
+        <v>35</v>
+      </c>
+      <c r="T270" t="s">
+        <v>1690</v>
+      </c>
+      <c r="U270" t="s">
+        <v>35</v>
+      </c>
+      <c r="V270" t="s">
+        <v>35</v>
+      </c>
+      <c r="W270" t="s">
+        <v>35</v>
+      </c>
+      <c r="X270" t="s">
+        <v>1691</v>
+      </c>
+      <c r="Y270" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z270" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA270" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB270" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC270" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="271" spans="1:29">
+      <c r="A271" t="s">
+        <v>72</v>
+      </c>
+      <c r="B271" t="s">
+        <v>143</v>
+      </c>
+      <c r="C271" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D271" t="s">
+        <v>1686</v>
+      </c>
+      <c r="E271" t="s">
+        <v>98</v>
+      </c>
+      <c r="F271" t="s">
+        <v>35</v>
+      </c>
+      <c r="G271" t="s">
+        <v>35</v>
+      </c>
+      <c r="H271" t="s">
+        <v>35</v>
+      </c>
+      <c r="I271" t="s">
+        <v>212</v>
+      </c>
+      <c r="J271" t="s">
+        <v>1692</v>
+      </c>
+      <c r="K271" t="s">
+        <v>35</v>
+      </c>
+      <c r="L271" t="s">
+        <v>611</v>
+      </c>
+      <c r="M271" t="s">
+        <v>1025</v>
+      </c>
+      <c r="N271" t="s">
+        <v>38</v>
+      </c>
+      <c r="O271" t="s">
+        <v>35</v>
+      </c>
+      <c r="P271" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q271" t="s">
+        <v>1693</v>
+      </c>
+      <c r="R271" t="s">
+        <v>35</v>
+      </c>
+      <c r="S271" t="s">
+        <v>35</v>
+      </c>
+      <c r="T271" t="s">
+        <v>1694</v>
+      </c>
+      <c r="U271" t="s">
+        <v>35</v>
+      </c>
+      <c r="V271" t="s">
+        <v>35</v>
+      </c>
+      <c r="W271" t="s">
+        <v>35</v>
+      </c>
+      <c r="X271" t="s">
+        <v>1695</v>
+      </c>
+      <c r="Y271" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z271" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA271" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB271" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC271" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="272" spans="1:29">
+      <c r="A272" t="s">
+        <v>556</v>
+      </c>
+      <c r="B272" t="s">
+        <v>132</v>
+      </c>
+      <c r="C272" t="s">
+        <v>1685</v>
+      </c>
+      <c r="D272" t="s">
+        <v>1696</v>
+      </c>
+      <c r="E272" t="s">
+        <v>206</v>
+      </c>
+      <c r="F272" t="s">
+        <v>35</v>
+      </c>
+      <c r="G272" t="s">
+        <v>35</v>
+      </c>
+      <c r="H272" t="s">
+        <v>34</v>
+      </c>
+      <c r="I272" t="s">
+        <v>35</v>
+      </c>
+      <c r="J272" t="s">
+        <v>1697</v>
+      </c>
+      <c r="K272" t="s">
+        <v>35</v>
+      </c>
+      <c r="L272" t="s">
+        <v>742</v>
+      </c>
+      <c r="M272" t="s">
+        <v>38</v>
+      </c>
+      <c r="N272" t="s">
+        <v>38</v>
+      </c>
+      <c r="O272" t="s">
+        <v>35</v>
+      </c>
+      <c r="P272" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q272" t="s">
+        <v>1698</v>
+      </c>
+      <c r="R272" t="s">
+        <v>35</v>
+      </c>
+      <c r="S272" t="s">
+        <v>35</v>
+      </c>
+      <c r="T272" t="s">
+        <v>1699</v>
+      </c>
+      <c r="U272" t="s">
+        <v>35</v>
+      </c>
+      <c r="V272" t="s">
+        <v>1700</v>
+      </c>
+      <c r="W272" t="s">
+        <v>35</v>
+      </c>
+      <c r="X272" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y272" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z272" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA272" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB272" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC272" t="s">
+        <v>1701</v>
+      </c>
+    </row>
+    <row r="273" spans="1:29">
+      <c r="A273" t="s">
+        <v>655</v>
+      </c>
+      <c r="B273" t="s">
+        <v>60</v>
+      </c>
+      <c r="C273" t="s">
+        <v>1702</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1703</v>
+      </c>
+      <c r="E273" t="s">
+        <v>49</v>
+      </c>
+      <c r="F273" t="s">
+        <v>35</v>
+      </c>
+      <c r="G273" t="s">
+        <v>76</v>
+      </c>
+      <c r="H273" t="s">
+        <v>35</v>
+      </c>
+      <c r="I273" t="s">
+        <v>35</v>
+      </c>
+      <c r="J273" t="s">
+        <v>1704</v>
+      </c>
+      <c r="K273" t="s">
+        <v>35</v>
+      </c>
+      <c r="L273" t="s">
+        <v>1705</v>
+      </c>
+      <c r="M273" t="s">
+        <v>38</v>
+      </c>
+      <c r="N273" t="s">
+        <v>38</v>
+      </c>
+      <c r="O273" t="s">
+        <v>35</v>
+      </c>
+      <c r="P273" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q273" t="s">
+        <v>1706</v>
+      </c>
+      <c r="R273" t="s">
+        <v>35</v>
+      </c>
+      <c r="S273" t="s">
+        <v>35</v>
+      </c>
+      <c r="T273" t="s">
+        <v>68</v>
+      </c>
+      <c r="U273" t="s">
+        <v>35</v>
+      </c>
+      <c r="V273" t="s">
+        <v>35</v>
+      </c>
+      <c r="W273" t="s">
+        <v>35</v>
+      </c>
+      <c r="X273" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y273" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z273" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA273" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB273" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC273" t="s">
+        <v>1707</v>
+      </c>
+    </row>
+    <row r="274" spans="1:29">
+      <c r="A274" t="s">
+        <v>29</v>
+      </c>
+      <c r="B274" t="s">
+        <v>30</v>
+      </c>
+      <c r="C274" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D274" t="s">
+        <v>1709</v>
+      </c>
+      <c r="E274" t="s">
+        <v>38</v>
+      </c>
+      <c r="F274" t="s">
+        <v>34</v>
+      </c>
+      <c r="G274" t="s">
+        <v>35</v>
+      </c>
+      <c r="H274" t="s">
+        <v>35</v>
+      </c>
+      <c r="I274" t="s">
+        <v>35</v>
+      </c>
+      <c r="J274" t="s">
+        <v>1710</v>
+      </c>
+      <c r="K274" t="s">
+        <v>35</v>
+      </c>
+      <c r="L274" t="s">
+        <v>365</v>
+      </c>
+      <c r="M274" t="s">
+        <v>38</v>
+      </c>
+      <c r="N274" t="s">
+        <v>38</v>
+      </c>
+      <c r="O274" t="s">
+        <v>35</v>
+      </c>
+      <c r="P274" t="s">
+        <v>998</v>
+      </c>
+      <c r="Q274" t="s">
+        <v>1711</v>
+      </c>
+      <c r="R274" t="s">
+        <v>1712</v>
+      </c>
+      <c r="S274" t="s">
+        <v>35</v>
+      </c>
+      <c r="T274" t="s">
+        <v>1713</v>
+      </c>
+      <c r="U274" t="s">
+        <v>1714</v>
+      </c>
+      <c r="V274" t="s">
+        <v>1683</v>
+      </c>
+      <c r="W274" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y274" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z274" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA274" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB274" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC274" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="275" spans="1:29">
+      <c r="A275" t="s">
+        <v>482</v>
+      </c>
+      <c r="B275" t="s">
+        <v>30</v>
+      </c>
+      <c r="C275" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D275" t="s">
+        <v>1715</v>
+      </c>
+      <c r="E275" t="s">
+        <v>204</v>
+      </c>
+      <c r="F275" t="s">
+        <v>34</v>
+      </c>
+      <c r="G275" t="s">
+        <v>35</v>
+      </c>
+      <c r="H275" t="s">
+        <v>35</v>
+      </c>
+      <c r="I275" t="s">
+        <v>35</v>
+      </c>
+      <c r="J275" t="s">
+        <v>1716</v>
+      </c>
+      <c r="K275" t="s">
+        <v>35</v>
+      </c>
+      <c r="L275" t="s">
+        <v>111</v>
+      </c>
+      <c r="M275" t="s">
+        <v>109</v>
+      </c>
+      <c r="N275" t="s">
+        <v>38</v>
+      </c>
+      <c r="O275" t="s">
+        <v>35</v>
+      </c>
+      <c r="P275" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q275" t="s">
+        <v>1717</v>
+      </c>
+      <c r="R275" t="s">
+        <v>35</v>
+      </c>
+      <c r="S275" t="s">
+        <v>1718</v>
+      </c>
+      <c r="T275" t="s">
+        <v>35</v>
+      </c>
+      <c r="U275" t="s">
+        <v>1719</v>
+      </c>
+      <c r="V275" t="s">
+        <v>35</v>
+      </c>
+      <c r="W275" t="s">
+        <v>35</v>
+      </c>
+      <c r="X275" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y275" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z275" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA275" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB275" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC275" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="276" spans="1:29">
+      <c r="A276" t="s">
+        <v>482</v>
+      </c>
+      <c r="B276" t="s">
+        <v>132</v>
+      </c>
+      <c r="C276" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D276" t="s">
+        <v>1720</v>
+      </c>
+      <c r="E276" t="s">
+        <v>253</v>
+      </c>
+      <c r="F276" t="s">
+        <v>35</v>
+      </c>
+      <c r="G276" t="s">
+        <v>35</v>
+      </c>
+      <c r="H276" t="s">
+        <v>34</v>
+      </c>
+      <c r="I276" t="s">
+        <v>35</v>
+      </c>
+      <c r="J276" t="s">
+        <v>1721</v>
+      </c>
+      <c r="K276" t="s">
+        <v>35</v>
+      </c>
+      <c r="L276" t="s">
+        <v>231</v>
+      </c>
+      <c r="M276" t="s">
+        <v>189</v>
+      </c>
+      <c r="N276" t="s">
+        <v>38</v>
+      </c>
+      <c r="O276" t="s">
+        <v>35</v>
+      </c>
+      <c r="P276" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q276" t="s">
+        <v>1722</v>
+      </c>
+      <c r="R276" t="s">
+        <v>35</v>
+      </c>
+      <c r="S276" t="s">
+        <v>35</v>
+      </c>
+      <c r="T276" t="s">
+        <v>35</v>
+      </c>
+      <c r="U276" t="s">
+        <v>35</v>
+      </c>
+      <c r="V276" t="s">
+        <v>35</v>
+      </c>
+      <c r="W276" t="s">
+        <v>35</v>
+      </c>
+      <c r="X276" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y276" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z276" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA276" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB276" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC276" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="277" spans="1:29">
+      <c r="A277" t="s">
+        <v>482</v>
+      </c>
+      <c r="B277" t="s">
+        <v>132</v>
+      </c>
+      <c r="C277" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D277" t="s">
+        <v>1723</v>
+      </c>
+      <c r="E277" t="s">
+        <v>33</v>
+      </c>
+      <c r="F277" t="s">
+        <v>35</v>
+      </c>
+      <c r="G277" t="s">
+        <v>35</v>
+      </c>
+      <c r="H277" t="s">
+        <v>34</v>
+      </c>
+      <c r="I277" t="s">
+        <v>35</v>
+      </c>
+      <c r="J277" t="s">
+        <v>1724</v>
+      </c>
+      <c r="K277" t="s">
+        <v>35</v>
+      </c>
+      <c r="L277" t="s">
+        <v>553</v>
+      </c>
+      <c r="M277" t="s">
+        <v>33</v>
+      </c>
+      <c r="N277" t="s">
+        <v>38</v>
+      </c>
+      <c r="O277" t="s">
+        <v>35</v>
+      </c>
+      <c r="P277" t="s">
+        <v>586</v>
+      </c>
+      <c r="Q277" t="s">
+        <v>554</v>
+      </c>
+      <c r="R277" t="s">
+        <v>35</v>
+      </c>
+      <c r="S277" t="s">
+        <v>35</v>
+      </c>
+      <c r="T277" t="s">
+        <v>35</v>
+      </c>
+      <c r="U277" t="s">
+        <v>35</v>
+      </c>
+      <c r="V277" t="s">
+        <v>1725</v>
+      </c>
+      <c r="W277" t="s">
+        <v>35</v>
+      </c>
+      <c r="X277" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y277" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z277" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA277" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB277" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC277" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="278" spans="1:29">
+      <c r="A278" t="s">
+        <v>556</v>
+      </c>
+      <c r="B278" t="s">
+        <v>60</v>
+      </c>
+      <c r="C278" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D278" t="s">
+        <v>1726</v>
+      </c>
+      <c r="E278" t="s">
+        <v>223</v>
+      </c>
+      <c r="F278" t="s">
+        <v>35</v>
+      </c>
+      <c r="G278" t="s">
+        <v>76</v>
+      </c>
+      <c r="H278" t="s">
+        <v>35</v>
+      </c>
+      <c r="I278" t="s">
+        <v>35</v>
+      </c>
+      <c r="J278" t="s">
+        <v>1727</v>
+      </c>
+      <c r="K278" t="s">
+        <v>35</v>
+      </c>
+      <c r="L278" t="s">
+        <v>742</v>
+      </c>
+      <c r="M278" t="s">
+        <v>38</v>
+      </c>
+      <c r="N278" t="s">
+        <v>38</v>
+      </c>
+      <c r="O278" t="s">
+        <v>35</v>
+      </c>
+      <c r="P278" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q278" t="s">
+        <v>1728</v>
+      </c>
+      <c r="R278" t="s">
+        <v>1729</v>
+      </c>
+      <c r="S278" t="s">
+        <v>35</v>
+      </c>
+      <c r="T278" t="s">
+        <v>68</v>
+      </c>
+      <c r="U278" t="s">
+        <v>1730</v>
+      </c>
+      <c r="V278" t="s">
+        <v>1731</v>
+      </c>
+      <c r="W278" t="s">
+        <v>35</v>
+      </c>
+      <c r="X278" t="s">
+        <v>1732</v>
+      </c>
+      <c r="Y278" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z278" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA278" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB278" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC278" t="s">
+        <v>1733</v>
+      </c>
+    </row>
+    <row r="279" spans="1:29">
+      <c r="A279" t="s">
+        <v>556</v>
+      </c>
+      <c r="B279" t="s">
+        <v>201</v>
+      </c>
+      <c r="C279" t="s">
+        <v>1708</v>
+      </c>
+      <c r="D279" t="s">
+        <v>1734</v>
+      </c>
+      <c r="E279" t="s">
+        <v>204</v>
+      </c>
+      <c r="F279" t="s">
+        <v>35</v>
+      </c>
+      <c r="G279" t="s">
+        <v>35</v>
+      </c>
+      <c r="H279" t="s">
+        <v>35</v>
+      </c>
+      <c r="I279" t="s">
+        <v>35</v>
+      </c>
+      <c r="J279" t="s">
+        <v>1735</v>
+      </c>
+      <c r="K279" t="s">
+        <v>35</v>
+      </c>
+      <c r="M279" t="s">
+        <v>38</v>
+      </c>
+      <c r="N279" t="s">
+        <v>38</v>
+      </c>
+      <c r="O279" t="s">
+        <v>35</v>
+      </c>
+      <c r="P279" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q279" t="s">
+        <v>35</v>
+      </c>
+      <c r="R279" t="s">
+        <v>35</v>
+      </c>
+      <c r="S279" t="s">
+        <v>35</v>
+      </c>
+      <c r="T279" t="s">
+        <v>68</v>
+      </c>
+      <c r="U279" t="s">
+        <v>35</v>
+      </c>
+      <c r="V279" t="s">
+        <v>1736</v>
+      </c>
+      <c r="W279" t="s">
+        <v>35</v>
+      </c>
+      <c r="X279" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y279" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z279" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA279" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB279" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC279" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="280" spans="1:29">
+      <c r="A280" t="s">
+        <v>655</v>
+      </c>
+      <c r="B280" t="s">
+        <v>60</v>
+      </c>
+      <c r="C280" t="s">
+        <v>1737</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1738</v>
+      </c>
+      <c r="E280" t="s">
+        <v>1739</v>
+      </c>
+      <c r="F280" t="s">
+        <v>35</v>
+      </c>
+      <c r="G280" t="s">
+        <v>76</v>
+      </c>
+      <c r="H280" t="s">
+        <v>35</v>
+      </c>
+      <c r="I280" t="s">
+        <v>35</v>
+      </c>
+      <c r="J280" t="s">
+        <v>1740</v>
+      </c>
+      <c r="K280" t="s">
+        <v>35</v>
+      </c>
+      <c r="L280" t="s">
+        <v>1741</v>
+      </c>
+      <c r="M280" t="s">
+        <v>38</v>
+      </c>
+      <c r="N280" t="s">
+        <v>38</v>
+      </c>
+      <c r="O280" t="s">
+        <v>35</v>
+      </c>
+      <c r="P280" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q280" t="s">
+        <v>1272</v>
+      </c>
+      <c r="R280" t="s">
+        <v>1742</v>
+      </c>
+      <c r="S280" t="s">
+        <v>35</v>
+      </c>
+      <c r="T280" t="s">
+        <v>1743</v>
+      </c>
+      <c r="U280" t="s">
+        <v>35</v>
+      </c>
+      <c r="V280" t="s">
+        <v>35</v>
+      </c>
+      <c r="W280" t="s">
+        <v>35</v>
+      </c>
+      <c r="X280" t="s">
+        <v>1744</v>
+      </c>
+      <c r="Y280" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z280" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA280" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB280" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC280" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="281" spans="1:29">
+      <c r="A281" t="s">
+        <v>482</v>
+      </c>
+      <c r="B281" t="s">
+        <v>132</v>
+      </c>
+      <c r="C281" t="s">
+        <v>1745</v>
+      </c>
+      <c r="D281" t="s">
+        <v>1746</v>
+      </c>
+      <c r="E281" t="s">
+        <v>862</v>
+      </c>
+      <c r="F281" t="s">
+        <v>35</v>
+      </c>
+      <c r="G281" t="s">
+        <v>35</v>
+      </c>
+      <c r="H281" t="s">
+        <v>238</v>
+      </c>
+      <c r="I281" t="s">
+        <v>35</v>
+      </c>
+      <c r="J281" t="s">
+        <v>1747</v>
+      </c>
+      <c r="K281" t="s">
+        <v>35</v>
+      </c>
+      <c r="L281" t="s">
+        <v>88</v>
+      </c>
+      <c r="M281" t="s">
+        <v>49</v>
+      </c>
+      <c r="N281" t="s">
+        <v>38</v>
+      </c>
+      <c r="O281" t="s">
+        <v>35</v>
+      </c>
+      <c r="P281" t="s">
+        <v>139</v>
+      </c>
+      <c r="Q281" t="s">
+        <v>1748</v>
+      </c>
+      <c r="R281" t="s">
+        <v>35</v>
+      </c>
+      <c r="S281" t="s">
+        <v>35</v>
+      </c>
+      <c r="T281" t="s">
+        <v>35</v>
+      </c>
+      <c r="U281" t="s">
+        <v>35</v>
+      </c>
+      <c r="V281" t="s">
+        <v>1749</v>
+      </c>
+      <c r="W281" t="s">
+        <v>35</v>
+      </c>
+      <c r="X281" t="s">
+        <v>1750</v>
+      </c>
+      <c r="Y281" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z281" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA281" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB281" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC281" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="282" spans="1:29">
+      <c r="A282" t="s">
+        <v>482</v>
+      </c>
+      <c r="B282" t="s">
+        <v>132</v>
+      </c>
+      <c r="C282" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D282" t="s">
+        <v>1752</v>
+      </c>
+      <c r="E282" t="s">
+        <v>216</v>
+      </c>
+      <c r="F282" t="s">
+        <v>35</v>
+      </c>
+      <c r="G282" t="s">
+        <v>35</v>
+      </c>
+      <c r="H282" t="s">
+        <v>238</v>
+      </c>
+      <c r="I282" t="s">
+        <v>35</v>
+      </c>
+      <c r="J282" t="s">
+        <v>1753</v>
+      </c>
+      <c r="K282" t="s">
+        <v>35</v>
+      </c>
+      <c r="L282" t="s">
+        <v>97</v>
+      </c>
+      <c r="M282" t="s">
+        <v>98</v>
+      </c>
+      <c r="N282" t="s">
+        <v>38</v>
+      </c>
+      <c r="O282" t="s">
+        <v>35</v>
+      </c>
+      <c r="P282" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q282" t="s">
+        <v>1754</v>
+      </c>
+      <c r="R282" t="s">
+        <v>35</v>
+      </c>
+      <c r="S282" t="s">
+        <v>35</v>
+      </c>
+      <c r="T282" t="s">
+        <v>1755</v>
+      </c>
+      <c r="U282" t="s">
+        <v>1756</v>
+      </c>
+      <c r="V282" t="s">
+        <v>35</v>
+      </c>
+      <c r="W282" t="s">
+        <v>35</v>
+      </c>
+      <c r="X282" t="s">
+        <v>1757</v>
+      </c>
+      <c r="Y282" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z282" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA282" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB282" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC282" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="283" spans="1:29">
+      <c r="A283" t="s">
+        <v>482</v>
+      </c>
+      <c r="B283" t="s">
+        <v>201</v>
+      </c>
+      <c r="C283" t="s">
+        <v>1751</v>
+      </c>
+      <c r="D283" t="s">
+        <v>1758</v>
+      </c>
+      <c r="E283" t="s">
+        <v>294</v>
+      </c>
+      <c r="F283" t="s">
+        <v>35</v>
+      </c>
+      <c r="G283" t="s">
+        <v>35</v>
+      </c>
+      <c r="H283" t="s">
+        <v>35</v>
+      </c>
+      <c r="I283" t="s">
+        <v>35</v>
+      </c>
+      <c r="J283" t="s">
+        <v>1759</v>
+      </c>
+      <c r="K283" t="s">
+        <v>35</v>
+      </c>
+      <c r="L283" t="s">
+        <v>365</v>
+      </c>
+      <c r="M283" t="s">
+        <v>294</v>
+      </c>
+      <c r="N283" t="s">
+        <v>38</v>
+      </c>
+      <c r="O283" t="s">
+        <v>35</v>
+      </c>
+      <c r="P283" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q283" t="s">
+        <v>1760</v>
+      </c>
+      <c r="R283" t="s">
+        <v>35</v>
+      </c>
+      <c r="S283" t="s">
+        <v>35</v>
+      </c>
+      <c r="T283" t="s">
+        <v>35</v>
+      </c>
+      <c r="U283" t="s">
+        <v>35</v>
+      </c>
+      <c r="V283" t="s">
+        <v>1761</v>
+      </c>
+      <c r="W283" t="s">
+        <v>35</v>
+      </c>
+      <c r="X283" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y283" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z283" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA283" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB283" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC283" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="284" spans="1:29">
+      <c r="A284" t="s">
+        <v>556</v>
+      </c>
+      <c r="B284" t="s">
+        <v>60</v>
+      </c>
+      <c r="C284" t="s">
+        <v>1762</v>
+      </c>
+      <c r="D284" t="s">
+        <v>1763</v>
+      </c>
+      <c r="E284" t="s">
+        <v>862</v>
+      </c>
+      <c r="F284" t="s">
+        <v>35</v>
+      </c>
+      <c r="G284" t="s">
+        <v>86</v>
+      </c>
+      <c r="H284" t="s">
+        <v>35</v>
+      </c>
+      <c r="I284" t="s">
+        <v>35</v>
+      </c>
+      <c r="J284" t="s">
+        <v>1764</v>
+      </c>
+      <c r="K284" t="s">
+        <v>35</v>
+      </c>
+      <c r="L284" t="s">
+        <v>742</v>
+      </c>
+      <c r="M284" t="s">
+        <v>38</v>
+      </c>
+      <c r="N284" t="s">
+        <v>38</v>
+      </c>
+      <c r="O284" t="s">
+        <v>35</v>
+      </c>
+      <c r="P284" t="s">
+        <v>637</v>
+      </c>
+      <c r="Q284" t="s">
+        <v>308</v>
+      </c>
+      <c r="R284" t="s">
+        <v>35</v>
+      </c>
+      <c r="S284" t="s">
+        <v>35</v>
+      </c>
+      <c r="T284" t="s">
+        <v>68</v>
+      </c>
+      <c r="U284" t="s">
+        <v>1765</v>
+      </c>
+      <c r="V284" t="s">
+        <v>35</v>
+      </c>
+      <c r="W284" t="s">
+        <v>35</v>
+      </c>
+      <c r="X284" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y284" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z284" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA284" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB284" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC284" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="285" spans="1:29">
+      <c r="A285" t="s">
+        <v>427</v>
+      </c>
+      <c r="B285" t="s">
+        <v>132</v>
+      </c>
+      <c r="C285" t="s">
+        <v>1766</v>
+      </c>
+      <c r="D285" t="s">
+        <v>1767</v>
+      </c>
+      <c r="E285" t="s">
+        <v>705</v>
+      </c>
+      <c r="F285" t="s">
+        <v>35</v>
+      </c>
+      <c r="G285" t="s">
+        <v>35</v>
+      </c>
+      <c r="H285" t="s">
+        <v>34</v>
+      </c>
+      <c r="I285" t="s">
+        <v>35</v>
+      </c>
+      <c r="J285" t="s">
+        <v>1768</v>
+      </c>
+      <c r="K285" t="s">
+        <v>35</v>
+      </c>
+      <c r="L285" t="s">
+        <v>231</v>
+      </c>
+      <c r="M285" t="s">
+        <v>189</v>
+      </c>
+      <c r="N285" t="s">
+        <v>38</v>
+      </c>
+      <c r="O285" t="s">
+        <v>35</v>
+      </c>
+      <c r="P285" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q285" t="s">
+        <v>1769</v>
+      </c>
+      <c r="R285" t="s">
+        <v>1770</v>
+      </c>
+      <c r="S285" t="s">
+        <v>35</v>
+      </c>
+      <c r="T285" t="s">
+        <v>1771</v>
+      </c>
+      <c r="U285" t="s">
+        <v>35</v>
+      </c>
+      <c r="V285" t="s">
+        <v>35</v>
+      </c>
+      <c r="W285" t="s">
+        <v>35</v>
+      </c>
+      <c r="X285" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y285" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z285" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA285" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB285" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC285" t="s">
+        <v>1772</v>
+      </c>
+    </row>
+    <row r="286" spans="1:29">
+      <c r="A286" t="s">
+        <v>83</v>
+      </c>
+      <c r="B286" t="s">
+        <v>60</v>
+      </c>
+      <c r="C286" t="s">
+        <v>1773</v>
+      </c>
+      <c r="D286" t="s">
+        <v>1774</v>
+      </c>
+      <c r="E286" t="s">
+        <v>33</v>
+      </c>
+      <c r="F286" t="s">
+        <v>35</v>
+      </c>
+      <c r="G286" t="s">
+        <v>86</v>
+      </c>
+      <c r="H286" t="s">
+        <v>35</v>
+      </c>
+      <c r="I286" t="s">
+        <v>35</v>
+      </c>
+      <c r="J286" t="s">
+        <v>1775</v>
+      </c>
+      <c r="K286" t="s">
+        <v>35</v>
+      </c>
+      <c r="L286" t="s">
+        <v>52</v>
+      </c>
+      <c r="M286" t="s">
+        <v>38</v>
+      </c>
+      <c r="N286" t="s">
+        <v>38</v>
+      </c>
+      <c r="O286" t="s">
+        <v>35</v>
+      </c>
+      <c r="P286" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q286" t="s">
+        <v>1776</v>
+      </c>
+      <c r="R286" t="s">
+        <v>35</v>
+      </c>
+      <c r="S286" t="s">
+        <v>35</v>
+      </c>
+      <c r="T286" t="s">
+        <v>1777</v>
+      </c>
+      <c r="U286" t="s">
+        <v>35</v>
+      </c>
+      <c r="V286" t="s">
+        <v>35</v>
+      </c>
+      <c r="W286" t="s">
+        <v>35</v>
+      </c>
+      <c r="X286" t="s">
+        <v>1778</v>
+      </c>
+      <c r="Y286" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z286" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA286" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB286" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC286" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="287" spans="1:29">
+      <c r="A287" t="s">
+        <v>655</v>
+      </c>
+      <c r="B287" t="s">
+        <v>201</v>
+      </c>
+      <c r="C287" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D287" t="s">
+        <v>1780</v>
+      </c>
+      <c r="E287" t="s">
+        <v>206</v>
+      </c>
+      <c r="F287" t="s">
+        <v>35</v>
+      </c>
+      <c r="G287" t="s">
+        <v>35</v>
+      </c>
+      <c r="H287" t="s">
+        <v>35</v>
+      </c>
+      <c r="I287" t="s">
+        <v>35</v>
+      </c>
+      <c r="J287" t="s">
+        <v>1781</v>
+      </c>
+      <c r="K287" t="s">
+        <v>35</v>
+      </c>
+      <c r="L287" t="s">
+        <v>191</v>
+      </c>
+      <c r="M287" t="s">
+        <v>696</v>
+      </c>
+      <c r="N287" t="s">
+        <v>38</v>
+      </c>
+      <c r="O287" t="s">
+        <v>35</v>
+      </c>
+      <c r="P287" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q287" t="s">
+        <v>1782</v>
+      </c>
+      <c r="R287" t="s">
+        <v>35</v>
+      </c>
+      <c r="S287" t="s">
+        <v>35</v>
+      </c>
+      <c r="T287" t="s">
+        <v>68</v>
+      </c>
+      <c r="U287" t="s">
+        <v>35</v>
+      </c>
+      <c r="V287" t="s">
+        <v>35</v>
+      </c>
+      <c r="W287" t="s">
+        <v>35</v>
+      </c>
+      <c r="X287" t="s">
+        <v>1783</v>
+      </c>
+      <c r="Y287" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z287" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA287" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB287" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC287" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="288" spans="1:29">
+      <c r="A288" t="s">
+        <v>482</v>
+      </c>
+      <c r="B288" t="s">
+        <v>30</v>
+      </c>
+      <c r="C288" t="s">
+        <v>1779</v>
+      </c>
+      <c r="D288" t="s">
+        <v>1784</v>
+      </c>
+      <c r="E288" t="s">
+        <v>329</v>
+      </c>
+      <c r="F288" t="s">
+        <v>50</v>
+      </c>
+      <c r="G288" t="s">
+        <v>35</v>
+      </c>
+      <c r="H288" t="s">
+        <v>35</v>
+      </c>
+      <c r="I288" t="s">
+        <v>35</v>
+      </c>
+      <c r="J288" t="s">
+        <v>1785</v>
+      </c>
+      <c r="K288" t="s">
+        <v>35</v>
+      </c>
+      <c r="L288" t="s">
+        <v>97</v>
+      </c>
+      <c r="M288" t="s">
+        <v>98</v>
+      </c>
+      <c r="N288" t="s">
+        <v>38</v>
+      </c>
+      <c r="O288" t="s">
+        <v>35</v>
+      </c>
+      <c r="P288" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q288" t="s">
+        <v>1786</v>
+      </c>
+      <c r="R288" t="s">
+        <v>1787</v>
+      </c>
+      <c r="S288" t="s">
+        <v>35</v>
+      </c>
+      <c r="T288" t="s">
+        <v>1788</v>
+      </c>
+      <c r="U288" t="s">
+        <v>35</v>
+      </c>
+      <c r="V288" t="s">
+        <v>35</v>
+      </c>
+      <c r="W288" t="s">
+        <v>35</v>
+      </c>
+      <c r="X288" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y288" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z288" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA288" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB288" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC288" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="289" spans="1:29">
+      <c r="A289" t="s">
+        <v>117</v>
+      </c>
+      <c r="B289" t="s">
+        <v>60</v>
+      </c>
+      <c r="C289" t="s">
+        <v>1789</v>
+      </c>
+      <c r="D289" t="s">
+        <v>1790</v>
+      </c>
+      <c r="E289" t="s">
+        <v>329</v>
+      </c>
+      <c r="F289" t="s">
+        <v>35</v>
+      </c>
+      <c r="G289" t="s">
+        <v>76</v>
+      </c>
+      <c r="H289" t="s">
+        <v>35</v>
+      </c>
+      <c r="I289" t="s">
+        <v>35</v>
+      </c>
+      <c r="J289" t="s">
+        <v>1791</v>
+      </c>
+      <c r="K289" t="s">
+        <v>35</v>
+      </c>
+      <c r="L289" t="s">
+        <v>1792</v>
+      </c>
+      <c r="M289" t="s">
+        <v>1793</v>
+      </c>
+      <c r="N289" t="s">
+        <v>38</v>
+      </c>
+      <c r="O289" t="s">
+        <v>35</v>
+      </c>
+      <c r="P289" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q289" t="s">
+        <v>1794</v>
+      </c>
+      <c r="R289" t="s">
+        <v>35</v>
+      </c>
+      <c r="S289" t="s">
+        <v>35</v>
+      </c>
+      <c r="T289" t="s">
+        <v>1795</v>
+      </c>
+      <c r="U289" t="s">
+        <v>35</v>
+      </c>
+      <c r="V289" t="s">
+        <v>35</v>
+      </c>
+      <c r="W289" t="s">
+        <v>35</v>
+      </c>
+      <c r="X289" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y289" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z289" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA289" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB289" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC289" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="290" spans="1:29">
+      <c r="A290" t="s">
+        <v>655</v>
+      </c>
+      <c r="B290" t="s">
+        <v>30</v>
+      </c>
+      <c r="C290" t="s">
+        <v>1796</v>
+      </c>
+      <c r="D290" t="s">
+        <v>1797</v>
+      </c>
+      <c r="E290" t="s">
+        <v>109</v>
+      </c>
+      <c r="F290" t="s">
+        <v>50</v>
+      </c>
+      <c r="G290" t="s">
+        <v>35</v>
+      </c>
+      <c r="H290" t="s">
+        <v>35</v>
+      </c>
+      <c r="I290" t="s">
+        <v>35</v>
+      </c>
+      <c r="J290" t="s">
+        <v>1798</v>
+      </c>
+      <c r="K290" t="s">
+        <v>35</v>
+      </c>
+      <c r="L290" t="s">
+        <v>111</v>
+      </c>
+      <c r="M290" t="s">
+        <v>109</v>
+      </c>
+      <c r="N290" t="s">
+        <v>38</v>
+      </c>
+      <c r="O290" t="s">
+        <v>35</v>
+      </c>
+      <c r="P290" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q290" t="s">
+        <v>1799</v>
+      </c>
+      <c r="R290" t="s">
+        <v>1331</v>
+      </c>
+      <c r="S290" t="s">
+        <v>1330</v>
+      </c>
+      <c r="T290" t="s">
+        <v>35</v>
+      </c>
+      <c r="U290" t="s">
+        <v>1331</v>
+      </c>
+      <c r="V290" t="s">
+        <v>1800</v>
+      </c>
+      <c r="W290" t="s">
+        <v>1330</v>
+      </c>
+      <c r="X290" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y290" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z290" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA290" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB290" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC290" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="291" spans="1:29">
+      <c r="A291" t="s">
+        <v>29</v>
+      </c>
+      <c r="B291" t="s">
+        <v>60</v>
+      </c>
+      <c r="C291" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D291" t="s">
+        <v>1802</v>
+      </c>
+      <c r="E291" t="s">
+        <v>49</v>
+      </c>
+      <c r="F291" t="s">
+        <v>35</v>
+      </c>
+      <c r="G291" t="s">
+        <v>86</v>
+      </c>
+      <c r="H291" t="s">
+        <v>35</v>
+      </c>
+      <c r="I291" t="s">
+        <v>35</v>
+      </c>
+      <c r="J291" t="s">
+        <v>1803</v>
+      </c>
+      <c r="K291" t="s">
+        <v>35</v>
+      </c>
+      <c r="L291" t="s">
+        <v>52</v>
+      </c>
+      <c r="M291" t="s">
+        <v>38</v>
+      </c>
+      <c r="N291" t="s">
+        <v>38</v>
+      </c>
+      <c r="O291" t="s">
+        <v>35</v>
+      </c>
+      <c r="P291" t="s">
+        <v>812</v>
+      </c>
+      <c r="Q291" t="s">
+        <v>35</v>
+      </c>
+      <c r="R291" t="s">
+        <v>35</v>
+      </c>
+      <c r="S291" t="s">
+        <v>35</v>
+      </c>
+      <c r="T291" t="s">
+        <v>1804</v>
+      </c>
+      <c r="U291" t="s">
+        <v>35</v>
+      </c>
+      <c r="V291" t="s">
+        <v>35</v>
+      </c>
+      <c r="W291" t="s">
+        <v>35</v>
+      </c>
+      <c r="X291" t="s">
+        <v>1805</v>
+      </c>
+      <c r="Y291" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z291" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA291" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB291" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC291" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="292" spans="1:29">
+      <c r="A292" t="s">
+        <v>29</v>
+      </c>
+      <c r="B292" t="s">
+        <v>60</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1801</v>
+      </c>
+      <c r="D292" t="s">
+        <v>1807</v>
+      </c>
+      <c r="E292" t="s">
+        <v>216</v>
+      </c>
+      <c r="F292" t="s">
+        <v>35</v>
+      </c>
+      <c r="G292" t="s">
+        <v>76</v>
+      </c>
+      <c r="H292" t="s">
+        <v>35</v>
+      </c>
+      <c r="I292" t="s">
+        <v>35</v>
+      </c>
+      <c r="J292" t="s">
+        <v>1808</v>
+      </c>
+      <c r="K292" t="s">
+        <v>35</v>
+      </c>
+      <c r="M292" t="s">
+        <v>216</v>
+      </c>
+      <c r="N292" t="s">
+        <v>38</v>
+      </c>
+      <c r="O292" t="s">
+        <v>35</v>
+      </c>
+      <c r="P292" t="s">
+        <v>437</v>
+      </c>
+      <c r="Q292" t="s">
+        <v>35</v>
+      </c>
+      <c r="R292" t="s">
+        <v>35</v>
+      </c>
+      <c r="S292" t="s">
+        <v>35</v>
+      </c>
+      <c r="T292" t="s">
+        <v>35</v>
+      </c>
+      <c r="U292" t="s">
+        <v>35</v>
+      </c>
+      <c r="V292" t="s">
+        <v>69</v>
+      </c>
+      <c r="W292" t="s">
+        <v>35</v>
+      </c>
+      <c r="X292" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y292" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z292" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA292" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB292" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC292" t="s">
+        <v>1809</v>
+      </c>
+    </row>
+    <row r="293" spans="1:29">
+      <c r="A293" t="s">
+        <v>556</v>
+      </c>
+      <c r="B293" t="s">
+        <v>60</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1810</v>
+      </c>
+      <c r="D293" t="s">
+        <v>1811</v>
+      </c>
+      <c r="E293" t="s">
+        <v>253</v>
+      </c>
+      <c r="F293" t="s">
+        <v>35</v>
+      </c>
+      <c r="G293" t="s">
+        <v>86</v>
+      </c>
+      <c r="H293" t="s">
+        <v>35</v>
+      </c>
+      <c r="I293" t="s">
+        <v>35</v>
+      </c>
+      <c r="J293" t="s">
+        <v>1812</v>
+      </c>
+      <c r="K293" t="s">
+        <v>35</v>
+      </c>
+      <c r="L293" t="s">
+        <v>742</v>
+      </c>
+      <c r="M293" t="s">
+        <v>38</v>
+      </c>
+      <c r="N293" t="s">
+        <v>38</v>
+      </c>
+      <c r="O293" t="s">
+        <v>35</v>
+      </c>
+      <c r="P293" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q293" t="s">
+        <v>35</v>
+      </c>
+      <c r="R293" t="s">
+        <v>35</v>
+      </c>
+      <c r="S293" t="s">
+        <v>35</v>
+      </c>
+      <c r="T293" t="s">
+        <v>1813</v>
+      </c>
+      <c r="U293" t="s">
+        <v>35</v>
+      </c>
+      <c r="V293" t="s">
+        <v>1814</v>
+      </c>
+      <c r="W293" t="s">
+        <v>35</v>
+      </c>
+      <c r="X293" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y293" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z293" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA293" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB293" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC293" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="294" spans="1:29">
+      <c r="A294" t="s">
+        <v>655</v>
+      </c>
+      <c r="B294" t="s">
+        <v>60</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1815</v>
+      </c>
+      <c r="D294" t="s">
+        <v>1816</v>
+      </c>
+      <c r="E294" t="s">
+        <v>94</v>
+      </c>
+      <c r="F294" t="s">
+        <v>35</v>
+      </c>
+      <c r="G294" t="s">
+        <v>76</v>
+      </c>
+      <c r="H294" t="s">
+        <v>35</v>
+      </c>
+      <c r="I294" t="s">
+        <v>35</v>
+      </c>
+      <c r="J294" t="s">
+        <v>1817</v>
+      </c>
+      <c r="K294" t="s">
+        <v>35</v>
+      </c>
+      <c r="L294" t="s">
+        <v>52</v>
+      </c>
+      <c r="M294" t="s">
+        <v>216</v>
+      </c>
+      <c r="N294" t="s">
+        <v>38</v>
+      </c>
+      <c r="O294" t="s">
+        <v>35</v>
+      </c>
+      <c r="P294" t="s">
+        <v>631</v>
+      </c>
+      <c r="Q294" t="s">
+        <v>1818</v>
+      </c>
+      <c r="R294" t="s">
+        <v>1330</v>
+      </c>
+      <c r="S294" t="s">
+        <v>1330</v>
+      </c>
+      <c r="T294" t="s">
+        <v>1330</v>
+      </c>
+      <c r="U294" t="s">
+        <v>1330</v>
+      </c>
+      <c r="V294" t="s">
+        <v>1819</v>
+      </c>
+      <c r="W294" t="s">
+        <v>1330</v>
+      </c>
+      <c r="X294" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y294" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z294" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA294" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB294" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="295" spans="1:29">
+      <c r="A295" t="s">
+        <v>655</v>
+      </c>
+      <c r="B295" t="s">
+        <v>30</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D295" t="s">
+        <v>1821</v>
+      </c>
+      <c r="E295" t="s">
+        <v>206</v>
+      </c>
+      <c r="F295" t="s">
+        <v>34</v>
+      </c>
+      <c r="G295" t="s">
+        <v>35</v>
+      </c>
+      <c r="H295" t="s">
+        <v>35</v>
+      </c>
+      <c r="I295" t="s">
+        <v>35</v>
+      </c>
+      <c r="J295" t="s">
+        <v>1822</v>
+      </c>
+      <c r="K295" t="s">
+        <v>35</v>
+      </c>
+      <c r="L295" t="s">
+        <v>37</v>
+      </c>
+      <c r="M295" t="s">
+        <v>38</v>
+      </c>
+      <c r="N295" t="s">
+        <v>38</v>
+      </c>
+      <c r="O295" t="s">
+        <v>35</v>
+      </c>
+      <c r="P295" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q295" t="s">
+        <v>1823</v>
+      </c>
+      <c r="R295" t="s">
+        <v>931</v>
+      </c>
+      <c r="S295" t="s">
+        <v>1824</v>
+      </c>
+      <c r="T295" t="s">
+        <v>1825</v>
+      </c>
+      <c r="U295" t="s">
+        <v>1826</v>
+      </c>
+      <c r="V295" t="s">
+        <v>35</v>
+      </c>
+      <c r="W295" t="s">
+        <v>35</v>
+      </c>
+      <c r="X295" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y295" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z295" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA295" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB295" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC295" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="296" spans="1:29">
+      <c r="A296" t="s">
+        <v>655</v>
+      </c>
+      <c r="B296" t="s">
+        <v>60</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1820</v>
+      </c>
+      <c r="D296" t="s">
+        <v>1827</v>
+      </c>
+      <c r="E296" t="s">
+        <v>206</v>
+      </c>
+      <c r="F296" t="s">
+        <v>35</v>
+      </c>
+      <c r="G296" t="s">
+        <v>86</v>
+      </c>
+      <c r="H296" t="s">
+        <v>35</v>
+      </c>
+      <c r="I296" t="s">
+        <v>35</v>
+      </c>
+      <c r="J296" t="s">
+        <v>1828</v>
+      </c>
+      <c r="K296" t="s">
+        <v>35</v>
+      </c>
+      <c r="L296" t="s">
+        <v>553</v>
+      </c>
+      <c r="M296" t="s">
+        <v>33</v>
+      </c>
+      <c r="N296" t="s">
+        <v>38</v>
+      </c>
+      <c r="O296" t="s">
+        <v>35</v>
+      </c>
+      <c r="P296" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q296" t="s">
+        <v>35</v>
+      </c>
+      <c r="R296" t="s">
+        <v>35</v>
+      </c>
+      <c r="S296" t="s">
+        <v>35</v>
+      </c>
+      <c r="T296" t="s">
+        <v>35</v>
+      </c>
+      <c r="U296" t="s">
+        <v>35</v>
+      </c>
+      <c r="V296" t="s">
+        <v>35</v>
+      </c>
+      <c r="W296" t="s">
+        <v>35</v>
+      </c>
+      <c r="X296" t="s">
+        <v>1829</v>
+      </c>
+      <c r="Y296" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z296" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA296" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB296" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC296" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="297" spans="1:29">
+      <c r="A297" t="s">
+        <v>117</v>
+      </c>
+      <c r="B297" t="s">
+        <v>30</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D297" t="s">
+        <v>1831</v>
+      </c>
+      <c r="E297" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F297" t="s">
+        <v>34</v>
+      </c>
+      <c r="G297" t="s">
+        <v>35</v>
+      </c>
+      <c r="H297" t="s">
+        <v>35</v>
+      </c>
+      <c r="I297" t="s">
+        <v>35</v>
+      </c>
+      <c r="J297" t="s">
+        <v>1832</v>
+      </c>
+      <c r="K297" t="s">
+        <v>1833</v>
+      </c>
+      <c r="L297" t="s">
+        <v>191</v>
+      </c>
+      <c r="M297" t="s">
+        <v>38</v>
+      </c>
+      <c r="N297" t="s">
+        <v>38</v>
+      </c>
+      <c r="O297" t="s">
+        <v>35</v>
+      </c>
+      <c r="P297" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q297" t="s">
+        <v>1834</v>
+      </c>
+      <c r="R297" t="s">
+        <v>1835</v>
+      </c>
+      <c r="S297" t="s">
+        <v>1836</v>
+      </c>
+      <c r="T297" t="s">
+        <v>35</v>
+      </c>
+      <c r="U297" t="s">
+        <v>1837</v>
+      </c>
+      <c r="V297" t="s">
+        <v>35</v>
+      </c>
+      <c r="W297" t="s">
+        <v>35</v>
+      </c>
+      <c r="X297" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y297" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z297" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA297" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB297" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC297" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="298" spans="1:29">
+      <c r="A298" t="s">
+        <v>117</v>
+      </c>
+      <c r="B298" t="s">
+        <v>30</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1830</v>
+      </c>
+      <c r="D298" t="s">
+        <v>1838</v>
+      </c>
+      <c r="E298" t="s">
+        <v>1588</v>
+      </c>
+      <c r="F298" t="s">
+        <v>34</v>
+      </c>
+      <c r="G298" t="s">
+        <v>35</v>
+      </c>
+      <c r="H298" t="s">
+        <v>35</v>
+      </c>
+      <c r="I298" t="s">
+        <v>35</v>
+      </c>
+      <c r="J298" t="s">
+        <v>1832</v>
+      </c>
+      <c r="K298" t="s">
+        <v>1833</v>
+      </c>
+      <c r="L298" t="s">
+        <v>191</v>
+      </c>
+      <c r="M298" t="s">
+        <v>38</v>
+      </c>
+      <c r="N298" t="s">
+        <v>38</v>
+      </c>
+      <c r="O298" t="s">
+        <v>35</v>
+      </c>
+      <c r="P298" t="s">
+        <v>1839</v>
+      </c>
+      <c r="Q298" t="s">
+        <v>1840</v>
+      </c>
+      <c r="R298" t="s">
+        <v>1841</v>
+      </c>
+      <c r="S298" t="s">
+        <v>35</v>
+      </c>
+      <c r="T298" t="s">
+        <v>35</v>
+      </c>
+      <c r="U298" t="s">
+        <v>1842</v>
+      </c>
+      <c r="V298" t="s">
+        <v>35</v>
+      </c>
+      <c r="W298" t="s">
+        <v>35</v>
+      </c>
+      <c r="X298" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y298" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z298" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA298" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB298" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC298" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="299" spans="1:29">
+      <c r="A299" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B299" t="s">
+        <v>30</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D299" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E299" t="s">
+        <v>253</v>
+      </c>
+      <c r="F299" t="s">
+        <v>34</v>
+      </c>
+      <c r="G299" t="s">
+        <v>35</v>
+      </c>
+      <c r="H299" t="s">
+        <v>35</v>
+      </c>
+      <c r="I299" t="s">
+        <v>35</v>
+      </c>
+      <c r="J299" t="s">
+        <v>1845</v>
+      </c>
+      <c r="K299" t="s">
+        <v>35</v>
+      </c>
+      <c r="L299" t="s">
+        <v>1846</v>
+      </c>
+      <c r="M299" t="s">
+        <v>38</v>
+      </c>
+      <c r="N299" t="s">
+        <v>38</v>
+      </c>
+      <c r="O299" t="s">
+        <v>35</v>
+      </c>
+      <c r="P299" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q299" t="s">
+        <v>1847</v>
+      </c>
+      <c r="R299" t="s">
+        <v>35</v>
+      </c>
+      <c r="S299" t="s">
+        <v>35</v>
+      </c>
+      <c r="T299" t="s">
+        <v>35</v>
+      </c>
+      <c r="U299" t="s">
+        <v>35</v>
+      </c>
+      <c r="V299" t="s">
+        <v>35</v>
+      </c>
+      <c r="W299" t="s">
+        <v>35</v>
+      </c>
+      <c r="X299" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y299" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z299" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA299" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB299" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC299" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="300" spans="1:29">
+      <c r="A300" t="s">
+        <v>234</v>
+      </c>
+      <c r="B300" t="s">
+        <v>132</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D300" t="s">
+        <v>1849</v>
+      </c>
+      <c r="E300" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F300" t="s">
+        <v>35</v>
+      </c>
+      <c r="G300" t="s">
+        <v>35</v>
+      </c>
+      <c r="H300" t="s">
+        <v>34</v>
+      </c>
+      <c r="I300" t="s">
+        <v>35</v>
+      </c>
+      <c r="J300" t="s">
+        <v>1850</v>
+      </c>
+      <c r="K300" t="s">
+        <v>35</v>
+      </c>
+      <c r="L300" t="s">
+        <v>164</v>
+      </c>
+      <c r="M300" t="s">
+        <v>206</v>
+      </c>
+      <c r="N300" t="s">
+        <v>38</v>
+      </c>
+      <c r="O300" t="s">
+        <v>35</v>
+      </c>
+      <c r="P300" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q300" t="s">
+        <v>1851</v>
+      </c>
+      <c r="R300" t="s">
+        <v>35</v>
+      </c>
+      <c r="S300" t="s">
+        <v>35</v>
+      </c>
+      <c r="T300" t="s">
+        <v>68</v>
+      </c>
+      <c r="U300" t="s">
+        <v>35</v>
+      </c>
+      <c r="V300" t="s">
+        <v>35</v>
+      </c>
+      <c r="W300" t="s">
+        <v>35</v>
+      </c>
+      <c r="X300" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y300" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z300" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA300" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB300" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC300" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="301" spans="1:29">
+      <c r="A301" t="s">
+        <v>556</v>
+      </c>
+      <c r="B301" t="s">
+        <v>60</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1848</v>
+      </c>
+      <c r="D301" t="s">
+        <v>1852</v>
+      </c>
+      <c r="E301" t="s">
+        <v>75</v>
+      </c>
+      <c r="F301" t="s">
+        <v>35</v>
+      </c>
+      <c r="G301" t="s">
+        <v>76</v>
+      </c>
+      <c r="H301" t="s">
+        <v>35</v>
+      </c>
+      <c r="I301" t="s">
+        <v>35</v>
+      </c>
+      <c r="J301" t="s">
+        <v>1853</v>
+      </c>
+      <c r="K301" t="s">
+        <v>35</v>
+      </c>
+      <c r="L301" t="s">
+        <v>78</v>
+      </c>
+      <c r="M301" t="s">
+        <v>38</v>
+      </c>
+      <c r="N301" t="s">
+        <v>38</v>
+      </c>
+      <c r="O301" t="s">
+        <v>35</v>
+      </c>
+      <c r="P301" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q301" t="s">
+        <v>1854</v>
+      </c>
+      <c r="R301" t="s">
+        <v>35</v>
+      </c>
+      <c r="S301" t="s">
+        <v>35</v>
+      </c>
+      <c r="T301" t="s">
+        <v>1855</v>
+      </c>
+      <c r="U301" t="s">
+        <v>1856</v>
+      </c>
+      <c r="V301" t="s">
+        <v>35</v>
+      </c>
+      <c r="W301" t="s">
+        <v>35</v>
+      </c>
+      <c r="X301" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y301" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z301" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA301" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB301" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC301" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="302" spans="1:29">
+      <c r="A302" t="s">
+        <v>556</v>
+      </c>
+      <c r="B302" t="s">
+        <v>30</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D302" t="s">
+        <v>1858</v>
+      </c>
+      <c r="E302" t="s">
+        <v>109</v>
+      </c>
+      <c r="F302" t="s">
+        <v>34</v>
+      </c>
+      <c r="G302" t="s">
+        <v>35</v>
+      </c>
+      <c r="H302" t="s">
+        <v>35</v>
+      </c>
+      <c r="I302" t="s">
+        <v>35</v>
+      </c>
+      <c r="J302" t="s">
+        <v>1859</v>
+      </c>
+      <c r="K302" t="s">
+        <v>35</v>
+      </c>
+      <c r="L302" t="s">
+        <v>111</v>
+      </c>
+      <c r="M302" t="s">
+        <v>109</v>
+      </c>
+      <c r="N302" t="s">
+        <v>38</v>
+      </c>
+      <c r="O302" t="s">
+        <v>35</v>
+      </c>
+      <c r="P302" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q302" t="s">
+        <v>1860</v>
+      </c>
+      <c r="R302" t="s">
+        <v>1861</v>
+      </c>
+      <c r="S302" t="s">
+        <v>1862</v>
+      </c>
+      <c r="T302" t="s">
+        <v>1863</v>
+      </c>
+      <c r="U302" t="s">
+        <v>35</v>
+      </c>
+      <c r="V302" t="s">
+        <v>1864</v>
+      </c>
+      <c r="W302" t="s">
+        <v>35</v>
+      </c>
+      <c r="X302" t="s">
+        <v>1865</v>
+      </c>
+      <c r="Y302" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z302" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA302" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB302" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC302" t="s">
+        <v>1866</v>
+      </c>
+    </row>
+    <row r="303" spans="1:29">
+      <c r="A303" t="s">
+        <v>29</v>
+      </c>
+      <c r="B303" t="s">
+        <v>201</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D303" t="s">
+        <v>1868</v>
+      </c>
+      <c r="E303" t="s">
+        <v>189</v>
+      </c>
+      <c r="F303" t="s">
+        <v>35</v>
+      </c>
+      <c r="G303" t="s">
+        <v>35</v>
+      </c>
+      <c r="H303" t="s">
+        <v>35</v>
+      </c>
+      <c r="I303" t="s">
+        <v>35</v>
+      </c>
+      <c r="J303" t="s">
+        <v>1869</v>
+      </c>
+      <c r="K303" t="s">
+        <v>35</v>
+      </c>
+      <c r="L303" t="s">
+        <v>231</v>
+      </c>
+      <c r="M303" t="s">
+        <v>189</v>
+      </c>
+      <c r="N303" t="s">
+        <v>38</v>
+      </c>
+      <c r="O303" t="s">
+        <v>35</v>
+      </c>
+      <c r="P303" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q303" t="s">
+        <v>35</v>
+      </c>
+      <c r="R303" t="s">
+        <v>35</v>
+      </c>
+      <c r="S303" t="s">
+        <v>35</v>
+      </c>
+      <c r="T303" t="s">
+        <v>35</v>
+      </c>
+      <c r="U303" t="s">
+        <v>35</v>
+      </c>
+      <c r="V303" t="s">
+        <v>35</v>
+      </c>
+      <c r="W303" t="s">
+        <v>35</v>
+      </c>
+      <c r="X303" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y303" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z303" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA303" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB303" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC303" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="304" spans="1:29">
+      <c r="A304" t="s">
+        <v>29</v>
+      </c>
+      <c r="B304" t="s">
+        <v>201</v>
+      </c>
+      <c r="C304" t="s">
+        <v>1867</v>
+      </c>
+      <c r="D304" t="s">
+        <v>1868</v>
+      </c>
+      <c r="E304" t="s">
+        <v>189</v>
+      </c>
+      <c r="F304" t="s">
+        <v>35</v>
+      </c>
+      <c r="G304" t="s">
+        <v>35</v>
+      </c>
+      <c r="H304" t="s">
+        <v>35</v>
+      </c>
+      <c r="I304" t="s">
+        <v>35</v>
+      </c>
+      <c r="J304" t="s">
+        <v>1869</v>
+      </c>
+      <c r="K304" t="s">
+        <v>35</v>
+      </c>
+      <c r="L304" t="s">
+        <v>231</v>
+      </c>
+      <c r="M304" t="s">
+        <v>189</v>
+      </c>
+      <c r="N304" t="s">
+        <v>38</v>
+      </c>
+      <c r="O304" t="s">
+        <v>35</v>
+      </c>
+      <c r="P304" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q304" t="s">
+        <v>35</v>
+      </c>
+      <c r="R304" t="s">
+        <v>35</v>
+      </c>
+      <c r="S304" t="s">
+        <v>35</v>
+      </c>
+      <c r="T304" t="s">
+        <v>35</v>
+      </c>
+      <c r="U304" t="s">
+        <v>35</v>
+      </c>
+      <c r="V304" t="s">
+        <v>35</v>
+      </c>
+      <c r="W304" t="s">
+        <v>35</v>
+      </c>
+      <c r="X304" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y304" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z304" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA304" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB304" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC304" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="305" spans="1:29">
+      <c r="A305" t="s">
+        <v>117</v>
+      </c>
+      <c r="B305" t="s">
+        <v>30</v>
+      </c>
+      <c r="C305" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D305" t="s">
+        <v>1871</v>
+      </c>
+      <c r="E305" t="s">
+        <v>635</v>
+      </c>
+      <c r="F305" t="s">
+        <v>34</v>
+      </c>
+      <c r="G305" t="s">
+        <v>35</v>
+      </c>
+      <c r="H305" t="s">
+        <v>35</v>
+      </c>
+      <c r="I305" t="s">
+        <v>35</v>
+      </c>
+      <c r="J305" t="s">
+        <v>1872</v>
+      </c>
+      <c r="K305" t="s">
+        <v>35</v>
+      </c>
+      <c r="L305" t="s">
+        <v>111</v>
+      </c>
+      <c r="M305" t="s">
+        <v>38</v>
+      </c>
+      <c r="N305" t="s">
+        <v>38</v>
+      </c>
+      <c r="O305" t="s">
+        <v>35</v>
+      </c>
+      <c r="P305" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q305" t="s">
+        <v>1873</v>
+      </c>
+      <c r="R305" t="s">
+        <v>35</v>
+      </c>
+      <c r="S305" t="s">
+        <v>35</v>
+      </c>
+      <c r="T305" t="s">
+        <v>35</v>
+      </c>
+      <c r="U305" t="s">
+        <v>1233</v>
+      </c>
+      <c r="V305" t="s">
+        <v>35</v>
+      </c>
+      <c r="W305" t="s">
+        <v>35</v>
+      </c>
+      <c r="X305" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y305" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z305" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA305" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB305" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC305" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="306" spans="1:29">
+      <c r="A306" t="s">
+        <v>117</v>
+      </c>
+      <c r="B306" t="s">
+        <v>30</v>
+      </c>
+      <c r="C306" t="s">
+        <v>1870</v>
+      </c>
+      <c r="D306" t="s">
+        <v>1874</v>
+      </c>
+      <c r="E306" t="s">
+        <v>635</v>
+      </c>
+      <c r="F306" t="s">
+        <v>34</v>
+      </c>
+      <c r="G306" t="s">
+        <v>35</v>
+      </c>
+      <c r="H306" t="s">
+        <v>35</v>
+      </c>
+      <c r="I306" t="s">
+        <v>35</v>
+      </c>
+      <c r="J306" t="s">
+        <v>1875</v>
+      </c>
+      <c r="K306" t="s">
+        <v>35</v>
+      </c>
+      <c r="L306" t="s">
+        <v>111</v>
+      </c>
+      <c r="M306" t="s">
+        <v>38</v>
+      </c>
+      <c r="N306" t="s">
+        <v>38</v>
+      </c>
+      <c r="O306" t="s">
+        <v>35</v>
+      </c>
+      <c r="P306" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q306" t="s">
+        <v>1873</v>
+      </c>
+      <c r="R306" t="s">
+        <v>35</v>
+      </c>
+      <c r="S306" t="s">
+        <v>35</v>
+      </c>
+      <c r="T306" t="s">
+        <v>35</v>
+      </c>
+      <c r="U306" t="s">
+        <v>1876</v>
+      </c>
+      <c r="V306" t="s">
+        <v>35</v>
+      </c>
+      <c r="W306" t="s">
+        <v>35</v>
+      </c>
+      <c r="X306" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y306" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z306" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA306" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB306" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC306" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="307" spans="1:29">
+      <c r="A307" t="s">
+        <v>655</v>
+      </c>
+      <c r="B307" t="s">
+        <v>30</v>
+      </c>
+      <c r="C307" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D307" t="s">
+        <v>1878</v>
+      </c>
+      <c r="E307" t="s">
+        <v>189</v>
+      </c>
+      <c r="F307" t="s">
+        <v>34</v>
+      </c>
+      <c r="G307" t="s">
+        <v>35</v>
+      </c>
+      <c r="H307" t="s">
+        <v>35</v>
+      </c>
+      <c r="I307" t="s">
+        <v>35</v>
+      </c>
+      <c r="J307" t="s">
+        <v>1879</v>
+      </c>
+      <c r="K307" t="s">
+        <v>35</v>
+      </c>
+      <c r="L307" t="s">
+        <v>365</v>
+      </c>
+      <c r="M307" t="s">
+        <v>38</v>
+      </c>
+      <c r="N307" t="s">
+        <v>38</v>
+      </c>
+      <c r="O307" t="s">
+        <v>35</v>
+      </c>
+      <c r="P307" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q307" t="s">
+        <v>1880</v>
+      </c>
+      <c r="R307" t="s">
+        <v>1330</v>
+      </c>
+      <c r="S307" t="s">
+        <v>1330</v>
+      </c>
+      <c r="T307" t="s">
+        <v>1331</v>
+      </c>
+      <c r="U307" t="s">
+        <v>1331</v>
+      </c>
+      <c r="V307" t="s">
+        <v>1881</v>
+      </c>
+      <c r="W307" t="s">
+        <v>1330</v>
+      </c>
+      <c r="X307" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y307" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z307" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA307" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB307" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC307" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="308" spans="1:29">
+      <c r="A308" t="s">
+        <v>29</v>
+      </c>
+      <c r="B308" t="s">
+        <v>201</v>
+      </c>
+      <c r="C308" t="s">
+        <v>1882</v>
+      </c>
+      <c r="D308" t="s">
+        <v>1883</v>
+      </c>
+      <c r="E308" t="s">
+        <v>189</v>
+      </c>
+      <c r="F308" t="s">
+        <v>35</v>
+      </c>
+      <c r="G308" t="s">
+        <v>35</v>
+      </c>
+      <c r="H308" t="s">
+        <v>35</v>
+      </c>
+      <c r="I308" t="s">
+        <v>35</v>
+      </c>
+      <c r="J308" t="s">
+        <v>1884</v>
+      </c>
+      <c r="K308" t="s">
+        <v>35</v>
+      </c>
+      <c r="L308" t="s">
+        <v>231</v>
+      </c>
+      <c r="M308" t="s">
+        <v>189</v>
+      </c>
+      <c r="N308" t="s">
+        <v>189</v>
+      </c>
+      <c r="O308" t="s">
+        <v>35</v>
+      </c>
+      <c r="P308" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q308" t="s">
+        <v>308</v>
+      </c>
+      <c r="R308" t="s">
+        <v>35</v>
+      </c>
+      <c r="S308" t="s">
+        <v>35</v>
+      </c>
+      <c r="T308" t="s">
+        <v>1885</v>
+      </c>
+      <c r="U308" t="s">
+        <v>35</v>
+      </c>
+      <c r="V308" t="s">
+        <v>35</v>
+      </c>
+      <c r="W308" t="s">
+        <v>35</v>
+      </c>
+      <c r="X308" t="s">
+        <v>1886</v>
+      </c>
+      <c r="Y308" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z308" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA308" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB308" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC308" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="309" spans="1:29">
+      <c r="A309" t="s">
+        <v>482</v>
+      </c>
+      <c r="B309" t="s">
+        <v>30</v>
+      </c>
+      <c r="C309" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D309" t="s">
+        <v>1888</v>
+      </c>
+      <c r="E309" t="s">
+        <v>33</v>
+      </c>
+      <c r="F309" t="s">
+        <v>34</v>
+      </c>
+      <c r="G309" t="s">
+        <v>35</v>
+      </c>
+      <c r="H309" t="s">
+        <v>35</v>
+      </c>
+      <c r="I309" t="s">
+        <v>35</v>
+      </c>
+      <c r="J309" t="s">
+        <v>1889</v>
+      </c>
+      <c r="K309" t="s">
+        <v>35</v>
+      </c>
+      <c r="L309" t="s">
+        <v>676</v>
+      </c>
+      <c r="M309" t="s">
+        <v>696</v>
+      </c>
+      <c r="N309" t="s">
+        <v>38</v>
+      </c>
+      <c r="O309" t="s">
+        <v>35</v>
+      </c>
+      <c r="P309" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q309" t="s">
+        <v>1890</v>
+      </c>
+      <c r="R309" t="s">
+        <v>35</v>
+      </c>
+      <c r="S309" t="s">
+        <v>35</v>
+      </c>
+      <c r="T309" t="s">
+        <v>1891</v>
+      </c>
+      <c r="U309" t="s">
+        <v>1892</v>
+      </c>
+      <c r="V309" t="s">
+        <v>1893</v>
+      </c>
+      <c r="W309" t="s">
+        <v>35</v>
+      </c>
+      <c r="X309" t="s">
+        <v>1894</v>
+      </c>
+      <c r="Y309" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z309" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA309" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB309" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC309" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="310" spans="1:29">
+      <c r="A310" t="s">
+        <v>234</v>
+      </c>
+      <c r="B310" t="s">
+        <v>201</v>
+      </c>
+      <c r="C310" t="s">
+        <v>1887</v>
+      </c>
+      <c r="D310" t="s">
+        <v>1895</v>
+      </c>
+      <c r="E310" t="s">
+        <v>75</v>
+      </c>
+      <c r="F310" t="s">
+        <v>35</v>
+      </c>
+      <c r="G310" t="s">
+        <v>35</v>
+      </c>
+      <c r="H310" t="s">
+        <v>35</v>
+      </c>
+      <c r="I310" t="s">
+        <v>35</v>
+      </c>
+      <c r="J310" t="s">
+        <v>1896</v>
+      </c>
+      <c r="K310" t="s">
+        <v>35</v>
+      </c>
+      <c r="L310" t="s">
+        <v>1897</v>
+      </c>
+      <c r="M310" t="s">
+        <v>1898</v>
+      </c>
+      <c r="N310" t="s">
+        <v>38</v>
+      </c>
+      <c r="O310" t="s">
+        <v>35</v>
+      </c>
+      <c r="P310" t="s">
+        <v>1899</v>
+      </c>
+      <c r="Q310" t="s">
+        <v>1186</v>
+      </c>
+      <c r="S310" t="s">
+        <v>35</v>
+      </c>
+      <c r="T310" t="s">
+        <v>68</v>
+      </c>
+      <c r="U310" t="s">
+        <v>35</v>
+      </c>
+      <c r="V310" t="s">
+        <v>35</v>
+      </c>
+      <c r="W310" t="s">
+        <v>35</v>
+      </c>
+      <c r="X310" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y310" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z310" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA310" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB310" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC310" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="311" spans="1:29">
+      <c r="A311" t="s">
+        <v>29</v>
+      </c>
+      <c r="B311" t="s">
+        <v>143</v>
+      </c>
+      <c r="C311" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D311" t="s">
+        <v>1901</v>
+      </c>
+      <c r="E311" t="s">
+        <v>162</v>
+      </c>
+      <c r="F311" t="s">
+        <v>35</v>
+      </c>
+      <c r="G311" t="s">
+        <v>35</v>
+      </c>
+      <c r="H311" t="s">
+        <v>35</v>
+      </c>
+      <c r="I311" t="s">
+        <v>212</v>
+      </c>
+      <c r="J311" t="s">
+        <v>1902</v>
+      </c>
+      <c r="K311" t="s">
+        <v>35</v>
+      </c>
+      <c r="L311" t="s">
+        <v>164</v>
+      </c>
+      <c r="M311" t="s">
+        <v>162</v>
+      </c>
+      <c r="N311" t="s">
+        <v>38</v>
+      </c>
+      <c r="O311" t="s">
+        <v>35</v>
+      </c>
+      <c r="P311" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q311" t="s">
+        <v>35</v>
+      </c>
+      <c r="R311" t="s">
+        <v>35</v>
+      </c>
+      <c r="S311" t="s">
+        <v>35</v>
+      </c>
+      <c r="T311" t="s">
+        <v>35</v>
+      </c>
+      <c r="U311" t="s">
+        <v>35</v>
+      </c>
+      <c r="V311" t="s">
+        <v>35</v>
+      </c>
+      <c r="W311" t="s">
+        <v>35</v>
+      </c>
+      <c r="X311" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y311" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z311" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA311" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB311" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC311" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="312" spans="1:29">
+      <c r="A312" t="s">
+        <v>29</v>
+      </c>
+      <c r="B312" t="s">
+        <v>143</v>
+      </c>
+      <c r="C312" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D312" t="s">
+        <v>1903</v>
+      </c>
+      <c r="E312" t="s">
+        <v>206</v>
+      </c>
+      <c r="F312" t="s">
+        <v>35</v>
+      </c>
+      <c r="G312" t="s">
+        <v>35</v>
+      </c>
+      <c r="H312" t="s">
+        <v>35</v>
+      </c>
+      <c r="I312" t="s">
+        <v>520</v>
+      </c>
+      <c r="J312" t="s">
+        <v>1904</v>
+      </c>
+      <c r="K312" t="s">
+        <v>35</v>
+      </c>
+      <c r="L312" t="s">
+        <v>191</v>
+      </c>
+      <c r="M312" t="s">
+        <v>206</v>
+      </c>
+      <c r="N312" t="s">
+        <v>38</v>
+      </c>
+      <c r="O312" t="s">
+        <v>35</v>
+      </c>
+      <c r="P312" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q312" t="s">
+        <v>35</v>
+      </c>
+      <c r="R312" t="s">
+        <v>35</v>
+      </c>
+      <c r="S312" t="s">
+        <v>35</v>
+      </c>
+      <c r="T312" t="s">
+        <v>35</v>
+      </c>
+      <c r="U312" t="s">
+        <v>35</v>
+      </c>
+      <c r="V312" t="s">
+        <v>35</v>
+      </c>
+      <c r="W312" t="s">
+        <v>35</v>
+      </c>
+      <c r="X312" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y312" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z312" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA312" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB312" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC312" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="313" spans="1:29">
+      <c r="A313" t="s">
+        <v>482</v>
+      </c>
+      <c r="B313" t="s">
+        <v>132</v>
+      </c>
+      <c r="C313" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1905</v>
+      </c>
+      <c r="E313" t="s">
+        <v>351</v>
+      </c>
+      <c r="F313" t="s">
+        <v>35</v>
+      </c>
+      <c r="G313" t="s">
+        <v>35</v>
+      </c>
+      <c r="H313" t="s">
+        <v>34</v>
+      </c>
+      <c r="I313" t="s">
+        <v>35</v>
+      </c>
+      <c r="J313" t="s">
+        <v>1906</v>
+      </c>
+      <c r="K313" t="s">
+        <v>35</v>
+      </c>
+      <c r="L313" t="s">
+        <v>88</v>
+      </c>
+      <c r="M313" t="s">
+        <v>109</v>
+      </c>
+      <c r="N313" t="s">
+        <v>38</v>
+      </c>
+      <c r="O313" t="s">
+        <v>35</v>
+      </c>
+      <c r="P313" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q313" t="s">
+        <v>1272</v>
+      </c>
+      <c r="R313" t="s">
+        <v>35</v>
+      </c>
+      <c r="S313" t="s">
+        <v>35</v>
+      </c>
+      <c r="T313" t="s">
+        <v>1907</v>
+      </c>
+      <c r="U313" t="s">
+        <v>1908</v>
+      </c>
+      <c r="V313" t="s">
+        <v>1909</v>
+      </c>
+      <c r="W313" t="s">
+        <v>35</v>
+      </c>
+      <c r="X313" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y313" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z313" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA313" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB313" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC313" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="314" spans="1:29">
+      <c r="A314" t="s">
+        <v>482</v>
+      </c>
+      <c r="B314" t="s">
+        <v>132</v>
+      </c>
+      <c r="C314" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D314" t="s">
+        <v>1910</v>
+      </c>
+      <c r="E314" t="s">
+        <v>1911</v>
+      </c>
+      <c r="F314" t="s">
+        <v>35</v>
+      </c>
+      <c r="G314" t="s">
+        <v>35</v>
+      </c>
+      <c r="H314" t="s">
+        <v>34</v>
+      </c>
+      <c r="I314" t="s">
+        <v>35</v>
+      </c>
+      <c r="J314" t="s">
+        <v>1912</v>
+      </c>
+      <c r="K314" t="s">
+        <v>35</v>
+      </c>
+      <c r="L314" t="s">
+        <v>78</v>
+      </c>
+      <c r="M314" t="s">
+        <v>109</v>
+      </c>
+      <c r="N314" t="s">
+        <v>38</v>
+      </c>
+      <c r="O314" t="s">
+        <v>35</v>
+      </c>
+      <c r="P314" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q314" t="s">
+        <v>1272</v>
+      </c>
+      <c r="R314" t="s">
+        <v>35</v>
+      </c>
+      <c r="S314" t="s">
+        <v>35</v>
+      </c>
+      <c r="T314" t="s">
+        <v>68</v>
+      </c>
+      <c r="U314" t="s">
+        <v>1913</v>
+      </c>
+      <c r="V314" t="s">
+        <v>1914</v>
+      </c>
+      <c r="W314" t="s">
+        <v>35</v>
+      </c>
+      <c r="X314" t="s">
+        <v>1915</v>
+      </c>
+      <c r="Y314" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z314" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA314" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB314" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC314" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="315" spans="1:29">
+      <c r="A315" t="s">
+        <v>234</v>
+      </c>
+      <c r="B315" t="s">
+        <v>201</v>
+      </c>
+      <c r="C315" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D315" t="s">
+        <v>1916</v>
+      </c>
+      <c r="E315" t="s">
+        <v>953</v>
+      </c>
+      <c r="F315" t="s">
+        <v>35</v>
+      </c>
+      <c r="G315" t="s">
+        <v>35</v>
+      </c>
+      <c r="H315" t="s">
+        <v>35</v>
+      </c>
+      <c r="I315" t="s">
+        <v>35</v>
+      </c>
+      <c r="J315" t="s">
+        <v>1917</v>
+      </c>
+      <c r="K315" t="s">
+        <v>35</v>
+      </c>
+      <c r="M315" t="s">
+        <v>38</v>
+      </c>
+      <c r="N315" t="s">
+        <v>38</v>
+      </c>
+      <c r="O315" t="s">
+        <v>35</v>
+      </c>
+      <c r="P315" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q315" t="s">
+        <v>1918</v>
+      </c>
+      <c r="R315" t="s">
+        <v>35</v>
+      </c>
+      <c r="S315" t="s">
+        <v>35</v>
+      </c>
+      <c r="T315" t="s">
+        <v>68</v>
+      </c>
+      <c r="U315" t="s">
+        <v>35</v>
+      </c>
+      <c r="V315" t="s">
+        <v>35</v>
+      </c>
+      <c r="W315" t="s">
+        <v>35</v>
+      </c>
+      <c r="X315" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y315" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z315" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA315" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB315" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC315" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="316" spans="1:29">
+      <c r="A316" t="s">
+        <v>556</v>
+      </c>
+      <c r="B316" t="s">
+        <v>60</v>
+      </c>
+      <c r="C316" t="s">
+        <v>1900</v>
+      </c>
+      <c r="D316" t="s">
+        <v>1919</v>
+      </c>
+      <c r="E316" t="s">
+        <v>94</v>
+      </c>
+      <c r="F316" t="s">
+        <v>35</v>
+      </c>
+      <c r="G316" t="s">
+        <v>76</v>
+      </c>
+      <c r="H316" t="s">
+        <v>35</v>
+      </c>
+      <c r="I316" t="s">
+        <v>35</v>
+      </c>
+      <c r="J316" t="s">
+        <v>1920</v>
+      </c>
+      <c r="K316" t="s">
+        <v>35</v>
+      </c>
+      <c r="L316" t="s">
+        <v>988</v>
+      </c>
+      <c r="M316" t="s">
+        <v>696</v>
+      </c>
+      <c r="N316" t="s">
+        <v>38</v>
+      </c>
+      <c r="O316" t="s">
+        <v>35</v>
+      </c>
+      <c r="P316" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q316" t="s">
+        <v>1921</v>
+      </c>
+      <c r="R316" t="s">
+        <v>1922</v>
+      </c>
+      <c r="S316" t="s">
+        <v>35</v>
+      </c>
+      <c r="T316" t="s">
+        <v>1923</v>
+      </c>
+      <c r="U316" t="s">
+        <v>1924</v>
+      </c>
+      <c r="V316" t="s">
+        <v>1925</v>
+      </c>
+      <c r="W316" t="s">
+        <v>35</v>
+      </c>
+      <c r="X316" t="s">
+        <v>1926</v>
+      </c>
+      <c r="Y316" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z316" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA316" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB316" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC316" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="317" spans="1:29">
+      <c r="A317" t="s">
+        <v>72</v>
+      </c>
+      <c r="B317" t="s">
+        <v>30</v>
+      </c>
+      <c r="C317" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D317" t="s">
+        <v>1928</v>
+      </c>
+      <c r="E317" t="s">
+        <v>189</v>
+      </c>
+      <c r="F317" t="s">
+        <v>34</v>
+      </c>
+      <c r="G317" t="s">
+        <v>35</v>
+      </c>
+      <c r="H317" t="s">
+        <v>35</v>
+      </c>
+      <c r="I317" t="s">
+        <v>35</v>
+      </c>
+      <c r="J317" t="s">
+        <v>1929</v>
+      </c>
+      <c r="K317" t="s">
+        <v>35</v>
+      </c>
+      <c r="L317" t="s">
+        <v>421</v>
+      </c>
+      <c r="M317" t="s">
+        <v>294</v>
+      </c>
+      <c r="N317" t="s">
+        <v>38</v>
+      </c>
+      <c r="O317" t="s">
+        <v>35</v>
+      </c>
+      <c r="P317" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q317" t="s">
+        <v>1930</v>
+      </c>
+      <c r="R317" t="s">
+        <v>35</v>
+      </c>
+      <c r="S317" t="s">
+        <v>35</v>
+      </c>
+      <c r="T317" t="s">
+        <v>35</v>
+      </c>
+      <c r="U317" t="s">
+        <v>35</v>
+      </c>
+      <c r="V317" t="s">
+        <v>35</v>
+      </c>
+      <c r="W317" t="s">
+        <v>35</v>
+      </c>
+      <c r="X317" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y317" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z317" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA317" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB317" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC317" t="s">
+        <v>1931</v>
+      </c>
+    </row>
+    <row r="318" spans="1:29">
+      <c r="A318" t="s">
+        <v>655</v>
+      </c>
+      <c r="B318" t="s">
+        <v>30</v>
+      </c>
+      <c r="C318" t="s">
+        <v>1927</v>
+      </c>
+      <c r="D318" t="s">
+        <v>1932</v>
+      </c>
+      <c r="E318" t="s">
+        <v>862</v>
+      </c>
+      <c r="F318" t="s">
+        <v>50</v>
+      </c>
+      <c r="G318" t="s">
+        <v>35</v>
+      </c>
+      <c r="H318" t="s">
+        <v>35</v>
+      </c>
+      <c r="I318" t="s">
+        <v>35</v>
+      </c>
+      <c r="J318" t="s">
+        <v>1933</v>
+      </c>
+      <c r="K318" t="s">
+        <v>35</v>
+      </c>
+      <c r="L318" t="s">
+        <v>78</v>
+      </c>
+      <c r="M318" t="s">
+        <v>75</v>
+      </c>
+      <c r="N318" t="s">
+        <v>38</v>
+      </c>
+      <c r="O318" t="s">
+        <v>35</v>
+      </c>
+      <c r="P318" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q318" t="s">
+        <v>1934</v>
+      </c>
+      <c r="R318" t="s">
+        <v>1331</v>
+      </c>
+      <c r="S318" t="s">
+        <v>1331</v>
+      </c>
+      <c r="T318" t="s">
+        <v>1331</v>
+      </c>
+      <c r="U318" t="s">
+        <v>1331</v>
+      </c>
+      <c r="V318" t="s">
+        <v>1330</v>
+      </c>
+      <c r="W318" t="s">
+        <v>1330</v>
+      </c>
+      <c r="X318" t="s">
+        <v>1935</v>
+      </c>
+      <c r="Y318" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z318" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA318" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB318" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC318" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="319" spans="1:29">
+      <c r="A319" t="s">
+        <v>482</v>
+      </c>
+      <c r="B319" t="s">
+        <v>143</v>
+      </c>
+      <c r="C319" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D319" t="s">
+        <v>1937</v>
+      </c>
+      <c r="E319" t="s">
+        <v>259</v>
+      </c>
+      <c r="F319" t="s">
+        <v>35</v>
+      </c>
+      <c r="G319" t="s">
+        <v>35</v>
+      </c>
+      <c r="H319" t="s">
+        <v>35</v>
+      </c>
+      <c r="I319" t="s">
+        <v>212</v>
+      </c>
+      <c r="J319" t="s">
+        <v>1938</v>
+      </c>
+      <c r="K319" t="s">
+        <v>35</v>
+      </c>
+      <c r="L319" t="s">
+        <v>611</v>
+      </c>
+      <c r="M319" t="s">
+        <v>262</v>
+      </c>
+      <c r="N319" t="s">
+        <v>38</v>
+      </c>
+      <c r="O319" t="s">
+        <v>35</v>
+      </c>
+      <c r="P319" t="s">
+        <v>1939</v>
+      </c>
+      <c r="Q319" t="s">
+        <v>1940</v>
+      </c>
+      <c r="R319" t="s">
+        <v>35</v>
+      </c>
+      <c r="S319" t="s">
+        <v>35</v>
+      </c>
+      <c r="T319" t="s">
+        <v>1941</v>
+      </c>
+      <c r="U319" t="s">
+        <v>35</v>
+      </c>
+      <c r="V319" t="s">
+        <v>35</v>
+      </c>
+      <c r="W319" t="s">
+        <v>35</v>
+      </c>
+      <c r="X319" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y319" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z319" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA319" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB319" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC319" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="320" spans="1:29">
+      <c r="A320" t="s">
+        <v>234</v>
+      </c>
+      <c r="B320" t="s">
+        <v>132</v>
+      </c>
+      <c r="C320" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D320" t="s">
+        <v>1943</v>
+      </c>
+      <c r="E320" t="s">
+        <v>880</v>
+      </c>
+      <c r="F320" t="s">
+        <v>35</v>
+      </c>
+      <c r="G320" t="s">
+        <v>35</v>
+      </c>
+      <c r="H320" t="s">
+        <v>34</v>
+      </c>
+      <c r="I320" t="s">
+        <v>35</v>
+      </c>
+      <c r="J320" t="s">
+        <v>1944</v>
+      </c>
+      <c r="K320" t="s">
+        <v>35</v>
+      </c>
+      <c r="L320" t="s">
+        <v>553</v>
+      </c>
+      <c r="M320" t="s">
+        <v>862</v>
+      </c>
+      <c r="N320" t="s">
+        <v>38</v>
+      </c>
+      <c r="O320" t="s">
+        <v>35</v>
+      </c>
+      <c r="P320" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q320" t="s">
+        <v>1945</v>
+      </c>
+      <c r="R320" t="s">
+        <v>35</v>
+      </c>
+      <c r="S320" t="s">
+        <v>35</v>
+      </c>
+      <c r="T320" t="s">
+        <v>1946</v>
+      </c>
+      <c r="U320" t="s">
+        <v>1947</v>
+      </c>
+      <c r="V320" t="s">
+        <v>1948</v>
+      </c>
+      <c r="W320" t="s">
+        <v>35</v>
+      </c>
+      <c r="X320" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y320" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z320" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA320" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB320" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC320" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="321" spans="1:29">
+      <c r="A321" t="s">
+        <v>72</v>
+      </c>
+      <c r="B321" t="s">
+        <v>201</v>
+      </c>
+      <c r="C321" t="s">
+        <v>1942</v>
+      </c>
+      <c r="D321" t="s">
+        <v>1949</v>
+      </c>
+      <c r="E321" t="s">
+        <v>189</v>
+      </c>
+      <c r="F321" t="s">
+        <v>35</v>
+      </c>
+      <c r="G321" t="s">
+        <v>35</v>
+      </c>
+      <c r="H321" t="s">
+        <v>35</v>
+      </c>
+      <c r="I321" t="s">
+        <v>35</v>
+      </c>
+      <c r="J321" t="s">
+        <v>1950</v>
+      </c>
+      <c r="K321" t="s">
+        <v>35</v>
+      </c>
+      <c r="L321" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M321" t="s">
+        <v>204</v>
+      </c>
+      <c r="N321" t="s">
+        <v>38</v>
+      </c>
+      <c r="O321" t="s">
+        <v>35</v>
+      </c>
+      <c r="P321" t="s">
+        <v>1839</v>
+      </c>
+      <c r="Q321" t="s">
+        <v>35</v>
+      </c>
+      <c r="R321" t="s">
+        <v>35</v>
+      </c>
+      <c r="S321" t="s">
+        <v>35</v>
+      </c>
+      <c r="T321" t="s">
+        <v>35</v>
+      </c>
+      <c r="U321" t="s">
+        <v>35</v>
+      </c>
+      <c r="V321" t="s">
+        <v>35</v>
+      </c>
+      <c r="W321" t="s">
+        <v>35</v>
+      </c>
+      <c r="X321" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y321" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z321" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA321" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB321" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC321" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="322" spans="1:29">
+      <c r="A322" t="s">
+        <v>655</v>
+      </c>
+      <c r="B322" t="s">
+        <v>30</v>
+      </c>
+      <c r="C322" t="s">
+        <v>1951</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1952</v>
+      </c>
+      <c r="E322" t="s">
+        <v>204</v>
+      </c>
+      <c r="F322" t="s">
+        <v>34</v>
+      </c>
+      <c r="G322" t="s">
+        <v>35</v>
+      </c>
+      <c r="H322" t="s">
+        <v>35</v>
+      </c>
+      <c r="I322" t="s">
+        <v>35</v>
+      </c>
+      <c r="J322" t="s">
+        <v>1953</v>
+      </c>
+      <c r="K322" t="s">
+        <v>35</v>
+      </c>
+      <c r="L322" t="s">
+        <v>111</v>
+      </c>
+      <c r="M322" t="s">
+        <v>38</v>
+      </c>
+      <c r="N322" t="s">
+        <v>38</v>
+      </c>
+      <c r="O322" t="s">
+        <v>35</v>
+      </c>
+      <c r="P322" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q322" t="s">
+        <v>1954</v>
+      </c>
+      <c r="R322" t="s">
+        <v>35</v>
+      </c>
+      <c r="S322" t="s">
+        <v>1955</v>
+      </c>
+      <c r="T322" t="s">
+        <v>35</v>
+      </c>
+      <c r="U322" t="s">
+        <v>35</v>
+      </c>
+      <c r="V322" t="s">
+        <v>886</v>
+      </c>
+      <c r="W322" t="s">
+        <v>35</v>
+      </c>
+      <c r="X322" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y322" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z322" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA322" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB322" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC322" t="s">
+        <v>1956</v>
+      </c>
+    </row>
+    <row r="323" spans="1:29">
+      <c r="A323" t="s">
+        <v>556</v>
+      </c>
+      <c r="B323" t="s">
+        <v>60</v>
+      </c>
+      <c r="C323" t="s">
+        <v>1957</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1958</v>
+      </c>
+      <c r="E323" t="s">
+        <v>216</v>
+      </c>
+      <c r="F323" t="s">
+        <v>35</v>
+      </c>
+      <c r="G323" t="s">
+        <v>76</v>
+      </c>
+      <c r="H323" t="s">
+        <v>35</v>
+      </c>
+      <c r="I323" t="s">
+        <v>35</v>
+      </c>
+      <c r="J323" t="s">
+        <v>1959</v>
+      </c>
+      <c r="K323" t="s">
+        <v>35</v>
+      </c>
+      <c r="L323" t="s">
+        <v>742</v>
+      </c>
+      <c r="M323" t="s">
+        <v>696</v>
+      </c>
+      <c r="N323" t="s">
+        <v>696</v>
+      </c>
+      <c r="O323" t="s">
+        <v>35</v>
+      </c>
+      <c r="P323" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q323" t="s">
+        <v>1960</v>
+      </c>
+      <c r="R323" t="s">
+        <v>35</v>
+      </c>
+      <c r="S323" t="s">
+        <v>35</v>
+      </c>
+      <c r="T323" t="s">
+        <v>1961</v>
+      </c>
+      <c r="U323" t="s">
+        <v>35</v>
+      </c>
+      <c r="V323" t="s">
+        <v>35</v>
+      </c>
+      <c r="W323" t="s">
+        <v>35</v>
+      </c>
+      <c r="X323" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y323" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z323" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA323" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB323" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC323" t="s">
+        <v>1962</v>
+      </c>
+    </row>
+    <row r="324" spans="1:29">
+      <c r="A324" t="s">
+        <v>427</v>
+      </c>
+      <c r="B324" t="s">
+        <v>60</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1963</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1964</v>
+      </c>
+      <c r="E324" t="s">
+        <v>33</v>
+      </c>
+      <c r="F324" t="s">
+        <v>35</v>
+      </c>
+      <c r="G324" t="s">
+        <v>86</v>
+      </c>
+      <c r="H324" t="s">
+        <v>35</v>
+      </c>
+      <c r="I324" t="s">
+        <v>35</v>
+      </c>
+      <c r="J324" t="s">
+        <v>1965</v>
+      </c>
+      <c r="K324" t="s">
+        <v>35</v>
+      </c>
+      <c r="L324" t="s">
+        <v>553</v>
+      </c>
+      <c r="M324" t="s">
+        <v>38</v>
+      </c>
+      <c r="N324" t="s">
+        <v>33</v>
+      </c>
+      <c r="O324" t="s">
+        <v>35</v>
+      </c>
+      <c r="P324" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q324" t="s">
+        <v>1966</v>
+      </c>
+      <c r="R324" t="s">
+        <v>35</v>
+      </c>
+      <c r="S324" t="s">
+        <v>35</v>
+      </c>
+      <c r="T324" t="s">
+        <v>1232</v>
+      </c>
+      <c r="U324" t="s">
+        <v>35</v>
+      </c>
+      <c r="V324" t="s">
+        <v>35</v>
+      </c>
+      <c r="W324" t="s">
+        <v>35</v>
+      </c>
+      <c r="X324" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y324" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z324" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA324" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB324" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC324" t="s">
+        <v>1967</v>
+      </c>
+    </row>
+    <row r="325" spans="1:29">
+      <c r="A325" t="s">
+        <v>556</v>
+      </c>
+      <c r="B325" t="s">
+        <v>60</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1969</v>
+      </c>
+      <c r="E325" t="s">
+        <v>329</v>
+      </c>
+      <c r="F325" t="s">
+        <v>35</v>
+      </c>
+      <c r="G325" t="s">
+        <v>76</v>
+      </c>
+      <c r="H325" t="s">
+        <v>35</v>
+      </c>
+      <c r="I325" t="s">
+        <v>35</v>
+      </c>
+      <c r="J325" t="s">
+        <v>1970</v>
+      </c>
+      <c r="K325" t="s">
+        <v>35</v>
+      </c>
+      <c r="M325" t="s">
+        <v>38</v>
+      </c>
+      <c r="N325" t="s">
+        <v>38</v>
+      </c>
+      <c r="O325" t="s">
+        <v>35</v>
+      </c>
+      <c r="P325" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q325" t="s">
+        <v>1971</v>
+      </c>
+      <c r="R325" t="s">
+        <v>35</v>
+      </c>
+      <c r="S325" t="s">
+        <v>35</v>
+      </c>
+      <c r="T325" t="s">
+        <v>68</v>
+      </c>
+      <c r="U325" t="s">
+        <v>35</v>
+      </c>
+      <c r="V325" t="s">
+        <v>35</v>
+      </c>
+      <c r="W325" t="s">
+        <v>35</v>
+      </c>
+      <c r="X325" t="s">
+        <v>1972</v>
+      </c>
+      <c r="Y325" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z325" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA325" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB325" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC325" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="326" spans="1:29">
+      <c r="A326" t="s">
+        <v>556</v>
+      </c>
+      <c r="B326" t="s">
+        <v>132</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D326" t="s">
+        <v>1973</v>
+      </c>
+      <c r="E326" t="s">
+        <v>204</v>
+      </c>
+      <c r="F326" t="s">
+        <v>35</v>
+      </c>
+      <c r="G326" t="s">
+        <v>35</v>
+      </c>
+      <c r="H326" t="s">
+        <v>238</v>
+      </c>
+      <c r="I326" t="s">
+        <v>35</v>
+      </c>
+      <c r="J326" t="s">
+        <v>1974</v>
+      </c>
+      <c r="K326" t="s">
+        <v>35</v>
+      </c>
+      <c r="M326" t="s">
+        <v>880</v>
+      </c>
+      <c r="N326" t="s">
+        <v>38</v>
+      </c>
+      <c r="O326" t="s">
+        <v>35</v>
+      </c>
+      <c r="P326" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q326" t="s">
+        <v>35</v>
+      </c>
+      <c r="R326" t="s">
+        <v>35</v>
+      </c>
+      <c r="S326" t="s">
+        <v>35</v>
+      </c>
+      <c r="T326" t="s">
+        <v>68</v>
+      </c>
+      <c r="U326" t="s">
+        <v>35</v>
+      </c>
+      <c r="V326" t="s">
+        <v>1975</v>
+      </c>
+      <c r="W326" t="s">
+        <v>35</v>
+      </c>
+      <c r="X326" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y326" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z326" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA326" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB326" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC326" t="s">
+        <v>1976</v>
+      </c>
+    </row>
+    <row r="327" spans="1:29">
+      <c r="A327" t="s">
+        <v>72</v>
+      </c>
+      <c r="B327" t="s">
+        <v>60</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D327" t="s">
+        <v>1977</v>
+      </c>
+      <c r="E327" t="s">
+        <v>109</v>
+      </c>
+      <c r="F327" t="s">
+        <v>35</v>
+      </c>
+      <c r="G327" t="s">
+        <v>86</v>
+      </c>
+      <c r="H327" t="s">
+        <v>35</v>
+      </c>
+      <c r="I327" t="s">
+        <v>35</v>
+      </c>
+      <c r="J327" t="s">
+        <v>1978</v>
+      </c>
+      <c r="K327" t="s">
+        <v>35</v>
+      </c>
+      <c r="L327" t="s">
+        <v>882</v>
+      </c>
+      <c r="M327" t="s">
+        <v>237</v>
+      </c>
+      <c r="N327" t="s">
+        <v>38</v>
+      </c>
+      <c r="O327" t="s">
+        <v>35</v>
+      </c>
+      <c r="P327" t="s">
+        <v>366</v>
+      </c>
+      <c r="Q327" t="s">
+        <v>1979</v>
+      </c>
+      <c r="R327" t="s">
+        <v>35</v>
+      </c>
+      <c r="S327" t="s">
+        <v>35</v>
+      </c>
+      <c r="T327" t="s">
+        <v>35</v>
+      </c>
+      <c r="U327" t="s">
+        <v>35</v>
+      </c>
+      <c r="V327" t="s">
+        <v>1980</v>
+      </c>
+      <c r="W327" t="s">
+        <v>35</v>
+      </c>
+      <c r="X327" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y327" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z327" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA327" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB327" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC327" t="s">
+        <v>1981</v>
+      </c>
+    </row>
+    <row r="328" spans="1:29">
+      <c r="A328" t="s">
+        <v>482</v>
+      </c>
+      <c r="B328" t="s">
+        <v>132</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1982</v>
+      </c>
+      <c r="D328" t="s">
+        <v>1983</v>
+      </c>
+      <c r="E328" t="s">
+        <v>1984</v>
+      </c>
+      <c r="F328" t="s">
+        <v>35</v>
+      </c>
+      <c r="G328" t="s">
+        <v>35</v>
+      </c>
+      <c r="H328" t="s">
+        <v>34</v>
+      </c>
+      <c r="I328" t="s">
+        <v>35</v>
+      </c>
+      <c r="J328" t="s">
+        <v>1985</v>
+      </c>
+      <c r="K328" t="s">
+        <v>1986</v>
+      </c>
+      <c r="L328" t="s">
+        <v>191</v>
+      </c>
+      <c r="M328" t="s">
+        <v>206</v>
+      </c>
+      <c r="N328" t="s">
+        <v>696</v>
+      </c>
+      <c r="O328" t="s">
+        <v>35</v>
+      </c>
+      <c r="P328" t="s">
+        <v>774</v>
+      </c>
+      <c r="Q328" t="s">
+        <v>1987</v>
+      </c>
+      <c r="R328" t="s">
+        <v>35</v>
+      </c>
+      <c r="S328" t="s">
+        <v>35</v>
+      </c>
+      <c r="T328" t="s">
+        <v>1988</v>
+      </c>
+      <c r="U328" t="s">
+        <v>1989</v>
+      </c>
+      <c r="V328" t="s">
+        <v>35</v>
+      </c>
+      <c r="W328" t="s">
+        <v>35</v>
+      </c>
+      <c r="X328" t="s">
+        <v>1990</v>
+      </c>
+      <c r="Y328" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z328" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA328" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB328" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC328" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="329" spans="1:29">
+      <c r="A329" t="s">
+        <v>556</v>
+      </c>
+      <c r="B329" t="s">
+        <v>201</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1991</v>
+      </c>
+      <c r="D329" t="s">
+        <v>1992</v>
+      </c>
+      <c r="E329" t="s">
+        <v>253</v>
+      </c>
+      <c r="F329" t="s">
+        <v>35</v>
+      </c>
+      <c r="G329" t="s">
+        <v>35</v>
+      </c>
+      <c r="H329" t="s">
+        <v>35</v>
+      </c>
+      <c r="I329" t="s">
+        <v>35</v>
+      </c>
+      <c r="J329" t="s">
+        <v>1993</v>
+      </c>
+      <c r="K329" t="s">
+        <v>35</v>
+      </c>
+      <c r="L329" t="s">
+        <v>1994</v>
+      </c>
+      <c r="M329" t="s">
+        <v>705</v>
+      </c>
+      <c r="N329" t="s">
+        <v>38</v>
+      </c>
+      <c r="O329" t="s">
+        <v>35</v>
+      </c>
+      <c r="P329" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q329" t="s">
+        <v>35</v>
+      </c>
+      <c r="R329" t="s">
+        <v>35</v>
+      </c>
+      <c r="S329" t="s">
+        <v>35</v>
+      </c>
+      <c r="T329" t="s">
+        <v>1995</v>
+      </c>
+      <c r="U329" t="s">
+        <v>35</v>
+      </c>
+      <c r="V329" t="s">
+        <v>1996</v>
+      </c>
+      <c r="W329" t="s">
+        <v>35</v>
+      </c>
+      <c r="X329" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y329" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z329" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA329" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB329" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC329" t="s">
+        <v>1997</v>
+      </c>
+    </row>
+    <row r="330" spans="1:29">
+      <c r="A330" t="s">
+        <v>83</v>
+      </c>
+      <c r="B330" t="s">
+        <v>30</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D330" t="s">
+        <v>1999</v>
+      </c>
+      <c r="E330" t="s">
+        <v>253</v>
+      </c>
+      <c r="F330" t="s">
+        <v>34</v>
+      </c>
+      <c r="G330" t="s">
+        <v>35</v>
+      </c>
+      <c r="H330" t="s">
+        <v>35</v>
+      </c>
+      <c r="I330" t="s">
+        <v>35</v>
+      </c>
+      <c r="J330" t="s">
+        <v>2000</v>
+      </c>
+      <c r="K330" t="s">
+        <v>35</v>
+      </c>
+      <c r="L330" t="s">
+        <v>374</v>
+      </c>
+      <c r="M330" t="s">
+        <v>253</v>
+      </c>
+      <c r="N330" t="s">
+        <v>38</v>
+      </c>
+      <c r="O330" t="s">
+        <v>35</v>
+      </c>
+      <c r="P330" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q330" t="s">
+        <v>2001</v>
+      </c>
+      <c r="R330" t="s">
+        <v>35</v>
+      </c>
+      <c r="T330" t="s">
+        <v>35</v>
+      </c>
+      <c r="U330" t="s">
+        <v>35</v>
+      </c>
+      <c r="V330" t="s">
+        <v>35</v>
+      </c>
+      <c r="W330" t="s">
+        <v>35</v>
+      </c>
+      <c r="X330" t="s">
+        <v>2002</v>
+      </c>
+      <c r="Y330" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z330" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA330" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB330" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC330" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="331" spans="1:29">
+      <c r="A331" t="s">
+        <v>83</v>
+      </c>
+      <c r="B331" t="s">
+        <v>30</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D331" t="s">
+        <v>2003</v>
+      </c>
+      <c r="E331" t="s">
+        <v>351</v>
+      </c>
+      <c r="F331" t="s">
+        <v>34</v>
+      </c>
+      <c r="G331" t="s">
+        <v>35</v>
+      </c>
+      <c r="H331" t="s">
+        <v>35</v>
+      </c>
+      <c r="I331" t="s">
+        <v>35</v>
+      </c>
+      <c r="J331" t="s">
+        <v>2004</v>
+      </c>
+      <c r="K331" t="s">
+        <v>35</v>
+      </c>
+      <c r="L331" t="s">
+        <v>421</v>
+      </c>
+      <c r="M331" t="s">
+        <v>351</v>
+      </c>
+      <c r="N331" t="s">
+        <v>38</v>
+      </c>
+      <c r="O331" t="s">
+        <v>35</v>
+      </c>
+      <c r="P331" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q331" t="s">
+        <v>2005</v>
+      </c>
+      <c r="R331" t="s">
+        <v>35</v>
+      </c>
+      <c r="S331" t="s">
+        <v>35</v>
+      </c>
+      <c r="T331" t="s">
+        <v>35</v>
+      </c>
+      <c r="U331" t="s">
+        <v>35</v>
+      </c>
+      <c r="V331" t="s">
+        <v>2006</v>
+      </c>
+      <c r="W331" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y331" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z331" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA331" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB331" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC331" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="332" spans="1:29">
+      <c r="A332" t="s">
+        <v>556</v>
+      </c>
+      <c r="B332" t="s">
+        <v>30</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1998</v>
+      </c>
+      <c r="D332" t="s">
+        <v>2007</v>
+      </c>
+      <c r="E332" t="s">
+        <v>109</v>
+      </c>
+      <c r="F332" t="s">
+        <v>34</v>
+      </c>
+      <c r="G332" t="s">
+        <v>35</v>
+      </c>
+      <c r="H332" t="s">
+        <v>35</v>
+      </c>
+      <c r="I332" t="s">
+        <v>35</v>
+      </c>
+      <c r="J332" t="s">
+        <v>2008</v>
+      </c>
+      <c r="K332" t="s">
+        <v>35</v>
+      </c>
+      <c r="L332" t="s">
+        <v>988</v>
+      </c>
+      <c r="M332" t="s">
+        <v>109</v>
+      </c>
+      <c r="N332" t="s">
+        <v>38</v>
+      </c>
+      <c r="O332" t="s">
+        <v>35</v>
+      </c>
+      <c r="P332" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q332" t="s">
+        <v>2009</v>
+      </c>
+      <c r="R332" t="s">
+        <v>2010</v>
+      </c>
+      <c r="S332" t="s">
+        <v>35</v>
+      </c>
+      <c r="T332" t="s">
+        <v>2011</v>
+      </c>
+      <c r="U332" t="s">
+        <v>2012</v>
+      </c>
+      <c r="V332" t="s">
+        <v>2013</v>
+      </c>
+      <c r="W332" t="s">
+        <v>35</v>
+      </c>
+      <c r="X332" t="s">
+        <v>2014</v>
+      </c>
+      <c r="Y332" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z332" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA332" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB332" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC332" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="333" spans="1:29">
+      <c r="A333" t="s">
+        <v>29</v>
+      </c>
+      <c r="B333" t="s">
+        <v>60</v>
+      </c>
+      <c r="C333" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D333" t="s">
+        <v>2016</v>
+      </c>
+      <c r="E333" t="s">
+        <v>33</v>
+      </c>
+      <c r="F333" t="s">
+        <v>35</v>
+      </c>
+      <c r="G333" t="s">
+        <v>86</v>
+      </c>
+      <c r="H333" t="s">
+        <v>35</v>
+      </c>
+      <c r="I333" t="s">
+        <v>35</v>
+      </c>
+      <c r="J333" t="s">
+        <v>2017</v>
+      </c>
+      <c r="K333" t="s">
+        <v>35</v>
+      </c>
+      <c r="L333" t="s">
+        <v>2018</v>
+      </c>
+      <c r="M333" t="s">
+        <v>33</v>
+      </c>
+      <c r="N333" t="s">
+        <v>33</v>
+      </c>
+      <c r="O333" t="s">
+        <v>35</v>
+      </c>
+      <c r="P333" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q333" t="s">
+        <v>35</v>
+      </c>
+      <c r="R333" t="s">
+        <v>35</v>
+      </c>
+      <c r="S333" t="s">
+        <v>35</v>
+      </c>
+      <c r="T333" t="s">
+        <v>35</v>
+      </c>
+      <c r="U333" t="s">
+        <v>35</v>
+      </c>
+      <c r="V333" t="s">
+        <v>35</v>
+      </c>
+      <c r="W333" t="s">
+        <v>35</v>
+      </c>
+      <c r="X333" t="s">
+        <v>2019</v>
+      </c>
+      <c r="Y333" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z333" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA333" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB333" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC333" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="334" spans="1:29">
+      <c r="A334" t="s">
+        <v>29</v>
+      </c>
+      <c r="B334" t="s">
+        <v>60</v>
+      </c>
+      <c r="C334" t="s">
+        <v>2015</v>
+      </c>
+      <c r="D334" t="s">
+        <v>2020</v>
+      </c>
+      <c r="E334" t="s">
+        <v>351</v>
+      </c>
+      <c r="F334" t="s">
+        <v>35</v>
+      </c>
+      <c r="G334" t="s">
+        <v>86</v>
+      </c>
+      <c r="H334" t="s">
+        <v>35</v>
+      </c>
+      <c r="I334" t="s">
+        <v>35</v>
+      </c>
+      <c r="J334" t="s">
+        <v>2021</v>
+      </c>
+      <c r="K334" t="s">
+        <v>35</v>
+      </c>
+      <c r="L334" t="s">
+        <v>421</v>
+      </c>
+      <c r="M334" t="s">
+        <v>351</v>
+      </c>
+      <c r="N334" t="s">
+        <v>38</v>
+      </c>
+      <c r="O334" t="s">
+        <v>35</v>
+      </c>
+      <c r="P334" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q334" t="s">
+        <v>35</v>
+      </c>
+      <c r="R334" t="s">
+        <v>35</v>
+      </c>
+      <c r="S334" t="s">
+        <v>35</v>
+      </c>
+      <c r="T334" t="s">
+        <v>35</v>
+      </c>
+      <c r="U334" t="s">
+        <v>35</v>
+      </c>
+      <c r="V334" t="s">
+        <v>35</v>
+      </c>
+      <c r="W334" t="s">
+        <v>35</v>
+      </c>
+      <c r="X334" t="s">
+        <v>2022</v>
+      </c>
+      <c r="Y334" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z334" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA334" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB334" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC334" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="335" spans="1:29">
+      <c r="A335" t="s">
+        <v>29</v>
+      </c>
+      <c r="B335" t="s">
+        <v>60</v>
+      </c>
+      <c r="C335" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D335" t="s">
+        <v>2024</v>
+      </c>
+      <c r="E335" t="s">
+        <v>206</v>
+      </c>
+      <c r="F335" t="s">
+        <v>35</v>
+      </c>
+      <c r="G335" t="s">
+        <v>86</v>
+      </c>
+      <c r="H335" t="s">
+        <v>35</v>
+      </c>
+      <c r="I335" t="s">
+        <v>35</v>
+      </c>
+      <c r="J335" t="s">
+        <v>2025</v>
+      </c>
+      <c r="K335" t="s">
+        <v>35</v>
+      </c>
+      <c r="L335" t="s">
+        <v>191</v>
+      </c>
+      <c r="M335" t="s">
+        <v>294</v>
+      </c>
+      <c r="N335" t="s">
+        <v>294</v>
+      </c>
+      <c r="O335" t="s">
+        <v>35</v>
+      </c>
+      <c r="P335" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q335" t="s">
+        <v>35</v>
+      </c>
+      <c r="R335" t="s">
+        <v>35</v>
+      </c>
+      <c r="S335" t="s">
+        <v>35</v>
+      </c>
+      <c r="T335" t="s">
+        <v>35</v>
+      </c>
+      <c r="U335" t="s">
+        <v>35</v>
+      </c>
+      <c r="V335" t="s">
+        <v>69</v>
+      </c>
+      <c r="W335" t="s">
+        <v>35</v>
+      </c>
+      <c r="X335" t="s">
+        <v>2026</v>
+      </c>
+      <c r="Y335" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z335" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA335" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB335" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC335" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="336" spans="1:29">
+      <c r="A336" t="s">
+        <v>655</v>
+      </c>
+      <c r="B336" t="s">
+        <v>132</v>
+      </c>
+      <c r="C336" t="s">
+        <v>2023</v>
+      </c>
+      <c r="D336" t="s">
+        <v>2027</v>
+      </c>
+      <c r="E336" t="s">
+        <v>189</v>
+      </c>
+      <c r="F336" t="s">
+        <v>35</v>
+      </c>
+      <c r="G336" t="s">
+        <v>35</v>
+      </c>
+      <c r="H336" t="s">
+        <v>34</v>
+      </c>
+      <c r="I336" t="s">
+        <v>35</v>
+      </c>
+      <c r="J336" t="s">
+        <v>2028</v>
+      </c>
+      <c r="K336" t="s">
+        <v>35</v>
+      </c>
+      <c r="L336" t="s">
+        <v>111</v>
+      </c>
+      <c r="M336" t="s">
+        <v>38</v>
+      </c>
+      <c r="N336" t="s">
+        <v>38</v>
+      </c>
+      <c r="O336" t="s">
+        <v>35</v>
+      </c>
+      <c r="P336" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q336" t="s">
+        <v>2029</v>
+      </c>
+      <c r="R336" t="s">
+        <v>35</v>
+      </c>
+      <c r="S336" t="s">
+        <v>35</v>
+      </c>
+      <c r="T336" t="s">
+        <v>2030</v>
+      </c>
+      <c r="U336" t="s">
+        <v>2031</v>
+      </c>
+      <c r="V336" t="s">
+        <v>35</v>
+      </c>
+      <c r="W336" t="s">
+        <v>35</v>
+      </c>
+      <c r="X336" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y336" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z336" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA336" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB336" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC336" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="337" spans="1:29">
+      <c r="A337" t="s">
+        <v>556</v>
+      </c>
+      <c r="B337" t="s">
+        <v>201</v>
+      </c>
+      <c r="C337" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D337" t="s">
+        <v>2033</v>
+      </c>
+      <c r="E337" t="s">
+        <v>178</v>
+      </c>
+      <c r="F337" t="s">
+        <v>35</v>
+      </c>
+      <c r="G337" t="s">
+        <v>35</v>
+      </c>
+      <c r="H337" t="s">
+        <v>35</v>
+      </c>
+      <c r="I337" t="s">
+        <v>35</v>
+      </c>
+      <c r="J337" t="s">
+        <v>2034</v>
+      </c>
+      <c r="K337" t="s">
+        <v>35</v>
+      </c>
+      <c r="L337" t="s">
+        <v>37</v>
+      </c>
+      <c r="M337" t="s">
+        <v>178</v>
+      </c>
+      <c r="N337" t="s">
+        <v>38</v>
+      </c>
+      <c r="O337" t="s">
+        <v>35</v>
+      </c>
+      <c r="P337" t="s">
+        <v>2035</v>
+      </c>
+      <c r="Q337" t="s">
+        <v>2036</v>
+      </c>
+      <c r="R337" t="s">
+        <v>35</v>
+      </c>
+      <c r="S337" t="s">
+        <v>35</v>
+      </c>
+      <c r="T337" t="s">
+        <v>68</v>
+      </c>
+      <c r="U337" t="s">
+        <v>2037</v>
+      </c>
+      <c r="V337" t="s">
+        <v>35</v>
+      </c>
+      <c r="W337" t="s">
+        <v>35</v>
+      </c>
+      <c r="X337" t="s">
+        <v>2038</v>
+      </c>
+      <c r="Y337" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z337" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA337" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB337" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC337" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="338" spans="1:29">
+      <c r="A338" t="s">
+        <v>1646</v>
+      </c>
+      <c r="B338" t="s">
+        <v>30</v>
+      </c>
+      <c r="C338" t="s">
+        <v>2039</v>
+      </c>
+      <c r="D338" t="s">
+        <v>2040</v>
+      </c>
+      <c r="E338" t="s">
+        <v>862</v>
+      </c>
+      <c r="F338" t="s">
+        <v>50</v>
+      </c>
+      <c r="G338" t="s">
+        <v>35</v>
+      </c>
+      <c r="H338" t="s">
+        <v>35</v>
+      </c>
+      <c r="I338" t="s">
+        <v>35</v>
+      </c>
+      <c r="J338" t="s">
+        <v>2041</v>
+      </c>
+      <c r="K338" t="s">
+        <v>35</v>
+      </c>
+      <c r="L338" t="s">
+        <v>2042</v>
+      </c>
+      <c r="M338" t="s">
+        <v>38</v>
+      </c>
+      <c r="N338" t="s">
+        <v>696</v>
+      </c>
+      <c r="O338" t="s">
+        <v>35</v>
+      </c>
+      <c r="P338" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q338" t="s">
+        <v>2043</v>
+      </c>
+      <c r="R338" t="s">
+        <v>2044</v>
+      </c>
+      <c r="S338" t="s">
+        <v>35</v>
+      </c>
+      <c r="T338" t="s">
+        <v>35</v>
+      </c>
+      <c r="U338" t="s">
+        <v>1207</v>
+      </c>
+      <c r="V338" t="s">
+        <v>2045</v>
+      </c>
+      <c r="W338" t="s">
+        <v>35</v>
+      </c>
+      <c r="X338" t="s">
+        <v>2046</v>
+      </c>
+      <c r="Y338" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z338" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA338" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB338" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC338" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="339" spans="1:29">
+      <c r="A339" t="s">
+        <v>117</v>
+      </c>
+      <c r="B339" t="s">
+        <v>201</v>
+      </c>
+      <c r="C339" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D339" t="s">
+        <v>2048</v>
+      </c>
+      <c r="E339" t="s">
+        <v>75</v>
+      </c>
+      <c r="F339" t="s">
+        <v>35</v>
+      </c>
+      <c r="G339" t="s">
+        <v>35</v>
+      </c>
+      <c r="H339" t="s">
+        <v>35</v>
+      </c>
+      <c r="I339" t="s">
+        <v>35</v>
+      </c>
+      <c r="J339" t="s">
+        <v>2049</v>
+      </c>
+      <c r="K339" t="s">
+        <v>35</v>
+      </c>
+      <c r="L339" t="s">
+        <v>78</v>
+      </c>
+      <c r="M339" t="s">
+        <v>38</v>
+      </c>
+      <c r="N339" t="s">
+        <v>696</v>
+      </c>
+      <c r="O339" t="s">
+        <v>35</v>
+      </c>
+      <c r="P339" t="s">
+        <v>2050</v>
+      </c>
+      <c r="Q339" t="s">
+        <v>2051</v>
+      </c>
+      <c r="R339" t="s">
+        <v>2052</v>
+      </c>
+      <c r="S339" t="s">
+        <v>2053</v>
+      </c>
+      <c r="T339" t="s">
+        <v>1141</v>
+      </c>
+      <c r="U339" t="s">
+        <v>2054</v>
+      </c>
+      <c r="W339" t="s">
+        <v>2055</v>
+      </c>
+      <c r="Y339" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z339" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA339" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB339" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC339" t="s">
+        <v>2056</v>
+      </c>
+    </row>
+    <row r="340" spans="1:29">
+      <c r="A340" t="s">
+        <v>556</v>
+      </c>
+      <c r="B340" t="s">
+        <v>201</v>
+      </c>
+      <c r="C340" t="s">
+        <v>2047</v>
+      </c>
+      <c r="D340" t="s">
+        <v>2057</v>
+      </c>
+      <c r="E340" t="s">
+        <v>189</v>
+      </c>
+      <c r="F340" t="s">
+        <v>35</v>
+      </c>
+      <c r="G340" t="s">
+        <v>35</v>
+      </c>
+      <c r="H340" t="s">
+        <v>35</v>
+      </c>
+      <c r="I340" t="s">
+        <v>35</v>
+      </c>
+      <c r="J340" t="s">
+        <v>2058</v>
+      </c>
+      <c r="K340" t="s">
+        <v>35</v>
+      </c>
+      <c r="L340" t="s">
+        <v>742</v>
+      </c>
+      <c r="M340" t="s">
+        <v>38</v>
+      </c>
+      <c r="N340" t="s">
+        <v>38</v>
+      </c>
+      <c r="O340" t="s">
+        <v>35</v>
+      </c>
+      <c r="P340" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q340" t="s">
+        <v>2059</v>
+      </c>
+      <c r="R340" t="s">
+        <v>2060</v>
+      </c>
+      <c r="S340" t="s">
+        <v>35</v>
+      </c>
+      <c r="T340" t="s">
+        <v>68</v>
+      </c>
+      <c r="U340" t="s">
+        <v>35</v>
+      </c>
+      <c r="V340" t="s">
+        <v>35</v>
+      </c>
+      <c r="W340" t="s">
+        <v>35</v>
+      </c>
+      <c r="X340" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y340" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z340" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA340" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB340" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC340" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="341" spans="1:29">
+      <c r="A341" t="s">
+        <v>482</v>
+      </c>
+      <c r="B341" t="s">
+        <v>30</v>
+      </c>
+      <c r="C341" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D341" t="s">
+        <v>2062</v>
+      </c>
+      <c r="E341" t="s">
+        <v>1078</v>
+      </c>
+      <c r="F341" t="s">
+        <v>34</v>
+      </c>
+      <c r="G341" t="s">
+        <v>35</v>
+      </c>
+      <c r="H341" t="s">
+        <v>35</v>
+      </c>
+      <c r="I341" t="s">
+        <v>35</v>
+      </c>
+      <c r="J341" t="s">
+        <v>2063</v>
+      </c>
+      <c r="K341" t="s">
+        <v>35</v>
+      </c>
+      <c r="L341" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M341" t="s">
+        <v>204</v>
+      </c>
+      <c r="N341" t="s">
+        <v>38</v>
+      </c>
+      <c r="O341" t="s">
+        <v>35</v>
+      </c>
+      <c r="P341" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q341" t="s">
+        <v>2064</v>
+      </c>
+      <c r="R341" t="s">
+        <v>2065</v>
+      </c>
+      <c r="S341" t="s">
+        <v>35</v>
+      </c>
+      <c r="T341" t="s">
+        <v>35</v>
+      </c>
+      <c r="U341" t="s">
+        <v>1653</v>
+      </c>
+      <c r="V341" t="s">
+        <v>2066</v>
+      </c>
+      <c r="W341" t="s">
+        <v>35</v>
+      </c>
+      <c r="X341" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y341" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z341" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA341" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB341" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC341" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="342" spans="1:29">
+      <c r="A342" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B342" t="s">
+        <v>201</v>
+      </c>
+      <c r="C342" t="s">
+        <v>2061</v>
+      </c>
+      <c r="D342" t="s">
+        <v>2067</v>
+      </c>
+      <c r="E342" t="s">
+        <v>189</v>
+      </c>
+      <c r="F342" t="s">
+        <v>35</v>
+      </c>
+      <c r="G342" t="s">
+        <v>35</v>
+      </c>
+      <c r="H342" t="s">
+        <v>35</v>
+      </c>
+      <c r="I342" t="s">
+        <v>35</v>
+      </c>
+      <c r="J342" t="s">
+        <v>2068</v>
+      </c>
+      <c r="K342" t="s">
+        <v>35</v>
+      </c>
+      <c r="L342" t="s">
+        <v>2069</v>
+      </c>
+      <c r="M342" t="s">
+        <v>38</v>
+      </c>
+      <c r="N342" t="s">
+        <v>33</v>
+      </c>
+      <c r="O342" t="s">
+        <v>35</v>
+      </c>
+      <c r="P342" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q342" t="s">
+        <v>2070</v>
+      </c>
+      <c r="R342" t="s">
+        <v>35</v>
+      </c>
+      <c r="S342" t="s">
+        <v>35</v>
+      </c>
+      <c r="T342" t="s">
+        <v>2071</v>
+      </c>
+      <c r="U342" t="s">
+        <v>35</v>
+      </c>
+      <c r="V342" t="s">
+        <v>35</v>
+      </c>
+      <c r="W342" t="s">
+        <v>35</v>
+      </c>
+      <c r="X342" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y342" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z342" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA342" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB342" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC342" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="343" spans="1:29">
+      <c r="A343" t="s">
+        <v>72</v>
+      </c>
+      <c r="B343" t="s">
+        <v>201</v>
+      </c>
+      <c r="C343" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D343" t="s">
+        <v>2073</v>
+      </c>
+      <c r="E343" t="s">
+        <v>38</v>
+      </c>
+      <c r="F343" t="s">
+        <v>35</v>
+      </c>
+      <c r="G343" t="s">
+        <v>35</v>
+      </c>
+      <c r="H343" t="s">
+        <v>35</v>
+      </c>
+      <c r="I343" t="s">
+        <v>35</v>
+      </c>
+      <c r="J343" t="s">
+        <v>2074</v>
+      </c>
+      <c r="K343" t="s">
+        <v>35</v>
+      </c>
+      <c r="L343" t="s">
+        <v>365</v>
+      </c>
+      <c r="M343" t="s">
+        <v>294</v>
+      </c>
+      <c r="N343" t="s">
+        <v>38</v>
+      </c>
+      <c r="O343" t="s">
+        <v>35</v>
+      </c>
+      <c r="P343" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q343" t="s">
+        <v>2075</v>
+      </c>
+      <c r="R343" t="s">
+        <v>1015</v>
+      </c>
+      <c r="S343" t="s">
+        <v>2076</v>
+      </c>
+      <c r="T343" t="s">
+        <v>1015</v>
+      </c>
+      <c r="U343" t="s">
+        <v>2077</v>
+      </c>
+      <c r="V343" t="s">
+        <v>1015</v>
+      </c>
+      <c r="W343" t="s">
+        <v>1217</v>
+      </c>
+      <c r="X343" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y343" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z343" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA343" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB343" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC343" t="s">
+        <v>1015</v>
+      </c>
+    </row>
+    <row r="344" spans="1:29">
+      <c r="A344" t="s">
+        <v>234</v>
+      </c>
+      <c r="B344" t="s">
+        <v>132</v>
+      </c>
+      <c r="C344" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D344" t="s">
+        <v>2078</v>
+      </c>
+      <c r="E344" t="s">
+        <v>635</v>
+      </c>
+      <c r="F344" t="s">
+        <v>35</v>
+      </c>
+      <c r="G344" t="s">
+        <v>35</v>
+      </c>
+      <c r="H344" t="s">
+        <v>34</v>
+      </c>
+      <c r="I344" t="s">
+        <v>35</v>
+      </c>
+      <c r="J344" t="s">
+        <v>2079</v>
+      </c>
+      <c r="K344" t="s">
+        <v>35</v>
+      </c>
+      <c r="L344" t="s">
+        <v>231</v>
+      </c>
+      <c r="M344" t="s">
+        <v>38</v>
+      </c>
+      <c r="N344" t="s">
+        <v>38</v>
+      </c>
+      <c r="O344" t="s">
+        <v>35</v>
+      </c>
+      <c r="P344" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q344" t="s">
+        <v>337</v>
+      </c>
+      <c r="R344" t="s">
+        <v>35</v>
+      </c>
+      <c r="S344" t="s">
+        <v>35</v>
+      </c>
+      <c r="T344" t="s">
+        <v>886</v>
+      </c>
+      <c r="U344" t="s">
+        <v>35</v>
+      </c>
+      <c r="V344" t="s">
+        <v>35</v>
+      </c>
+      <c r="W344" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y344" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z344" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA344" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB344" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC344" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="345" spans="1:29">
+      <c r="A345" t="s">
+        <v>427</v>
+      </c>
+      <c r="B345" t="s">
+        <v>60</v>
+      </c>
+      <c r="C345" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D345" t="s">
+        <v>2080</v>
+      </c>
+      <c r="E345" t="s">
+        <v>391</v>
+      </c>
+      <c r="F345" t="s">
+        <v>35</v>
+      </c>
+      <c r="G345" t="s">
+        <v>76</v>
+      </c>
+      <c r="H345" t="s">
+        <v>35</v>
+      </c>
+      <c r="I345" t="s">
+        <v>35</v>
+      </c>
+      <c r="J345" t="s">
+        <v>2081</v>
+      </c>
+      <c r="K345" t="s">
+        <v>35</v>
+      </c>
+      <c r="L345" t="s">
+        <v>97</v>
+      </c>
+      <c r="M345" t="s">
+        <v>98</v>
+      </c>
+      <c r="N345" t="s">
+        <v>38</v>
+      </c>
+      <c r="O345" t="s">
+        <v>35</v>
+      </c>
+      <c r="P345" t="s">
+        <v>631</v>
+      </c>
+      <c r="Q345" t="s">
+        <v>2082</v>
+      </c>
+      <c r="R345" t="s">
+        <v>2083</v>
+      </c>
+      <c r="S345" t="s">
+        <v>35</v>
+      </c>
+      <c r="T345" t="s">
+        <v>2084</v>
+      </c>
+      <c r="U345" t="s">
+        <v>2085</v>
+      </c>
+      <c r="V345" t="s">
+        <v>35</v>
+      </c>
+      <c r="W345" t="s">
+        <v>35</v>
+      </c>
+      <c r="X345" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y345" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z345" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA345" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB345" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC345" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="346" spans="1:29">
+      <c r="A346" t="s">
+        <v>83</v>
+      </c>
+      <c r="B346" t="s">
+        <v>60</v>
+      </c>
+      <c r="C346" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D346" t="s">
+        <v>2086</v>
+      </c>
+      <c r="E346" t="s">
+        <v>49</v>
+      </c>
+      <c r="F346" t="s">
+        <v>35</v>
+      </c>
+      <c r="G346" t="s">
+        <v>86</v>
+      </c>
+      <c r="H346" t="s">
+        <v>35</v>
+      </c>
+      <c r="I346" t="s">
+        <v>35</v>
+      </c>
+      <c r="J346" t="s">
+        <v>2087</v>
+      </c>
+      <c r="K346" t="s">
+        <v>35</v>
+      </c>
+      <c r="L346" t="s">
+        <v>88</v>
+      </c>
+      <c r="M346" t="s">
+        <v>49</v>
+      </c>
+      <c r="N346" t="s">
+        <v>38</v>
+      </c>
+      <c r="O346" t="s">
+        <v>35</v>
+      </c>
+      <c r="P346" t="s">
+        <v>437</v>
+      </c>
+      <c r="Q346" t="s">
+        <v>35</v>
+      </c>
+      <c r="R346" t="s">
+        <v>35</v>
+      </c>
+      <c r="S346" t="s">
+        <v>35</v>
+      </c>
+      <c r="T346" t="s">
+        <v>35</v>
+      </c>
+      <c r="U346" t="s">
+        <v>35</v>
+      </c>
+      <c r="V346" t="s">
+        <v>35</v>
+      </c>
+      <c r="W346" t="s">
+        <v>35</v>
+      </c>
+      <c r="X346" t="s">
+        <v>2088</v>
+      </c>
+      <c r="Y346" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z346" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA346" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB346" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC346" t="s">
+        <v>2089</v>
+      </c>
+    </row>
+    <row r="347" spans="1:29">
+      <c r="A347" t="s">
+        <v>556</v>
+      </c>
+      <c r="B347" t="s">
+        <v>30</v>
+      </c>
+      <c r="C347" t="s">
+        <v>2072</v>
+      </c>
+      <c r="D347" t="s">
+        <v>2090</v>
+      </c>
+      <c r="E347" t="s">
+        <v>204</v>
+      </c>
+      <c r="F347" t="s">
+        <v>34</v>
+      </c>
+      <c r="G347" t="s">
+        <v>35</v>
+      </c>
+      <c r="H347" t="s">
+        <v>35</v>
+      </c>
+      <c r="I347" t="s">
+        <v>35</v>
+      </c>
+      <c r="J347" t="s">
+        <v>2091</v>
+      </c>
+      <c r="K347" t="s">
+        <v>35</v>
+      </c>
+      <c r="L347" t="s">
+        <v>553</v>
+      </c>
+      <c r="M347" t="s">
+        <v>38</v>
+      </c>
+      <c r="N347" t="s">
+        <v>38</v>
+      </c>
+      <c r="O347" t="s">
+        <v>35</v>
+      </c>
+      <c r="P347" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q347" t="s">
+        <v>2092</v>
+      </c>
+      <c r="R347" t="s">
+        <v>423</v>
+      </c>
+      <c r="S347" t="s">
+        <v>35</v>
+      </c>
+      <c r="T347" t="s">
+        <v>2093</v>
+      </c>
+      <c r="U347" t="s">
+        <v>1205</v>
+      </c>
+      <c r="V347" t="s">
+        <v>35</v>
+      </c>
+      <c r="W347" t="s">
+        <v>35</v>
+      </c>
+      <c r="X347" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y347" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z347" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA347" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB347" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC347" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="348" spans="1:29">
+      <c r="A348" t="s">
+        <v>83</v>
+      </c>
+      <c r="B348" t="s">
+        <v>30</v>
+      </c>
+      <c r="C348" t="s">
+        <v>2094</v>
+      </c>
+      <c r="D348" t="s">
+        <v>2095</v>
+      </c>
+      <c r="E348" t="s">
+        <v>216</v>
+      </c>
+      <c r="F348" t="s">
+        <v>95</v>
+      </c>
+      <c r="G348" t="s">
+        <v>35</v>
+      </c>
+      <c r="H348" t="s">
+        <v>35</v>
+      </c>
+      <c r="I348" t="s">
+        <v>35</v>
+      </c>
+      <c r="J348" t="s">
+        <v>2096</v>
+      </c>
+      <c r="K348" t="s">
+        <v>35</v>
+      </c>
+      <c r="L348" t="s">
+        <v>97</v>
+      </c>
+      <c r="M348" t="s">
+        <v>38</v>
+      </c>
+      <c r="N348" t="s">
+        <v>38</v>
+      </c>
+      <c r="O348" t="s">
+        <v>35</v>
+      </c>
+      <c r="P348" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q348" t="s">
+        <v>2097</v>
+      </c>
+      <c r="R348" t="s">
+        <v>1206</v>
+      </c>
+      <c r="S348" t="s">
+        <v>2098</v>
+      </c>
+      <c r="T348" t="s">
+        <v>68</v>
+      </c>
+      <c r="V348" t="s">
+        <v>2099</v>
+      </c>
+      <c r="W348" t="s">
+        <v>35</v>
+      </c>
+      <c r="X348" t="s">
+        <v>2100</v>
+      </c>
+      <c r="Y348" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z348" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA348" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB348" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="349" spans="1:29">
+      <c r="A349" t="s">
+        <v>29</v>
+      </c>
+      <c r="B349" t="s">
+        <v>201</v>
+      </c>
+      <c r="C349" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D349" t="s">
+        <v>2102</v>
+      </c>
+      <c r="E349" t="s">
+        <v>189</v>
+      </c>
+      <c r="F349" t="s">
+        <v>35</v>
+      </c>
+      <c r="G349" t="s">
+        <v>35</v>
+      </c>
+      <c r="H349" t="s">
+        <v>35</v>
+      </c>
+      <c r="I349" t="s">
+        <v>35</v>
+      </c>
+      <c r="J349" t="s">
+        <v>2103</v>
+      </c>
+      <c r="K349" t="s">
+        <v>35</v>
+      </c>
+      <c r="L349" t="s">
+        <v>324</v>
+      </c>
+      <c r="M349" t="s">
+        <v>696</v>
+      </c>
+      <c r="N349" t="s">
+        <v>696</v>
+      </c>
+      <c r="O349" t="s">
+        <v>35</v>
+      </c>
+      <c r="P349" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q349" t="s">
+        <v>2104</v>
+      </c>
+      <c r="R349" t="s">
+        <v>35</v>
+      </c>
+      <c r="S349" t="s">
+        <v>2105</v>
+      </c>
+      <c r="T349" t="s">
+        <v>35</v>
+      </c>
+      <c r="U349" t="s">
+        <v>2106</v>
+      </c>
+      <c r="V349" t="s">
+        <v>35</v>
+      </c>
+      <c r="W349" t="s">
+        <v>35</v>
+      </c>
+      <c r="X349" t="s">
+        <v>2107</v>
+      </c>
+      <c r="Y349" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z349" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA349" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB349" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC349" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="350" spans="1:29">
+      <c r="A350" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B350" t="s">
+        <v>30</v>
+      </c>
+      <c r="C350" t="s">
+        <v>2101</v>
+      </c>
+      <c r="D350" t="s">
+        <v>2109</v>
+      </c>
+      <c r="E350" t="s">
+        <v>33</v>
+      </c>
+      <c r="F350" t="s">
+        <v>34</v>
+      </c>
+      <c r="G350" t="s">
+        <v>35</v>
+      </c>
+      <c r="H350" t="s">
+        <v>35</v>
+      </c>
+      <c r="I350" t="s">
+        <v>35</v>
+      </c>
+      <c r="J350" t="s">
+        <v>2110</v>
+      </c>
+      <c r="K350" t="s">
+        <v>35</v>
+      </c>
+      <c r="L350" t="s">
+        <v>882</v>
+      </c>
+      <c r="M350" t="s">
+        <v>237</v>
+      </c>
+      <c r="N350" t="s">
+        <v>38</v>
+      </c>
+      <c r="O350" t="s">
+        <v>35</v>
+      </c>
+      <c r="P350" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q350" t="s">
+        <v>2111</v>
+      </c>
+      <c r="R350" t="s">
+        <v>35</v>
+      </c>
+      <c r="S350" t="s">
+        <v>35</v>
+      </c>
+      <c r="T350" t="s">
+        <v>2112</v>
+      </c>
+      <c r="U350" t="s">
+        <v>35</v>
+      </c>
+      <c r="V350" t="s">
+        <v>2113</v>
+      </c>
+      <c r="W350" t="s">
+        <v>35</v>
+      </c>
+      <c r="X350" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y350" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z350" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA350" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB350" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC350" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="351" spans="1:29">
+      <c r="A351" t="s">
+        <v>556</v>
+      </c>
+      <c r="B351" t="s">
+        <v>30</v>
+      </c>
+      <c r="C351" t="s">
+        <v>2114</v>
+      </c>
+      <c r="D351" t="s">
+        <v>2115</v>
+      </c>
+      <c r="E351" t="s">
+        <v>204</v>
+      </c>
+      <c r="F351" t="s">
+        <v>34</v>
+      </c>
+      <c r="G351" t="s">
+        <v>35</v>
+      </c>
+      <c r="H351" t="s">
+        <v>35</v>
+      </c>
+      <c r="I351" t="s">
+        <v>35</v>
+      </c>
+      <c r="J351" t="s">
+        <v>2116</v>
+      </c>
+      <c r="K351" t="s">
+        <v>35</v>
+      </c>
+      <c r="M351" t="s">
+        <v>38</v>
+      </c>
+      <c r="N351" t="s">
+        <v>38</v>
+      </c>
+      <c r="O351" t="s">
+        <v>35</v>
+      </c>
+      <c r="P351" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q351" t="s">
+        <v>2117</v>
+      </c>
+      <c r="R351" t="s">
+        <v>2118</v>
+      </c>
+      <c r="S351" t="s">
+        <v>35</v>
+      </c>
+      <c r="T351" t="s">
+        <v>35</v>
+      </c>
+      <c r="U351" t="s">
+        <v>35</v>
+      </c>
+      <c r="V351" t="s">
+        <v>35</v>
+      </c>
+      <c r="W351" t="s">
+        <v>35</v>
+      </c>
+      <c r="X351" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y351" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z351" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA351" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB351" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC351" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="352" spans="1:29">
+      <c r="A352" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B352" t="s">
+        <v>60</v>
+      </c>
+      <c r="C352" t="s">
+        <v>2119</v>
+      </c>
+      <c r="D352" t="s">
+        <v>2120</v>
+      </c>
+      <c r="E352" t="s">
+        <v>206</v>
+      </c>
+      <c r="F352" t="s">
+        <v>35</v>
+      </c>
+      <c r="G352" t="s">
+        <v>86</v>
+      </c>
+      <c r="H352" t="s">
+        <v>35</v>
+      </c>
+      <c r="I352" t="s">
+        <v>35</v>
+      </c>
+      <c r="J352" t="s">
+        <v>2121</v>
+      </c>
+      <c r="K352" t="s">
+        <v>35</v>
+      </c>
+      <c r="L352" t="s">
+        <v>191</v>
+      </c>
+      <c r="M352" t="s">
+        <v>206</v>
+      </c>
+      <c r="N352" t="s">
+        <v>38</v>
+      </c>
+      <c r="O352" t="s">
+        <v>35</v>
+      </c>
+      <c r="P352" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q352" t="s">
+        <v>35</v>
+      </c>
+      <c r="R352" t="s">
+        <v>35</v>
+      </c>
+      <c r="S352" t="s">
+        <v>35</v>
+      </c>
+      <c r="T352" t="s">
+        <v>35</v>
+      </c>
+      <c r="U352" t="s">
+        <v>35</v>
+      </c>
+      <c r="V352" t="s">
+        <v>35</v>
+      </c>
+      <c r="W352" t="s">
+        <v>35</v>
+      </c>
+      <c r="X352" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y352" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z352" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA352" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB352" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC352" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="353" spans="1:29">
+      <c r="A353" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B353" t="s">
+        <v>60</v>
+      </c>
+      <c r="C353" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D353" t="s">
+        <v>2123</v>
+      </c>
+      <c r="E353" t="s">
+        <v>109</v>
+      </c>
+      <c r="F353" t="s">
+        <v>35</v>
+      </c>
+      <c r="G353" t="s">
+        <v>86</v>
+      </c>
+      <c r="H353" t="s">
+        <v>35</v>
+      </c>
+      <c r="I353" t="s">
+        <v>35</v>
+      </c>
+      <c r="J353" t="s">
+        <v>2124</v>
+      </c>
+      <c r="K353" t="s">
+        <v>35</v>
+      </c>
+      <c r="L353" t="s">
+        <v>2125</v>
+      </c>
+      <c r="M353" t="s">
+        <v>294</v>
+      </c>
+      <c r="N353" t="s">
+        <v>38</v>
+      </c>
+      <c r="O353" t="s">
+        <v>35</v>
+      </c>
+      <c r="P353" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q353" t="s">
+        <v>35</v>
+      </c>
+      <c r="R353" t="s">
+        <v>35</v>
+      </c>
+      <c r="S353" t="s">
+        <v>35</v>
+      </c>
+      <c r="T353" t="s">
+        <v>35</v>
+      </c>
+      <c r="U353" t="s">
+        <v>35</v>
+      </c>
+      <c r="V353" t="s">
+        <v>35</v>
+      </c>
+      <c r="W353" t="s">
+        <v>35</v>
+      </c>
+      <c r="X353" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y353" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z353" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA353" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB353" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC353" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="354" spans="1:29">
+      <c r="A354" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B354" t="s">
+        <v>60</v>
+      </c>
+      <c r="C354" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D354" t="s">
+        <v>2126</v>
+      </c>
+      <c r="E354" t="s">
+        <v>178</v>
+      </c>
+      <c r="F354" t="s">
+        <v>35</v>
+      </c>
+      <c r="G354" t="s">
+        <v>86</v>
+      </c>
+      <c r="H354" t="s">
+        <v>35</v>
+      </c>
+      <c r="I354" t="s">
+        <v>35</v>
+      </c>
+      <c r="J354" t="s">
+        <v>2127</v>
+      </c>
+      <c r="K354" t="s">
+        <v>35</v>
+      </c>
+      <c r="L354" t="s">
+        <v>2125</v>
+      </c>
+      <c r="M354" t="s">
+        <v>204</v>
+      </c>
+      <c r="N354" t="s">
+        <v>38</v>
+      </c>
+      <c r="O354" t="s">
+        <v>35</v>
+      </c>
+      <c r="P354" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q354" t="s">
+        <v>35</v>
+      </c>
+      <c r="R354" t="s">
+        <v>35</v>
+      </c>
+      <c r="S354" t="s">
+        <v>35</v>
+      </c>
+      <c r="T354" t="s">
+        <v>35</v>
+      </c>
+      <c r="U354" t="s">
+        <v>35</v>
+      </c>
+      <c r="V354" t="s">
+        <v>35</v>
+      </c>
+      <c r="W354" t="s">
+        <v>35</v>
+      </c>
+      <c r="X354" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y354" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z354" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA354" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB354" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC354" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="355" spans="1:29">
+      <c r="A355" t="s">
+        <v>83</v>
+      </c>
+      <c r="B355" t="s">
+        <v>30</v>
+      </c>
+      <c r="C355" t="s">
+        <v>2122</v>
+      </c>
+      <c r="D355" t="s">
+        <v>2128</v>
+      </c>
+      <c r="E355" t="s">
+        <v>94</v>
+      </c>
+      <c r="F355" t="s">
+        <v>50</v>
+      </c>
+      <c r="G355" t="s">
+        <v>35</v>
+      </c>
+      <c r="H355" t="s">
+        <v>35</v>
+      </c>
+      <c r="I355" t="s">
+        <v>35</v>
+      </c>
+      <c r="J355" t="s">
+        <v>2129</v>
+      </c>
+      <c r="K355" t="s">
+        <v>35</v>
+      </c>
+      <c r="L355" t="s">
+        <v>97</v>
+      </c>
+      <c r="M355" t="s">
+        <v>38</v>
+      </c>
+      <c r="N355" t="s">
+        <v>38</v>
+      </c>
+      <c r="O355" t="s">
+        <v>35</v>
+      </c>
+      <c r="P355" t="s">
+        <v>244</v>
+      </c>
+      <c r="Q355" t="s">
+        <v>2130</v>
+      </c>
+      <c r="R355" t="s">
+        <v>2131</v>
+      </c>
+      <c r="S355" t="s">
+        <v>1206</v>
+      </c>
+      <c r="T355" t="s">
+        <v>35</v>
+      </c>
+      <c r="U355" t="s">
+        <v>35</v>
+      </c>
+      <c r="V355" t="s">
+        <v>35</v>
+      </c>
+      <c r="W355" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y355" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z355" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA355" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB355" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC355" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="356" spans="1:29">
+      <c r="A356" t="s">
+        <v>29</v>
+      </c>
+      <c r="B356" t="s">
+        <v>143</v>
+      </c>
+      <c r="C356" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D356" t="s">
+        <v>2133</v>
+      </c>
+      <c r="E356" t="s">
+        <v>262</v>
+      </c>
+      <c r="F356" t="s">
+        <v>35</v>
+      </c>
+      <c r="G356" t="s">
+        <v>35</v>
+      </c>
+      <c r="H356" t="s">
+        <v>35</v>
+      </c>
+      <c r="I356" t="s">
+        <v>212</v>
+      </c>
+      <c r="J356" t="s">
+        <v>2134</v>
+      </c>
+      <c r="K356" t="s">
+        <v>35</v>
+      </c>
+      <c r="L356" t="s">
+        <v>611</v>
+      </c>
+      <c r="M356" t="s">
+        <v>1025</v>
+      </c>
+      <c r="N356" t="s">
+        <v>785</v>
+      </c>
+      <c r="O356" t="s">
+        <v>35</v>
+      </c>
+      <c r="P356" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q356" t="s">
+        <v>35</v>
+      </c>
+      <c r="R356" t="s">
+        <v>35</v>
+      </c>
+      <c r="S356" t="s">
+        <v>35</v>
+      </c>
+      <c r="T356" t="s">
+        <v>35</v>
+      </c>
+      <c r="U356" t="s">
+        <v>35</v>
+      </c>
+      <c r="V356" t="s">
+        <v>35</v>
+      </c>
+      <c r="W356" t="s">
+        <v>35</v>
+      </c>
+      <c r="X356" t="s">
+        <v>2135</v>
+      </c>
+      <c r="Y356" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z356" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA356" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB356" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC356" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="357" spans="1:29">
+      <c r="A357" t="s">
+        <v>29</v>
+      </c>
+      <c r="B357" t="s">
+        <v>143</v>
+      </c>
+      <c r="C357" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D357" t="s">
+        <v>2136</v>
+      </c>
+      <c r="E357" t="s">
+        <v>162</v>
+      </c>
+      <c r="F357" t="s">
+        <v>35</v>
+      </c>
+      <c r="G357" t="s">
+        <v>35</v>
+      </c>
+      <c r="H357" t="s">
+        <v>35</v>
+      </c>
+      <c r="I357" t="s">
+        <v>212</v>
+      </c>
+      <c r="J357" t="s">
+        <v>2137</v>
+      </c>
+      <c r="K357" t="s">
+        <v>35</v>
+      </c>
+      <c r="L357" t="s">
+        <v>611</v>
+      </c>
+      <c r="M357" t="s">
+        <v>259</v>
+      </c>
+      <c r="N357" t="s">
+        <v>148</v>
+      </c>
+      <c r="O357" t="s">
+        <v>35</v>
+      </c>
+      <c r="P357" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q357" t="s">
+        <v>35</v>
+      </c>
+      <c r="R357" t="s">
+        <v>35</v>
+      </c>
+      <c r="S357" t="s">
+        <v>35</v>
+      </c>
+      <c r="T357" t="s">
+        <v>35</v>
+      </c>
+      <c r="U357" t="s">
+        <v>35</v>
+      </c>
+      <c r="V357" t="s">
+        <v>35</v>
+      </c>
+      <c r="W357" t="s">
+        <v>35</v>
+      </c>
+      <c r="X357" t="s">
+        <v>2135</v>
+      </c>
+      <c r="Y357" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z357" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA357" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB357" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC357" t="s">
+        <v>2138</v>
+      </c>
+    </row>
+    <row r="358" spans="1:29">
+      <c r="A358" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B358" t="s">
+        <v>30</v>
+      </c>
+      <c r="C358" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D358" t="s">
+        <v>2139</v>
+      </c>
+      <c r="E358" t="s">
+        <v>189</v>
+      </c>
+      <c r="F358" t="s">
+        <v>34</v>
+      </c>
+      <c r="G358" t="s">
+        <v>35</v>
+      </c>
+      <c r="H358" t="s">
+        <v>35</v>
+      </c>
+      <c r="I358" t="s">
+        <v>35</v>
+      </c>
+      <c r="J358" t="s">
+        <v>2140</v>
+      </c>
+      <c r="K358" t="s">
+        <v>35</v>
+      </c>
+      <c r="L358" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M358" t="s">
+        <v>204</v>
+      </c>
+      <c r="N358" t="s">
+        <v>38</v>
+      </c>
+      <c r="O358" t="s">
+        <v>35</v>
+      </c>
+      <c r="P358" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q358" t="s">
+        <v>2141</v>
+      </c>
+      <c r="R358" t="s">
+        <v>35</v>
+      </c>
+      <c r="S358" t="s">
+        <v>35</v>
+      </c>
+      <c r="T358" t="s">
+        <v>2142</v>
+      </c>
+      <c r="U358" t="s">
+        <v>35</v>
+      </c>
+      <c r="V358" t="s">
+        <v>1594</v>
+      </c>
+      <c r="W358" t="s">
+        <v>35</v>
+      </c>
+      <c r="X358" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y358" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z358" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA358" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB358" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC358" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="359" spans="1:29">
+      <c r="A359" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B359" t="s">
+        <v>30</v>
+      </c>
+      <c r="C359" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D359" t="s">
+        <v>2143</v>
+      </c>
+      <c r="E359" t="s">
+        <v>862</v>
+      </c>
+      <c r="F359" t="s">
+        <v>50</v>
+      </c>
+      <c r="G359" t="s">
+        <v>35</v>
+      </c>
+      <c r="H359" t="s">
+        <v>35</v>
+      </c>
+      <c r="I359" t="s">
+        <v>35</v>
+      </c>
+      <c r="J359" t="s">
+        <v>2144</v>
+      </c>
+      <c r="K359" t="s">
+        <v>35</v>
+      </c>
+      <c r="L359" t="s">
+        <v>78</v>
+      </c>
+      <c r="M359" t="s">
+        <v>75</v>
+      </c>
+      <c r="N359" t="s">
+        <v>38</v>
+      </c>
+      <c r="O359" t="s">
+        <v>35</v>
+      </c>
+      <c r="P359" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q359" t="s">
+        <v>2145</v>
+      </c>
+      <c r="R359" t="s">
+        <v>1426</v>
+      </c>
+      <c r="S359" t="s">
+        <v>2146</v>
+      </c>
+      <c r="T359" t="s">
+        <v>2147</v>
+      </c>
+      <c r="U359" t="s">
+        <v>2148</v>
+      </c>
+      <c r="V359" t="s">
+        <v>2149</v>
+      </c>
+      <c r="X359" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y359" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z359" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA359" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB359" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC359" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="360" spans="1:29">
+      <c r="A360" t="s">
+        <v>482</v>
+      </c>
+      <c r="B360" t="s">
+        <v>60</v>
+      </c>
+      <c r="C360" t="s">
+        <v>2132</v>
+      </c>
+      <c r="D360" t="s">
+        <v>2150</v>
+      </c>
+      <c r="E360" t="s">
+        <v>259</v>
+      </c>
+      <c r="F360" t="s">
+        <v>35</v>
+      </c>
+      <c r="G360" t="s">
+        <v>63</v>
+      </c>
+      <c r="H360" t="s">
+        <v>35</v>
+      </c>
+      <c r="I360" t="s">
+        <v>35</v>
+      </c>
+      <c r="J360" t="s">
+        <v>2151</v>
+      </c>
+      <c r="K360" t="s">
+        <v>35</v>
+      </c>
+      <c r="L360" t="s">
+        <v>560</v>
+      </c>
+      <c r="M360" t="s">
+        <v>259</v>
+      </c>
+      <c r="N360" t="s">
+        <v>38</v>
+      </c>
+      <c r="O360" t="s">
+        <v>35</v>
+      </c>
+      <c r="P360" t="s">
+        <v>2152</v>
+      </c>
+      <c r="Q360" t="s">
+        <v>2153</v>
+      </c>
+      <c r="R360" t="s">
+        <v>35</v>
+      </c>
+      <c r="S360" t="s">
+        <v>35</v>
+      </c>
+      <c r="T360" t="s">
+        <v>2154</v>
+      </c>
+      <c r="U360" t="s">
+        <v>35</v>
+      </c>
+      <c r="V360" t="s">
+        <v>35</v>
+      </c>
+      <c r="W360" t="s">
+        <v>35</v>
+      </c>
+      <c r="X360" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y360" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z360" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA360" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB360" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC360" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="361" spans="1:29">
+      <c r="A361" t="s">
+        <v>83</v>
+      </c>
+      <c r="B361" t="s">
+        <v>30</v>
+      </c>
+      <c r="C361" t="s">
+        <v>2155</v>
+      </c>
+      <c r="D361" t="s">
+        <v>2156</v>
+      </c>
+      <c r="E361" t="s">
+        <v>189</v>
+      </c>
+      <c r="F361" t="s">
+        <v>34</v>
+      </c>
+      <c r="G361" t="s">
+        <v>35</v>
+      </c>
+      <c r="H361" t="s">
+        <v>35</v>
+      </c>
+      <c r="I361" t="s">
+        <v>35</v>
+      </c>
+      <c r="J361" t="s">
+        <v>2157</v>
+      </c>
+      <c r="K361" t="s">
+        <v>35</v>
+      </c>
+      <c r="L361" t="s">
+        <v>421</v>
+      </c>
+      <c r="M361" t="s">
+        <v>38</v>
+      </c>
+      <c r="N361" t="s">
+        <v>38</v>
+      </c>
+      <c r="O361" t="s">
+        <v>35</v>
+      </c>
+      <c r="P361" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q361" t="s">
+        <v>2158</v>
+      </c>
+      <c r="R361" t="s">
+        <v>35</v>
+      </c>
+      <c r="S361" t="s">
+        <v>35</v>
+      </c>
+      <c r="T361" t="s">
+        <v>35</v>
+      </c>
+      <c r="U361" t="s">
+        <v>931</v>
+      </c>
+      <c r="V361" t="s">
+        <v>2159</v>
+      </c>
+      <c r="W361" t="s">
+        <v>35</v>
+      </c>
+      <c r="X361" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y361" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z361" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA361" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB361" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC361" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="362" spans="1:29">
+      <c r="A362" t="s">
+        <v>234</v>
+      </c>
+      <c r="B362" t="s">
+        <v>132</v>
+      </c>
+      <c r="C362" t="s">
+        <v>2160</v>
+      </c>
+      <c r="D362" t="s">
+        <v>2161</v>
+      </c>
+      <c r="E362" t="s">
+        <v>635</v>
+      </c>
+      <c r="F362" t="s">
+        <v>35</v>
+      </c>
+      <c r="G362" t="s">
+        <v>35</v>
+      </c>
+      <c r="H362" t="s">
+        <v>34</v>
+      </c>
+      <c r="I362" t="s">
+        <v>35</v>
+      </c>
+      <c r="J362" t="s">
+        <v>2162</v>
+      </c>
+      <c r="K362" t="s">
+        <v>35</v>
+      </c>
+      <c r="L362" t="s">
+        <v>2163</v>
+      </c>
+      <c r="M362" t="s">
+        <v>294</v>
+      </c>
+      <c r="N362" t="s">
+        <v>38</v>
+      </c>
+      <c r="O362" t="s">
+        <v>35</v>
+      </c>
+      <c r="P362" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q362" t="s">
+        <v>1186</v>
+      </c>
+      <c r="R362" t="s">
+        <v>35</v>
+      </c>
+      <c r="S362" t="s">
+        <v>35</v>
+      </c>
+      <c r="T362" t="s">
+        <v>68</v>
+      </c>
+      <c r="U362" t="s">
+        <v>2164</v>
+      </c>
+      <c r="V362" t="s">
+        <v>35</v>
+      </c>
+      <c r="W362" t="s">
+        <v>35</v>
+      </c>
+      <c r="X362" t="s">
+        <v>2165</v>
+      </c>
+      <c r="Y362" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z362" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA362" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB362" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC362" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="363" spans="1:29">
+      <c r="A363" t="s">
+        <v>234</v>
+      </c>
+      <c r="B363" t="s">
+        <v>60</v>
+      </c>
+      <c r="C363" t="s">
+        <v>2166</v>
+      </c>
+      <c r="D363" t="s">
+        <v>2167</v>
+      </c>
+      <c r="E363" t="s">
+        <v>223</v>
+      </c>
+      <c r="F363" t="s">
+        <v>35</v>
+      </c>
+      <c r="G363" t="s">
+        <v>76</v>
+      </c>
+      <c r="H363" t="s">
+        <v>35</v>
+      </c>
+      <c r="I363" t="s">
+        <v>35</v>
+      </c>
+      <c r="J363" t="s">
+        <v>2168</v>
+      </c>
+      <c r="K363" t="s">
+        <v>35</v>
+      </c>
+      <c r="L363" t="s">
+        <v>2169</v>
+      </c>
+      <c r="M363" t="s">
+        <v>38</v>
+      </c>
+      <c r="N363" t="s">
+        <v>38</v>
+      </c>
+      <c r="O363" t="s">
+        <v>35</v>
+      </c>
+      <c r="P363" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q363" t="s">
+        <v>337</v>
+      </c>
+      <c r="R363" t="s">
+        <v>35</v>
+      </c>
+      <c r="S363" t="s">
+        <v>35</v>
+      </c>
+      <c r="T363" t="s">
+        <v>2170</v>
+      </c>
+      <c r="U363" t="s">
+        <v>35</v>
+      </c>
+      <c r="V363" t="s">
+        <v>35</v>
+      </c>
+      <c r="W363" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y363" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z363" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA363" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB363" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC363" t="s">
+        <v>2171</v>
+      </c>
+    </row>
+    <row r="364" spans="1:29">
+      <c r="A364" t="s">
+        <v>655</v>
+      </c>
+      <c r="B364" t="s">
+        <v>60</v>
+      </c>
+      <c r="C364" t="s">
+        <v>2172</v>
+      </c>
+      <c r="D364" t="s">
+        <v>2173</v>
+      </c>
+      <c r="E364" t="s">
+        <v>391</v>
+      </c>
+      <c r="F364" t="s">
+        <v>35</v>
+      </c>
+      <c r="G364" t="s">
+        <v>76</v>
+      </c>
+      <c r="H364" t="s">
+        <v>35</v>
+      </c>
+      <c r="I364" t="s">
+        <v>35</v>
+      </c>
+      <c r="J364" t="s">
+        <v>2174</v>
+      </c>
+      <c r="K364" t="s">
+        <v>35</v>
+      </c>
+      <c r="L364" t="s">
+        <v>164</v>
+      </c>
+      <c r="M364" t="s">
+        <v>162</v>
+      </c>
+      <c r="N364" t="s">
+        <v>38</v>
+      </c>
+      <c r="O364" t="s">
+        <v>35</v>
+      </c>
+      <c r="P364" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q364" t="s">
+        <v>35</v>
+      </c>
+      <c r="R364" t="s">
+        <v>35</v>
+      </c>
+      <c r="S364" t="s">
+        <v>35</v>
+      </c>
+      <c r="T364" t="s">
+        <v>35</v>
+      </c>
+      <c r="U364" t="s">
+        <v>35</v>
+      </c>
+      <c r="V364" t="s">
+        <v>35</v>
+      </c>
+      <c r="W364" t="s">
+        <v>35</v>
+      </c>
+      <c r="X364" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y364" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z364" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA364" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB364" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC364" t="s">
+        <v>2175</v>
+      </c>
+    </row>
+    <row r="365" spans="1:29">
+      <c r="A365" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B365" t="s">
+        <v>60</v>
+      </c>
+      <c r="C365" t="s">
+        <v>2176</v>
+      </c>
+      <c r="D365" t="s">
+        <v>2177</v>
+      </c>
+      <c r="E365" t="s">
+        <v>253</v>
+      </c>
+      <c r="F365" t="s">
+        <v>35</v>
+      </c>
+      <c r="G365" t="s">
+        <v>86</v>
+      </c>
+      <c r="H365" t="s">
+        <v>35</v>
+      </c>
+      <c r="I365" t="s">
+        <v>35</v>
+      </c>
+      <c r="J365" t="s">
+        <v>2178</v>
+      </c>
+      <c r="K365" t="s">
+        <v>35</v>
+      </c>
+      <c r="L365" t="s">
+        <v>191</v>
+      </c>
+      <c r="M365" t="s">
+        <v>38</v>
+      </c>
+      <c r="N365" t="s">
+        <v>38</v>
+      </c>
+      <c r="O365" t="s">
+        <v>35</v>
+      </c>
+      <c r="P365" t="s">
+        <v>637</v>
+      </c>
+      <c r="Q365" t="s">
+        <v>2179</v>
+      </c>
+      <c r="R365" t="s">
+        <v>35</v>
+      </c>
+      <c r="S365" t="s">
+        <v>35</v>
+      </c>
+      <c r="T365" t="s">
+        <v>35</v>
+      </c>
+      <c r="U365" t="s">
+        <v>35</v>
+      </c>
+      <c r="V365" t="s">
+        <v>35</v>
+      </c>
+      <c r="W365" t="s">
+        <v>35</v>
+      </c>
+      <c r="X365" t="s">
+        <v>2180</v>
+      </c>
+      <c r="Y365" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z365" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA365" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB365" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC365" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="366" spans="1:29">
+      <c r="A366" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B366" t="s">
+        <v>60</v>
+      </c>
+      <c r="C366" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D366" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E366" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F366" t="s">
+        <v>35</v>
+      </c>
+      <c r="G366" t="s">
+        <v>86</v>
+      </c>
+      <c r="H366" t="s">
+        <v>35</v>
+      </c>
+      <c r="I366" t="s">
+        <v>35</v>
+      </c>
+      <c r="J366" t="s">
+        <v>2183</v>
+      </c>
+      <c r="K366" t="s">
+        <v>35</v>
+      </c>
+      <c r="L366" t="s">
+        <v>553</v>
+      </c>
+      <c r="M366" t="s">
+        <v>33</v>
+      </c>
+      <c r="N366" t="s">
+        <v>38</v>
+      </c>
+      <c r="O366" t="s">
+        <v>35</v>
+      </c>
+      <c r="P366" t="s">
+        <v>437</v>
+      </c>
+      <c r="Q366" t="s">
+        <v>2184</v>
+      </c>
+      <c r="R366" t="s">
+        <v>35</v>
+      </c>
+      <c r="S366" t="s">
+        <v>35</v>
+      </c>
+      <c r="T366" t="s">
+        <v>2185</v>
+      </c>
+      <c r="U366" t="s">
+        <v>35</v>
+      </c>
+      <c r="V366" t="s">
+        <v>35</v>
+      </c>
+      <c r="W366" t="s">
+        <v>35</v>
+      </c>
+      <c r="X366" t="s">
+        <v>2186</v>
+      </c>
+      <c r="Y366" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z366" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA366" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB366" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC366" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="367" spans="1:29">
+      <c r="A367" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B367" t="s">
+        <v>30</v>
+      </c>
+      <c r="C367" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D367" t="s">
+        <v>2187</v>
+      </c>
+      <c r="E367" t="s">
+        <v>204</v>
+      </c>
+      <c r="F367" t="s">
+        <v>34</v>
+      </c>
+      <c r="G367" t="s">
+        <v>35</v>
+      </c>
+      <c r="H367" t="s">
+        <v>35</v>
+      </c>
+      <c r="I367" t="s">
+        <v>35</v>
+      </c>
+      <c r="J367" t="s">
+        <v>2188</v>
+      </c>
+      <c r="K367" t="s">
+        <v>35</v>
+      </c>
+      <c r="L367" t="s">
+        <v>111</v>
+      </c>
+      <c r="M367" t="s">
+        <v>38</v>
+      </c>
+      <c r="N367" t="s">
+        <v>38</v>
+      </c>
+      <c r="O367" t="s">
+        <v>35</v>
+      </c>
+      <c r="P367" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q367" t="s">
+        <v>2189</v>
+      </c>
+      <c r="R367" t="s">
+        <v>35</v>
+      </c>
+      <c r="S367" t="s">
+        <v>2190</v>
+      </c>
+      <c r="T367" t="s">
+        <v>35</v>
+      </c>
+      <c r="U367" t="s">
+        <v>2191</v>
+      </c>
+      <c r="V367" t="s">
+        <v>35</v>
+      </c>
+      <c r="W367" t="s">
+        <v>35</v>
+      </c>
+      <c r="X367" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y367" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z367" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA367" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB367" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC367" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="368" spans="1:29">
+      <c r="A368" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B368" t="s">
+        <v>30</v>
+      </c>
+      <c r="C368" t="s">
+        <v>2181</v>
+      </c>
+      <c r="D368" t="s">
+        <v>2192</v>
+      </c>
+      <c r="E368" t="s">
+        <v>206</v>
+      </c>
+      <c r="F368" t="s">
+        <v>34</v>
+      </c>
+      <c r="G368" t="s">
+        <v>35</v>
+      </c>
+      <c r="H368" t="s">
+        <v>35</v>
+      </c>
+      <c r="I368" t="s">
+        <v>35</v>
+      </c>
+      <c r="J368" t="s">
+        <v>2193</v>
+      </c>
+      <c r="K368" t="s">
+        <v>35</v>
+      </c>
+      <c r="L368" t="s">
+        <v>269</v>
+      </c>
+      <c r="M368" t="s">
+        <v>862</v>
+      </c>
+      <c r="N368" t="s">
+        <v>38</v>
+      </c>
+      <c r="O368" t="s">
+        <v>35</v>
+      </c>
+      <c r="P368" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q368" t="s">
+        <v>2194</v>
+      </c>
+      <c r="R368" t="s">
+        <v>2195</v>
+      </c>
+      <c r="S368" t="s">
+        <v>35</v>
+      </c>
+      <c r="T368" t="s">
+        <v>2196</v>
+      </c>
+      <c r="U368" t="s">
+        <v>2197</v>
+      </c>
+      <c r="V368" t="s">
+        <v>35</v>
+      </c>
+      <c r="W368" t="s">
+        <v>35</v>
+      </c>
+      <c r="X368" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y368" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z368" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA368" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB368" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC368" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="369" spans="1:29">
+      <c r="A369" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B369" t="s">
+        <v>60</v>
+      </c>
+      <c r="C369" t="s">
+        <v>2199</v>
+      </c>
+      <c r="D369" t="s">
+        <v>2200</v>
+      </c>
+      <c r="E369" t="s">
+        <v>33</v>
+      </c>
+      <c r="F369" t="s">
+        <v>35</v>
+      </c>
+      <c r="G369" t="s">
+        <v>86</v>
+      </c>
+      <c r="H369" t="s">
+        <v>35</v>
+      </c>
+      <c r="I369" t="s">
+        <v>35</v>
+      </c>
+      <c r="J369" t="s">
+        <v>2201</v>
+      </c>
+      <c r="K369" t="s">
+        <v>35</v>
+      </c>
+      <c r="L369" t="s">
+        <v>111</v>
+      </c>
+      <c r="M369" t="s">
+        <v>109</v>
+      </c>
+      <c r="N369" t="s">
+        <v>38</v>
+      </c>
+      <c r="O369" t="s">
+        <v>35</v>
+      </c>
+      <c r="P369" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q369" t="s">
+        <v>2202</v>
+      </c>
+      <c r="R369" t="s">
+        <v>35</v>
+      </c>
+      <c r="S369" t="s">
+        <v>35</v>
+      </c>
+      <c r="T369" t="s">
+        <v>2203</v>
+      </c>
+      <c r="U369" t="s">
+        <v>2204</v>
+      </c>
+      <c r="V369" t="s">
+        <v>35</v>
+      </c>
+      <c r="W369" t="s">
+        <v>35</v>
+      </c>
+      <c r="X369" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y369" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z369" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA369" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB369" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC369" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="370" spans="1:29">
+      <c r="A370" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B370" t="s">
+        <v>30</v>
+      </c>
+      <c r="C370" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D370" t="s">
+        <v>2206</v>
+      </c>
+      <c r="E370" t="s">
+        <v>953</v>
+      </c>
+      <c r="F370" t="s">
+        <v>34</v>
+      </c>
+      <c r="G370" t="s">
+        <v>35</v>
+      </c>
+      <c r="H370" t="s">
+        <v>35</v>
+      </c>
+      <c r="I370" t="s">
+        <v>35</v>
+      </c>
+      <c r="J370" t="s">
+        <v>2207</v>
+      </c>
+      <c r="K370" t="s">
+        <v>35</v>
+      </c>
+      <c r="L370" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M370" t="s">
+        <v>38</v>
+      </c>
+      <c r="N370" t="s">
+        <v>38</v>
+      </c>
+      <c r="O370" t="s">
+        <v>35</v>
+      </c>
+      <c r="P370" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q370" t="s">
+        <v>2208</v>
+      </c>
+      <c r="R370" t="s">
+        <v>35</v>
+      </c>
+      <c r="S370" t="s">
+        <v>35</v>
+      </c>
+      <c r="T370" t="s">
+        <v>2209</v>
+      </c>
+      <c r="U370" t="s">
+        <v>35</v>
+      </c>
+      <c r="V370" t="s">
+        <v>2210</v>
+      </c>
+      <c r="W370" t="s">
+        <v>35</v>
+      </c>
+      <c r="X370" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y370" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z370" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA370" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB370" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC370" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="371" spans="1:29">
+      <c r="A371" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B371" t="s">
+        <v>201</v>
+      </c>
+      <c r="C371" t="s">
+        <v>2205</v>
+      </c>
+      <c r="D371" t="s">
+        <v>2211</v>
+      </c>
+      <c r="E371" t="s">
+        <v>1578</v>
+      </c>
+      <c r="F371" t="s">
+        <v>35</v>
+      </c>
+      <c r="G371" t="s">
+        <v>35</v>
+      </c>
+      <c r="H371" t="s">
+        <v>35</v>
+      </c>
+      <c r="I371" t="s">
+        <v>35</v>
+      </c>
+      <c r="J371" t="s">
+        <v>2212</v>
+      </c>
+      <c r="K371" t="s">
+        <v>35</v>
+      </c>
+      <c r="L371" t="s">
+        <v>191</v>
+      </c>
+      <c r="M371" t="s">
+        <v>38</v>
+      </c>
+      <c r="N371" t="s">
+        <v>38</v>
+      </c>
+      <c r="O371" t="s">
+        <v>35</v>
+      </c>
+      <c r="P371" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q371" t="s">
+        <v>2213</v>
+      </c>
+      <c r="R371" t="s">
+        <v>35</v>
+      </c>
+      <c r="S371" t="s">
+        <v>35</v>
+      </c>
+      <c r="T371" t="s">
+        <v>68</v>
+      </c>
+      <c r="U371" t="s">
+        <v>2214</v>
+      </c>
+      <c r="V371" t="s">
+        <v>35</v>
+      </c>
+      <c r="W371" t="s">
+        <v>35</v>
+      </c>
+      <c r="X371" t="s">
+        <v>2215</v>
+      </c>
+      <c r="Y371" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z371" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA371" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB371" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC371" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="372" spans="1:29">
+      <c r="A372" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B372" t="s">
+        <v>60</v>
+      </c>
+      <c r="C372" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D372" t="s">
+        <v>2217</v>
+      </c>
+      <c r="E372" t="s">
+        <v>329</v>
+      </c>
+      <c r="F372" t="s">
+        <v>35</v>
+      </c>
+      <c r="G372" t="s">
+        <v>76</v>
+      </c>
+      <c r="H372" t="s">
+        <v>35</v>
+      </c>
+      <c r="I372" t="s">
+        <v>35</v>
+      </c>
+      <c r="J372" t="s">
+        <v>2218</v>
+      </c>
+      <c r="K372" t="s">
+        <v>35</v>
+      </c>
+      <c r="L372" t="s">
+        <v>2219</v>
+      </c>
+      <c r="M372" t="s">
+        <v>836</v>
+      </c>
+      <c r="N372" t="s">
+        <v>38</v>
+      </c>
+      <c r="O372" t="s">
+        <v>35</v>
+      </c>
+      <c r="P372" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q372" t="s">
+        <v>2220</v>
+      </c>
+      <c r="R372" t="s">
+        <v>35</v>
+      </c>
+      <c r="S372" t="s">
+        <v>35</v>
+      </c>
+      <c r="T372" t="s">
+        <v>68</v>
+      </c>
+      <c r="U372" t="s">
+        <v>35</v>
+      </c>
+      <c r="V372" t="s">
+        <v>35</v>
+      </c>
+      <c r="W372" t="s">
+        <v>35</v>
+      </c>
+      <c r="X372" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y372" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z372" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA372" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB372" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC372" t="s">
+        <v>1806</v>
+      </c>
+    </row>
+    <row r="373" spans="1:29">
+      <c r="A373" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B373" t="s">
+        <v>60</v>
+      </c>
+      <c r="C373" t="s">
+        <v>2216</v>
+      </c>
+      <c r="D373" t="s">
+        <v>2221</v>
+      </c>
+      <c r="E373" t="s">
+        <v>94</v>
+      </c>
+      <c r="F373" t="s">
+        <v>35</v>
+      </c>
+      <c r="G373" t="s">
+        <v>76</v>
+      </c>
+      <c r="H373" t="s">
+        <v>35</v>
+      </c>
+      <c r="I373" t="s">
+        <v>35</v>
+      </c>
+      <c r="J373" t="s">
+        <v>2222</v>
+      </c>
+      <c r="K373" t="s">
+        <v>35</v>
+      </c>
+      <c r="L373" t="s">
+        <v>2125</v>
+      </c>
+      <c r="M373" t="s">
+        <v>38</v>
+      </c>
+      <c r="N373" t="s">
+        <v>38</v>
+      </c>
+      <c r="O373" t="s">
+        <v>35</v>
+      </c>
+      <c r="P373" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q373" t="s">
+        <v>35</v>
+      </c>
+      <c r="R373" t="s">
+        <v>35</v>
+      </c>
+      <c r="S373" t="s">
+        <v>35</v>
+      </c>
+      <c r="T373" t="s">
+        <v>2223</v>
+      </c>
+      <c r="U373" t="s">
+        <v>35</v>
+      </c>
+      <c r="V373" t="s">
+        <v>35</v>
+      </c>
+      <c r="W373" t="s">
+        <v>35</v>
+      </c>
+      <c r="X373" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y373" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z373" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA373" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB373" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC373" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="374" spans="1:29">
+      <c r="A374" t="s">
+        <v>556</v>
+      </c>
+      <c r="B374" t="s">
+        <v>30</v>
+      </c>
+      <c r="C374" t="s">
+        <v>2224</v>
+      </c>
+      <c r="D374" t="s">
+        <v>2225</v>
+      </c>
+      <c r="E374" t="s">
+        <v>33</v>
+      </c>
+      <c r="F374" t="s">
+        <v>34</v>
+      </c>
+      <c r="G374" t="s">
+        <v>35</v>
+      </c>
+      <c r="H374" t="s">
+        <v>35</v>
+      </c>
+      <c r="I374" t="s">
+        <v>35</v>
+      </c>
+      <c r="J374" t="s">
+        <v>2226</v>
+      </c>
+      <c r="K374" t="s">
+        <v>35</v>
+      </c>
+      <c r="L374" t="s">
+        <v>199</v>
+      </c>
+      <c r="M374" t="s">
+        <v>33</v>
+      </c>
+      <c r="N374" t="s">
+        <v>38</v>
+      </c>
+      <c r="O374" t="s">
+        <v>35</v>
+      </c>
+      <c r="P374" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q374" t="s">
+        <v>2227</v>
+      </c>
+      <c r="R374" t="s">
+        <v>2228</v>
+      </c>
+      <c r="S374" t="s">
+        <v>35</v>
+      </c>
+      <c r="T374" t="s">
+        <v>2229</v>
+      </c>
+      <c r="U374" t="s">
+        <v>35</v>
+      </c>
+      <c r="V374" t="s">
+        <v>2230</v>
+      </c>
+      <c r="W374" t="s">
+        <v>35</v>
+      </c>
+      <c r="X374" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y374" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z374" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA374" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB374" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC374" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="375" spans="1:29">
+      <c r="A375" t="s">
+        <v>556</v>
+      </c>
+      <c r="B375" t="s">
+        <v>30</v>
+      </c>
+      <c r="C375" t="s">
+        <v>2224</v>
+      </c>
+      <c r="D375" t="s">
+        <v>2231</v>
+      </c>
+      <c r="E375" t="s">
+        <v>162</v>
+      </c>
+      <c r="F375" t="s">
+        <v>764</v>
+      </c>
+      <c r="G375" t="s">
+        <v>35</v>
+      </c>
+      <c r="H375" t="s">
+        <v>35</v>
+      </c>
+      <c r="I375" t="s">
+        <v>35</v>
+      </c>
+      <c r="J375" t="s">
+        <v>2232</v>
+      </c>
+      <c r="K375" t="s">
+        <v>35</v>
+      </c>
+      <c r="L375" t="s">
+        <v>1688</v>
+      </c>
+      <c r="M375" t="s">
+        <v>262</v>
+      </c>
+      <c r="N375" t="s">
+        <v>696</v>
+      </c>
+      <c r="O375" t="s">
+        <v>35</v>
+      </c>
+      <c r="P375" t="s">
+        <v>99</v>
+      </c>
+      <c r="Q375" t="s">
+        <v>2233</v>
+      </c>
+      <c r="R375" t="s">
+        <v>2234</v>
+      </c>
+      <c r="S375" t="s">
+        <v>2235</v>
+      </c>
+      <c r="T375" t="s">
+        <v>2236</v>
+      </c>
+      <c r="U375" t="s">
+        <v>2237</v>
+      </c>
+      <c r="V375" t="s">
+        <v>2238</v>
+      </c>
+      <c r="W375" t="s">
+        <v>35</v>
+      </c>
+      <c r="X375" t="s">
+        <v>2239</v>
+      </c>
+      <c r="Y375" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z375" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA375" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB375" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC375" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="376" spans="1:29">
+      <c r="A376" t="s">
+        <v>556</v>
+      </c>
+      <c r="B376" t="s">
+        <v>143</v>
+      </c>
+      <c r="C376" t="s">
+        <v>2240</v>
+      </c>
+      <c r="D376" t="s">
+        <v>2241</v>
+      </c>
+      <c r="E376" t="s">
+        <v>162</v>
+      </c>
+      <c r="F376" t="s">
+        <v>35</v>
+      </c>
+      <c r="G376" t="s">
+        <v>35</v>
+      </c>
+      <c r="H376" t="s">
+        <v>35</v>
+      </c>
+      <c r="I376" t="s">
+        <v>212</v>
+      </c>
+      <c r="J376" t="s">
+        <v>2242</v>
+      </c>
+      <c r="K376" t="s">
+        <v>35</v>
+      </c>
+      <c r="L376" t="s">
+        <v>65</v>
+      </c>
+      <c r="M376" t="s">
+        <v>62</v>
+      </c>
+      <c r="N376" t="s">
+        <v>62</v>
+      </c>
+      <c r="O376" t="s">
+        <v>35</v>
+      </c>
+      <c r="P376" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q376" t="s">
+        <v>35</v>
+      </c>
+      <c r="R376" t="s">
+        <v>35</v>
+      </c>
+      <c r="S376" t="s">
+        <v>35</v>
+      </c>
+      <c r="T376" t="s">
+        <v>2243</v>
+      </c>
+      <c r="U376" t="s">
+        <v>35</v>
+      </c>
+      <c r="V376" t="s">
+        <v>2244</v>
+      </c>
+      <c r="W376" t="s">
+        <v>35</v>
+      </c>
+      <c r="X376" t="s">
+        <v>2245</v>
+      </c>
+      <c r="Y376" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z376" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA376" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB376" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC376" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="377" spans="1:29">
+      <c r="A377" t="s">
+        <v>117</v>
+      </c>
+      <c r="B377" t="s">
+        <v>132</v>
+      </c>
+      <c r="C377" t="s">
+        <v>2246</v>
+      </c>
+      <c r="D377" t="s">
+        <v>2247</v>
+      </c>
+      <c r="E377" t="s">
+        <v>38</v>
+      </c>
+      <c r="F377" t="s">
+        <v>35</v>
+      </c>
+      <c r="G377" t="s">
+        <v>35</v>
+      </c>
+      <c r="H377" t="s">
+        <v>34</v>
+      </c>
+      <c r="I377" t="s">
+        <v>35</v>
+      </c>
+      <c r="J377" t="s">
+        <v>2248</v>
+      </c>
+      <c r="K377" t="s">
+        <v>35</v>
+      </c>
+      <c r="L377" t="s">
+        <v>111</v>
+      </c>
+      <c r="M377" t="s">
+        <v>38</v>
+      </c>
+      <c r="N377" t="s">
+        <v>38</v>
+      </c>
+      <c r="O377" t="s">
+        <v>35</v>
+      </c>
+      <c r="P377" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q377" t="s">
+        <v>2249</v>
+      </c>
+      <c r="R377" t="s">
+        <v>35</v>
+      </c>
+      <c r="S377" t="s">
+        <v>35</v>
+      </c>
+      <c r="T377" t="s">
+        <v>35</v>
+      </c>
+      <c r="U377" t="s">
+        <v>35</v>
+      </c>
+      <c r="V377" t="s">
+        <v>35</v>
+      </c>
+      <c r="W377" t="s">
+        <v>35</v>
+      </c>
+      <c r="X377" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y377" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z377" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA377" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB377" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC377" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="378" spans="1:29">
+      <c r="A378" t="s">
+        <v>29</v>
+      </c>
+      <c r="B378" t="s">
+        <v>201</v>
+      </c>
+      <c r="C378" t="s">
+        <v>2250</v>
+      </c>
+      <c r="D378" t="s">
+        <v>2251</v>
+      </c>
+      <c r="E378" t="s">
+        <v>294</v>
+      </c>
+      <c r="F378" t="s">
+        <v>35</v>
+      </c>
+      <c r="G378" t="s">
+        <v>35</v>
+      </c>
+      <c r="H378" t="s">
+        <v>35</v>
+      </c>
+      <c r="I378" t="s">
+        <v>35</v>
+      </c>
+      <c r="J378" t="s">
+        <v>2252</v>
+      </c>
+      <c r="K378" t="s">
+        <v>35</v>
+      </c>
+      <c r="L378" t="s">
+        <v>2253</v>
+      </c>
+      <c r="M378" t="s">
+        <v>294</v>
+      </c>
+      <c r="N378" t="s">
+        <v>38</v>
+      </c>
+      <c r="O378" t="s">
+        <v>35</v>
+      </c>
+      <c r="P378" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q378" t="s">
+        <v>35</v>
+      </c>
+      <c r="R378" t="s">
+        <v>35</v>
+      </c>
+      <c r="S378" t="s">
+        <v>35</v>
+      </c>
+      <c r="T378" t="s">
+        <v>35</v>
+      </c>
+      <c r="U378" t="s">
+        <v>35</v>
+      </c>
+      <c r="V378" t="s">
+        <v>69</v>
+      </c>
+      <c r="W378" t="s">
+        <v>35</v>
+      </c>
+      <c r="X378" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y378" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z378" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA378" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB378" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC378" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="379" spans="1:29">
+      <c r="A379" t="s">
+        <v>234</v>
+      </c>
+      <c r="B379" t="s">
+        <v>30</v>
+      </c>
+      <c r="C379" t="s">
+        <v>2250</v>
+      </c>
+      <c r="D379" t="s">
+        <v>2254</v>
+      </c>
+      <c r="E379" t="s">
+        <v>329</v>
+      </c>
+      <c r="F379" t="s">
+        <v>50</v>
+      </c>
+      <c r="G379" t="s">
+        <v>35</v>
+      </c>
+      <c r="H379" t="s">
+        <v>35</v>
+      </c>
+      <c r="I379" t="s">
+        <v>35</v>
+      </c>
+      <c r="J379" t="s">
+        <v>2255</v>
+      </c>
+      <c r="K379" t="s">
+        <v>35</v>
+      </c>
+      <c r="L379" t="s">
+        <v>78</v>
+      </c>
+      <c r="M379" t="s">
+        <v>75</v>
+      </c>
+      <c r="N379" t="s">
+        <v>38</v>
+      </c>
+      <c r="O379" t="s">
+        <v>35</v>
+      </c>
+      <c r="P379" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q379" t="s">
+        <v>2256</v>
+      </c>
+      <c r="R379" t="s">
+        <v>2257</v>
+      </c>
+      <c r="S379" t="s">
+        <v>344</v>
+      </c>
+      <c r="T379" t="s">
+        <v>35</v>
+      </c>
+      <c r="U379" t="s">
+        <v>35</v>
+      </c>
+      <c r="V379" t="s">
+        <v>35</v>
+      </c>
+      <c r="W379" t="s">
+        <v>35</v>
+      </c>
+      <c r="X379" t="s">
+        <v>2258</v>
+      </c>
+      <c r="Y379" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z379" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA379" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB379" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC379" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="380" spans="1:29">
+      <c r="A380" t="s">
+        <v>556</v>
+      </c>
+      <c r="B380" t="s">
+        <v>30</v>
+      </c>
+      <c r="C380" t="s">
+        <v>2259</v>
+      </c>
+      <c r="D380" t="s">
+        <v>2260</v>
+      </c>
+      <c r="E380" t="s">
+        <v>33</v>
+      </c>
+      <c r="F380" t="s">
+        <v>34</v>
+      </c>
+      <c r="G380" t="s">
+        <v>35</v>
+      </c>
+      <c r="H380" t="s">
+        <v>35</v>
+      </c>
+      <c r="I380" t="s">
+        <v>35</v>
+      </c>
+      <c r="J380" t="s">
+        <v>2261</v>
+      </c>
+      <c r="K380" t="s">
+        <v>35</v>
+      </c>
+      <c r="L380" t="s">
+        <v>553</v>
+      </c>
+      <c r="M380" t="s">
+        <v>33</v>
+      </c>
+      <c r="N380" t="s">
+        <v>38</v>
+      </c>
+      <c r="O380" t="s">
+        <v>35</v>
+      </c>
+      <c r="P380" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q380" t="s">
+        <v>2262</v>
+      </c>
+      <c r="S380" t="s">
+        <v>2190</v>
+      </c>
+      <c r="T380" t="s">
+        <v>2263</v>
+      </c>
+      <c r="U380" t="s">
+        <v>2264</v>
+      </c>
+      <c r="V380" t="s">
+        <v>2265</v>
+      </c>
+      <c r="W380" t="s">
+        <v>35</v>
+      </c>
+      <c r="X380" t="s">
+        <v>2266</v>
+      </c>
+      <c r="Y380" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z380" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA380" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB380" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC380" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="381" spans="1:29">
+      <c r="A381" t="s">
+        <v>556</v>
+      </c>
+      <c r="B381" t="s">
+        <v>132</v>
+      </c>
+      <c r="C381" t="s">
+        <v>2267</v>
+      </c>
+      <c r="D381" t="s">
+        <v>2268</v>
+      </c>
+      <c r="E381" t="s">
+        <v>204</v>
+      </c>
+      <c r="F381" t="s">
+        <v>35</v>
+      </c>
+      <c r="G381" t="s">
+        <v>35</v>
+      </c>
+      <c r="H381" t="s">
+        <v>34</v>
+      </c>
+      <c r="I381" t="s">
+        <v>35</v>
+      </c>
+      <c r="J381" t="s">
+        <v>2269</v>
+      </c>
+      <c r="K381" t="s">
+        <v>35</v>
+      </c>
+      <c r="L381" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M381" t="s">
+        <v>696</v>
+      </c>
+      <c r="N381" t="s">
+        <v>38</v>
+      </c>
+      <c r="O381" t="s">
+        <v>35</v>
+      </c>
+      <c r="P381" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q381" t="s">
+        <v>2270</v>
+      </c>
+      <c r="R381" t="s">
+        <v>35</v>
+      </c>
+      <c r="S381" t="s">
+        <v>35</v>
+      </c>
+      <c r="T381" t="s">
+        <v>2271</v>
+      </c>
+      <c r="U381" t="s">
+        <v>2272</v>
+      </c>
+      <c r="V381" t="s">
+        <v>35</v>
+      </c>
+      <c r="W381" t="s">
+        <v>35</v>
+      </c>
+      <c r="X381" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y381" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z381" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA381" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB381" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC381" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="382" spans="1:29">
+      <c r="A382" t="s">
+        <v>427</v>
+      </c>
+      <c r="B382" t="s">
+        <v>201</v>
+      </c>
+      <c r="C382" t="s">
+        <v>2273</v>
+      </c>
+      <c r="D382" t="s">
+        <v>2274</v>
+      </c>
+      <c r="E382" t="s">
+        <v>705</v>
+      </c>
+      <c r="F382" t="s">
+        <v>35</v>
+      </c>
+      <c r="G382" t="s">
+        <v>35</v>
+      </c>
+      <c r="H382" t="s">
+        <v>35</v>
+      </c>
+      <c r="I382" t="s">
+        <v>35</v>
+      </c>
+      <c r="J382" t="s">
+        <v>2275</v>
+      </c>
+      <c r="K382" t="s">
+        <v>35</v>
+      </c>
+      <c r="L382" t="s">
+        <v>231</v>
+      </c>
+      <c r="M382" t="s">
+        <v>189</v>
+      </c>
+      <c r="N382" t="s">
+        <v>38</v>
+      </c>
+      <c r="O382" t="s">
+        <v>35</v>
+      </c>
+      <c r="P382" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q382" t="s">
+        <v>2276</v>
+      </c>
+      <c r="R382" t="s">
+        <v>2277</v>
+      </c>
+      <c r="S382" t="s">
+        <v>35</v>
+      </c>
+      <c r="T382" t="s">
+        <v>35</v>
+      </c>
+      <c r="U382" t="s">
+        <v>35</v>
+      </c>
+      <c r="V382" t="s">
+        <v>35</v>
+      </c>
+      <c r="W382" t="s">
+        <v>35</v>
+      </c>
+      <c r="X382" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y382" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z382" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA382" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB382" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC382" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="383" spans="1:29">
+      <c r="A383" t="s">
+        <v>556</v>
+      </c>
+      <c r="B383" t="s">
+        <v>132</v>
+      </c>
+      <c r="C383" t="s">
+        <v>2278</v>
+      </c>
+      <c r="D383" t="s">
+        <v>2279</v>
+      </c>
+      <c r="E383" t="s">
+        <v>391</v>
+      </c>
+      <c r="F383" t="s">
+        <v>35</v>
+      </c>
+      <c r="G383" t="s">
+        <v>35</v>
+      </c>
+      <c r="H383" t="s">
+        <v>238</v>
+      </c>
+      <c r="I383" t="s">
+        <v>35</v>
+      </c>
+      <c r="J383" t="s">
+        <v>2280</v>
+      </c>
+      <c r="K383" t="s">
+        <v>35</v>
+      </c>
+      <c r="L383" t="s">
+        <v>2281</v>
+      </c>
+      <c r="M383" t="s">
+        <v>259</v>
+      </c>
+      <c r="N383" t="s">
+        <v>38</v>
+      </c>
+      <c r="O383" t="s">
+        <v>35</v>
+      </c>
+      <c r="P383" t="s">
+        <v>2282</v>
+      </c>
+      <c r="Q383" t="s">
+        <v>2283</v>
+      </c>
+      <c r="R383" t="s">
+        <v>2284</v>
+      </c>
+      <c r="S383" t="s">
+        <v>35</v>
+      </c>
+      <c r="T383" t="s">
+        <v>68</v>
+      </c>
+      <c r="U383" t="s">
+        <v>35</v>
+      </c>
+      <c r="V383" t="s">
+        <v>2285</v>
+      </c>
+      <c r="W383" t="s">
+        <v>2286</v>
+      </c>
+      <c r="X383" t="s">
+        <v>2287</v>
+      </c>
+      <c r="Y383" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z383" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA383" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB383" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="384" spans="1:29">
+      <c r="A384" t="s">
+        <v>29</v>
+      </c>
+      <c r="B384" t="s">
+        <v>201</v>
+      </c>
+      <c r="C384" t="s">
+        <v>2288</v>
+      </c>
+      <c r="D384" t="s">
+        <v>2289</v>
+      </c>
+      <c r="E384" t="s">
+        <v>351</v>
+      </c>
+      <c r="F384" t="s">
+        <v>35</v>
+      </c>
+      <c r="G384" t="s">
+        <v>35</v>
+      </c>
+      <c r="H384" t="s">
+        <v>35</v>
+      </c>
+      <c r="I384" t="s">
+        <v>35</v>
+      </c>
+      <c r="J384" t="s">
+        <v>2290</v>
+      </c>
+      <c r="K384" t="s">
+        <v>35</v>
+      </c>
+      <c r="L384" t="s">
+        <v>421</v>
+      </c>
+      <c r="M384" t="s">
+        <v>351</v>
+      </c>
+      <c r="N384" t="s">
+        <v>38</v>
+      </c>
+      <c r="O384" t="s">
+        <v>35</v>
+      </c>
+      <c r="P384" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q384" t="s">
+        <v>35</v>
+      </c>
+      <c r="R384" t="s">
+        <v>35</v>
+      </c>
+      <c r="S384" t="s">
+        <v>35</v>
+      </c>
+      <c r="T384" t="s">
+        <v>35</v>
+      </c>
+      <c r="U384" t="s">
+        <v>35</v>
+      </c>
+      <c r="V384" t="s">
+        <v>35</v>
+      </c>
+      <c r="W384" t="s">
+        <v>35</v>
+      </c>
+      <c r="X384" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y384" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z384" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA384" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB384" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC384" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="385" spans="1:29">
+      <c r="A385" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B385" t="s">
+        <v>132</v>
+      </c>
+      <c r="C385" t="s">
+        <v>2291</v>
+      </c>
+      <c r="D385" t="s">
+        <v>2292</v>
+      </c>
+      <c r="E385" t="s">
+        <v>294</v>
+      </c>
+      <c r="F385" t="s">
+        <v>35</v>
+      </c>
+      <c r="G385" t="s">
+        <v>35</v>
+      </c>
+      <c r="H385" t="s">
+        <v>34</v>
+      </c>
+      <c r="I385" t="s">
+        <v>35</v>
+      </c>
+      <c r="J385" t="s">
+        <v>2293</v>
+      </c>
+      <c r="K385" t="s">
+        <v>35</v>
+      </c>
+      <c r="L385" t="s">
+        <v>191</v>
+      </c>
+      <c r="M385" t="s">
+        <v>206</v>
+      </c>
+      <c r="N385" t="s">
+        <v>38</v>
+      </c>
+      <c r="O385" t="s">
+        <v>35</v>
+      </c>
+      <c r="P385" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q385" t="s">
+        <v>35</v>
+      </c>
+      <c r="R385" t="s">
+        <v>35</v>
+      </c>
+      <c r="S385" t="s">
+        <v>35</v>
+      </c>
+      <c r="T385" t="s">
+        <v>2294</v>
+      </c>
+      <c r="U385" t="s">
+        <v>35</v>
+      </c>
+      <c r="V385" t="s">
+        <v>35</v>
+      </c>
+      <c r="W385" t="s">
+        <v>35</v>
+      </c>
+      <c r="X385" t="s">
+        <v>2295</v>
+      </c>
+      <c r="Y385" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z385" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA385" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB385" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC385" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="386" spans="1:29">
+      <c r="A386" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B386" t="s">
+        <v>132</v>
+      </c>
+      <c r="C386" t="s">
+        <v>2296</v>
+      </c>
+      <c r="D386" t="s">
+        <v>2297</v>
+      </c>
+      <c r="E386" t="s">
+        <v>204</v>
+      </c>
+      <c r="F386" t="s">
+        <v>35</v>
+      </c>
+      <c r="G386" t="s">
+        <v>35</v>
+      </c>
+      <c r="H386" t="s">
+        <v>34</v>
+      </c>
+      <c r="I386" t="s">
+        <v>35</v>
+      </c>
+      <c r="J386" t="s">
+        <v>2298</v>
+      </c>
+      <c r="K386" t="s">
+        <v>35</v>
+      </c>
+      <c r="L386" t="s">
+        <v>421</v>
+      </c>
+      <c r="M386" t="s">
+        <v>351</v>
+      </c>
+      <c r="N386" t="s">
+        <v>38</v>
+      </c>
+      <c r="O386" t="s">
+        <v>35</v>
+      </c>
+      <c r="P386" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q386" t="s">
+        <v>1272</v>
+      </c>
+      <c r="S386" t="s">
+        <v>35</v>
+      </c>
+      <c r="T386" t="s">
+        <v>2299</v>
+      </c>
+      <c r="U386" t="s">
+        <v>2300</v>
+      </c>
+      <c r="V386" t="s">
+        <v>35</v>
+      </c>
+      <c r="W386" t="s">
+        <v>35</v>
+      </c>
+      <c r="X386" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y386" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z386" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA386" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB386" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC386" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="387" spans="1:29">
+      <c r="A387" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B387" t="s">
+        <v>201</v>
+      </c>
+      <c r="C387" t="s">
+        <v>2301</v>
+      </c>
+      <c r="D387" t="s">
+        <v>2302</v>
+      </c>
+      <c r="E387" t="s">
+        <v>862</v>
+      </c>
+      <c r="F387" t="s">
+        <v>35</v>
+      </c>
+      <c r="G387" t="s">
+        <v>35</v>
+      </c>
+      <c r="H387" t="s">
+        <v>35</v>
+      </c>
+      <c r="I387" t="s">
+        <v>35</v>
+      </c>
+      <c r="J387" t="s">
+        <v>2303</v>
+      </c>
+      <c r="K387" t="s">
+        <v>35</v>
+      </c>
+      <c r="L387" t="s">
+        <v>509</v>
+      </c>
+      <c r="M387" t="s">
+        <v>94</v>
+      </c>
+      <c r="N387" t="s">
+        <v>38</v>
+      </c>
+      <c r="O387" t="s">
+        <v>35</v>
+      </c>
+      <c r="P387" t="s">
+        <v>200</v>
+      </c>
+      <c r="Q387" t="s">
+        <v>2304</v>
+      </c>
+      <c r="R387" t="s">
+        <v>35</v>
+      </c>
+      <c r="S387" t="s">
+        <v>35</v>
+      </c>
+      <c r="T387" t="s">
+        <v>68</v>
+      </c>
+      <c r="U387" t="s">
+        <v>2305</v>
+      </c>
+      <c r="V387" t="s">
+        <v>35</v>
+      </c>
+      <c r="W387" t="s">
+        <v>35</v>
+      </c>
+      <c r="X387" t="s">
+        <v>2306</v>
+      </c>
+      <c r="Y387" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z387" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA387" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB387" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC387" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="388" spans="1:29">
+      <c r="A388" t="s">
+        <v>117</v>
+      </c>
+      <c r="B388" t="s">
+        <v>30</v>
+      </c>
+      <c r="C388" t="s">
+        <v>2307</v>
+      </c>
+      <c r="D388" t="s">
+        <v>2308</v>
+      </c>
+      <c r="E388" t="s">
+        <v>33</v>
+      </c>
+      <c r="F388" t="s">
+        <v>34</v>
+      </c>
+      <c r="G388" t="s">
+        <v>35</v>
+      </c>
+      <c r="H388" t="s">
+        <v>35</v>
+      </c>
+      <c r="I388" t="s">
+        <v>35</v>
+      </c>
+      <c r="J388" t="s">
+        <v>2309</v>
+      </c>
+      <c r="K388" t="s">
+        <v>35</v>
+      </c>
+      <c r="L388" t="s">
+        <v>2310</v>
+      </c>
+      <c r="M388" t="s">
+        <v>38</v>
+      </c>
+      <c r="N388" t="s">
+        <v>38</v>
+      </c>
+      <c r="O388" t="s">
+        <v>35</v>
+      </c>
+      <c r="P388" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q388" t="s">
+        <v>2311</v>
+      </c>
+      <c r="R388" t="s">
+        <v>35</v>
+      </c>
+      <c r="S388" t="s">
+        <v>1373</v>
+      </c>
+      <c r="T388" t="s">
+        <v>35</v>
+      </c>
+      <c r="U388" t="s">
+        <v>2312</v>
+      </c>
+      <c r="V388" t="s">
+        <v>2313</v>
+      </c>
+      <c r="W388" t="s">
+        <v>35</v>
+      </c>
+      <c r="X388" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y388" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z388" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA388" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB388" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC388" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="389" spans="1:29">
+      <c r="A389" t="s">
+        <v>556</v>
+      </c>
+      <c r="B389" t="s">
+        <v>60</v>
+      </c>
+      <c r="C389" t="s">
+        <v>2314</v>
+      </c>
+      <c r="D389" t="s">
+        <v>2315</v>
+      </c>
+      <c r="E389" t="s">
+        <v>62</v>
+      </c>
+      <c r="F389" t="s">
+        <v>35</v>
+      </c>
+      <c r="G389" t="s">
+        <v>63</v>
+      </c>
+      <c r="H389" t="s">
+        <v>35</v>
+      </c>
+      <c r="I389" t="s">
+        <v>35</v>
+      </c>
+      <c r="J389" t="s">
+        <v>2316</v>
+      </c>
+      <c r="K389" t="s">
+        <v>35</v>
+      </c>
+      <c r="L389" t="s">
+        <v>148</v>
+      </c>
+      <c r="M389" t="s">
+        <v>148</v>
+      </c>
+      <c r="N389" t="s">
+        <v>38</v>
+      </c>
+      <c r="O389" t="s">
+        <v>35</v>
+      </c>
+      <c r="P389" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q389" t="s">
+        <v>2317</v>
+      </c>
+      <c r="R389" t="s">
+        <v>35</v>
+      </c>
+      <c r="S389" t="s">
+        <v>35</v>
+      </c>
+      <c r="T389" t="s">
+        <v>2318</v>
+      </c>
+      <c r="U389" t="s">
+        <v>2319</v>
+      </c>
+      <c r="V389" t="s">
+        <v>2320</v>
+      </c>
+      <c r="W389" t="s">
+        <v>35</v>
+      </c>
+      <c r="X389" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y389" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z389" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA389" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB389" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC389" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="390" spans="1:29">
+      <c r="A390" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B390" t="s">
+        <v>60</v>
+      </c>
+      <c r="C390" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D390" t="s">
+        <v>2182</v>
+      </c>
+      <c r="E390" t="s">
+        <v>204</v>
+      </c>
+      <c r="F390" t="s">
+        <v>35</v>
+      </c>
+      <c r="G390" t="s">
+        <v>86</v>
+      </c>
+      <c r="H390" t="s">
+        <v>35</v>
+      </c>
+      <c r="I390" t="s">
+        <v>35</v>
+      </c>
+      <c r="J390" t="s">
+        <v>2322</v>
+      </c>
+      <c r="K390" t="s">
+        <v>35</v>
+      </c>
+      <c r="L390" t="s">
+        <v>191</v>
+      </c>
+      <c r="M390" t="s">
+        <v>206</v>
+      </c>
+      <c r="N390" t="s">
+        <v>38</v>
+      </c>
+      <c r="O390" t="s">
+        <v>35</v>
+      </c>
+      <c r="P390" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q390" t="s">
+        <v>2323</v>
+      </c>
+      <c r="R390" t="s">
+        <v>2324</v>
+      </c>
+      <c r="S390" t="s">
+        <v>35</v>
+      </c>
+      <c r="T390" t="s">
+        <v>68</v>
+      </c>
+      <c r="U390" t="s">
+        <v>2325</v>
+      </c>
+      <c r="V390" t="s">
+        <v>35</v>
+      </c>
+      <c r="W390" t="s">
+        <v>35</v>
+      </c>
+      <c r="X390" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y390" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z390" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA390" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB390" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC390" t="s">
+        <v>2326</v>
+      </c>
+    </row>
+    <row r="391" spans="1:29">
+      <c r="A391" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B391" t="s">
+        <v>30</v>
+      </c>
+      <c r="C391" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D391" t="s">
+        <v>2327</v>
+      </c>
+      <c r="E391" t="s">
+        <v>862</v>
+      </c>
+      <c r="F391" t="s">
+        <v>50</v>
+      </c>
+      <c r="G391" t="s">
+        <v>35</v>
+      </c>
+      <c r="H391" t="s">
+        <v>35</v>
+      </c>
+      <c r="I391" t="s">
+        <v>35</v>
+      </c>
+      <c r="J391" t="s">
+        <v>2328</v>
+      </c>
+      <c r="K391" t="s">
+        <v>35</v>
+      </c>
+      <c r="L391" t="s">
+        <v>78</v>
+      </c>
+      <c r="M391" t="s">
+        <v>75</v>
+      </c>
+      <c r="N391" t="s">
+        <v>38</v>
+      </c>
+      <c r="O391" t="s">
+        <v>35</v>
+      </c>
+      <c r="P391" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q391" t="s">
+        <v>2329</v>
+      </c>
+      <c r="R391" t="s">
+        <v>1205</v>
+      </c>
+      <c r="S391" t="s">
+        <v>344</v>
+      </c>
+      <c r="T391" t="s">
+        <v>35</v>
+      </c>
+      <c r="U391" t="s">
+        <v>35</v>
+      </c>
+      <c r="V391" t="s">
+        <v>2330</v>
+      </c>
+      <c r="W391" t="s">
+        <v>35</v>
+      </c>
+      <c r="X391" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y391" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z391" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA391" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB391" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC391" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="392" spans="1:29">
+      <c r="A392" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B392" t="s">
+        <v>132</v>
+      </c>
+      <c r="C392" t="s">
+        <v>2321</v>
+      </c>
+      <c r="D392" t="s">
+        <v>2331</v>
+      </c>
+      <c r="E392" t="s">
+        <v>206</v>
+      </c>
+      <c r="F392" t="s">
+        <v>35</v>
+      </c>
+      <c r="G392" t="s">
+        <v>35</v>
+      </c>
+      <c r="H392" t="s">
+        <v>34</v>
+      </c>
+      <c r="I392" t="s">
+        <v>35</v>
+      </c>
+      <c r="J392" t="s">
+        <v>2332</v>
+      </c>
+      <c r="K392" t="s">
+        <v>35</v>
+      </c>
+      <c r="L392" t="s">
+        <v>191</v>
+      </c>
+      <c r="M392" t="s">
+        <v>206</v>
+      </c>
+      <c r="N392" t="s">
+        <v>38</v>
+      </c>
+      <c r="O392" t="s">
+        <v>35</v>
+      </c>
+      <c r="P392" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q392" t="s">
+        <v>2333</v>
+      </c>
+      <c r="R392" t="s">
+        <v>35</v>
+      </c>
+      <c r="S392" t="s">
+        <v>35</v>
+      </c>
+      <c r="T392" t="s">
+        <v>68</v>
+      </c>
+      <c r="U392" t="s">
+        <v>35</v>
+      </c>
+      <c r="V392" t="s">
+        <v>35</v>
+      </c>
+      <c r="W392" t="s">
+        <v>35</v>
+      </c>
+      <c r="X392" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y392" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z392" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA392" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB392" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC392" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="393" spans="1:29">
+      <c r="A393" t="s">
+        <v>556</v>
+      </c>
+      <c r="B393" t="s">
+        <v>60</v>
+      </c>
+      <c r="C393" t="s">
+        <v>2334</v>
+      </c>
+      <c r="D393" t="s">
+        <v>2335</v>
+      </c>
+      <c r="E393" t="s">
+        <v>94</v>
+      </c>
+      <c r="F393" t="s">
+        <v>35</v>
+      </c>
+      <c r="G393" t="s">
+        <v>76</v>
+      </c>
+      <c r="H393" t="s">
+        <v>35</v>
+      </c>
+      <c r="I393" t="s">
+        <v>35</v>
+      </c>
+      <c r="J393" t="s">
+        <v>2336</v>
+      </c>
+      <c r="K393" t="s">
+        <v>35</v>
+      </c>
+      <c r="L393" t="s">
+        <v>52</v>
+      </c>
+      <c r="M393" t="s">
+        <v>38</v>
+      </c>
+      <c r="N393" t="s">
+        <v>38</v>
+      </c>
+      <c r="O393" t="s">
+        <v>35</v>
+      </c>
+      <c r="P393" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q393" t="s">
+        <v>2337</v>
+      </c>
+      <c r="R393" t="s">
+        <v>35</v>
+      </c>
+      <c r="S393" t="s">
+        <v>35</v>
+      </c>
+      <c r="T393" t="s">
+        <v>2338</v>
+      </c>
+      <c r="U393" t="s">
+        <v>35</v>
+      </c>
+      <c r="V393" t="s">
+        <v>2339</v>
+      </c>
+      <c r="W393" t="s">
+        <v>35</v>
+      </c>
+      <c r="X393" t="s">
+        <v>2340</v>
+      </c>
+      <c r="Y393" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z393" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA393" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB393" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC393" t="s">
+        <v>2341</v>
+      </c>
+    </row>
+    <row r="394" spans="1:29">
+      <c r="A394" t="s">
+        <v>427</v>
+      </c>
+      <c r="B394" t="s">
+        <v>60</v>
+      </c>
+      <c r="C394" t="s">
+        <v>2342</v>
+      </c>
+      <c r="D394" t="s">
+        <v>2343</v>
+      </c>
+      <c r="E394" t="s">
+        <v>98</v>
+      </c>
+      <c r="F394" t="s">
+        <v>35</v>
+      </c>
+      <c r="G394" t="s">
+        <v>76</v>
+      </c>
+      <c r="H394" t="s">
+        <v>35</v>
+      </c>
+      <c r="I394" t="s">
+        <v>35</v>
+      </c>
+      <c r="J394" t="s">
+        <v>2344</v>
+      </c>
+      <c r="K394" t="s">
+        <v>35</v>
+      </c>
+      <c r="L394" t="s">
+        <v>164</v>
+      </c>
+      <c r="M394" t="s">
+        <v>162</v>
+      </c>
+      <c r="N394" t="s">
+        <v>38</v>
+      </c>
+      <c r="O394" t="s">
+        <v>35</v>
+      </c>
+      <c r="P394" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q394" t="s">
+        <v>2345</v>
+      </c>
+      <c r="R394" t="s">
+        <v>35</v>
+      </c>
+      <c r="S394" t="s">
+        <v>35</v>
+      </c>
+      <c r="T394" t="s">
+        <v>2346</v>
+      </c>
+      <c r="U394" t="s">
+        <v>35</v>
+      </c>
+      <c r="V394" t="s">
+        <v>35</v>
+      </c>
+      <c r="W394" t="s">
+        <v>35</v>
+      </c>
+      <c r="X394" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y394" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z394" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA394" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB394" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC394" t="s">
+        <v>2347</v>
+      </c>
+    </row>
+    <row r="395" spans="1:29">
+      <c r="A395" t="s">
+        <v>556</v>
+      </c>
+      <c r="B395" t="s">
+        <v>60</v>
+      </c>
+      <c r="C395" t="s">
+        <v>2342</v>
+      </c>
+      <c r="D395" t="s">
+        <v>2348</v>
+      </c>
+      <c r="E395" t="s">
+        <v>75</v>
+      </c>
+      <c r="F395" t="s">
+        <v>35</v>
+      </c>
+      <c r="G395" t="s">
+        <v>76</v>
+      </c>
+      <c r="H395" t="s">
+        <v>35</v>
+      </c>
+      <c r="I395" t="s">
+        <v>35</v>
+      </c>
+      <c r="J395" t="s">
+        <v>2349</v>
+      </c>
+      <c r="K395" t="s">
+        <v>35</v>
+      </c>
+      <c r="L395" t="s">
+        <v>2350</v>
+      </c>
+      <c r="M395" t="s">
+        <v>216</v>
+      </c>
+      <c r="N395" t="s">
+        <v>38</v>
+      </c>
+      <c r="O395" t="s">
+        <v>35</v>
+      </c>
+      <c r="P395" t="s">
+        <v>437</v>
+      </c>
+      <c r="Q395" t="s">
+        <v>2351</v>
+      </c>
+      <c r="R395" t="s">
+        <v>2352</v>
+      </c>
+      <c r="S395" t="s">
+        <v>35</v>
+      </c>
+      <c r="T395" t="s">
+        <v>2353</v>
+      </c>
+      <c r="U395" t="s">
+        <v>2354</v>
+      </c>
+      <c r="V395" t="s">
+        <v>35</v>
+      </c>
+      <c r="W395" t="s">
+        <v>35</v>
+      </c>
+      <c r="X395" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y395" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z395" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA395" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB395" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC395" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="396" spans="1:29">
+      <c r="A396" t="s">
+        <v>234</v>
+      </c>
+      <c r="B396" t="s">
+        <v>60</v>
+      </c>
+      <c r="C396" t="s">
+        <v>2355</v>
+      </c>
+      <c r="D396" t="s">
+        <v>2356</v>
+      </c>
+      <c r="E396" t="s">
+        <v>33</v>
+      </c>
+      <c r="F396" t="s">
+        <v>35</v>
+      </c>
+      <c r="G396" t="s">
+        <v>86</v>
+      </c>
+      <c r="H396" t="s">
+        <v>35</v>
+      </c>
+      <c r="I396" t="s">
+        <v>35</v>
+      </c>
+      <c r="J396" t="s">
+        <v>2357</v>
+      </c>
+      <c r="K396" t="s">
+        <v>35</v>
+      </c>
+      <c r="L396" t="s">
+        <v>553</v>
+      </c>
+      <c r="M396" t="s">
+        <v>33</v>
+      </c>
+      <c r="N396" t="s">
+        <v>696</v>
+      </c>
+      <c r="O396" t="s">
+        <v>35</v>
+      </c>
+      <c r="P396" t="s">
+        <v>2358</v>
+      </c>
+      <c r="Q396" t="s">
+        <v>35</v>
+      </c>
+      <c r="R396" t="s">
+        <v>35</v>
+      </c>
+      <c r="S396" t="s">
+        <v>35</v>
+      </c>
+      <c r="T396" t="s">
+        <v>35</v>
+      </c>
+      <c r="U396" t="s">
+        <v>35</v>
+      </c>
+      <c r="V396" t="s">
+        <v>35</v>
+      </c>
+      <c r="W396" t="s">
+        <v>35</v>
+      </c>
+      <c r="X396" t="s">
+        <v>2359</v>
+      </c>
+      <c r="Y396" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z396" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA396" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB396" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC396" t="s">
+        <v>2360</v>
+      </c>
+    </row>
+    <row r="397" spans="1:29">
+      <c r="A397" t="s">
+        <v>556</v>
+      </c>
+      <c r="B397" t="s">
+        <v>201</v>
+      </c>
+      <c r="C397" t="s">
+        <v>2355</v>
+      </c>
+      <c r="D397" t="s">
+        <v>2361</v>
+      </c>
+      <c r="E397" t="s">
+        <v>206</v>
+      </c>
+      <c r="F397" t="s">
+        <v>35</v>
+      </c>
+      <c r="G397" t="s">
+        <v>35</v>
+      </c>
+      <c r="H397" t="s">
+        <v>35</v>
+      </c>
+      <c r="I397" t="s">
+        <v>35</v>
+      </c>
+      <c r="J397" t="s">
+        <v>2362</v>
+      </c>
+      <c r="K397" t="s">
+        <v>35</v>
+      </c>
+      <c r="L397" t="s">
+        <v>553</v>
+      </c>
+      <c r="M397" t="s">
+        <v>33</v>
+      </c>
+      <c r="N397" t="s">
+        <v>38</v>
+      </c>
+      <c r="O397" t="s">
+        <v>35</v>
+      </c>
+      <c r="P397" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q397" t="s">
+        <v>2363</v>
+      </c>
+      <c r="R397" t="s">
+        <v>35</v>
+      </c>
+      <c r="S397" t="s">
+        <v>35</v>
+      </c>
+      <c r="T397" t="s">
+        <v>2364</v>
+      </c>
+      <c r="U397" t="s">
+        <v>2365</v>
+      </c>
+      <c r="V397" t="s">
+        <v>2366</v>
+      </c>
+      <c r="W397" t="s">
+        <v>35</v>
+      </c>
+      <c r="X397" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y397" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z397" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA397" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB397" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC397" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="398" spans="1:29">
+      <c r="A398" t="s">
+        <v>234</v>
+      </c>
+      <c r="B398" t="s">
+        <v>30</v>
+      </c>
+      <c r="C398" t="s">
+        <v>2367</v>
+      </c>
+      <c r="D398" t="s">
+        <v>2368</v>
+      </c>
+      <c r="E398" t="s">
+        <v>204</v>
+      </c>
+      <c r="F398" t="s">
+        <v>34</v>
+      </c>
+      <c r="G398" t="s">
+        <v>35</v>
+      </c>
+      <c r="H398" t="s">
+        <v>35</v>
+      </c>
+      <c r="I398" t="s">
+        <v>35</v>
+      </c>
+      <c r="J398" t="s">
+        <v>2369</v>
+      </c>
+      <c r="K398" t="s">
+        <v>35</v>
+      </c>
+      <c r="L398" t="s">
+        <v>111</v>
+      </c>
+      <c r="M398" t="s">
+        <v>38</v>
+      </c>
+      <c r="N398" t="s">
+        <v>38</v>
+      </c>
+      <c r="O398" t="s">
+        <v>35</v>
+      </c>
+      <c r="P398" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q398" t="s">
+        <v>2370</v>
+      </c>
+      <c r="S398" t="s">
+        <v>2371</v>
+      </c>
+      <c r="T398" t="s">
+        <v>35</v>
+      </c>
+      <c r="U398" t="s">
+        <v>2372</v>
+      </c>
+      <c r="V398" t="s">
+        <v>35</v>
+      </c>
+      <c r="W398" t="s">
+        <v>35</v>
+      </c>
+      <c r="X398" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y398" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z398" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA398" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB398" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC398" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="399" spans="1:29">
+      <c r="A399" t="s">
+        <v>29</v>
+      </c>
+      <c r="B399" t="s">
+        <v>60</v>
+      </c>
+      <c r="C399" t="s">
+        <v>2373</v>
+      </c>
+      <c r="D399" t="s">
+        <v>2374</v>
+      </c>
+      <c r="E399" t="s">
+        <v>109</v>
+      </c>
+      <c r="F399" t="s">
+        <v>35</v>
+      </c>
+      <c r="G399" t="s">
+        <v>86</v>
+      </c>
+      <c r="H399" t="s">
+        <v>35</v>
+      </c>
+      <c r="I399" t="s">
+        <v>35</v>
+      </c>
+      <c r="J399" t="s">
+        <v>2375</v>
+      </c>
+      <c r="K399" t="s">
+        <v>35</v>
+      </c>
+      <c r="L399" t="s">
+        <v>2376</v>
+      </c>
+      <c r="M399" t="s">
+        <v>109</v>
+      </c>
+      <c r="N399" t="s">
+        <v>38</v>
+      </c>
+      <c r="O399" t="s">
+        <v>35</v>
+      </c>
+      <c r="P399" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q399" t="s">
+        <v>35</v>
+      </c>
+      <c r="R399" t="s">
+        <v>35</v>
+      </c>
+      <c r="S399" t="s">
+        <v>35</v>
+      </c>
+      <c r="T399" t="s">
+        <v>35</v>
+      </c>
+      <c r="U399" t="s">
+        <v>35</v>
+      </c>
+      <c r="V399" t="s">
+        <v>2377</v>
+      </c>
+      <c r="W399" t="s">
+        <v>35</v>
+      </c>
+      <c r="X399" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y399" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z399" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA399" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB399" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC399" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="400" spans="1:29">
+      <c r="A400" t="s">
+        <v>29</v>
+      </c>
+      <c r="B400" t="s">
+        <v>201</v>
+      </c>
+      <c r="C400" t="s">
+        <v>2378</v>
+      </c>
+      <c r="D400" t="s">
+        <v>2379</v>
+      </c>
+      <c r="E400" t="s">
+        <v>189</v>
+      </c>
+      <c r="F400" t="s">
+        <v>35</v>
+      </c>
+      <c r="G400" t="s">
+        <v>35</v>
+      </c>
+      <c r="H400" t="s">
+        <v>35</v>
+      </c>
+      <c r="I400" t="s">
+        <v>35</v>
+      </c>
+      <c r="J400" t="s">
+        <v>2380</v>
+      </c>
+      <c r="K400" t="s">
+        <v>35</v>
+      </c>
+      <c r="L400" t="s">
+        <v>231</v>
+      </c>
+      <c r="M400" t="s">
+        <v>38</v>
+      </c>
+      <c r="N400" t="s">
+        <v>38</v>
+      </c>
+      <c r="O400" t="s">
+        <v>35</v>
+      </c>
+      <c r="P400" t="s">
+        <v>112</v>
+      </c>
+      <c r="Q400" t="s">
+        <v>35</v>
+      </c>
+      <c r="R400" t="s">
+        <v>35</v>
+      </c>
+      <c r="S400" t="s">
+        <v>35</v>
+      </c>
+      <c r="T400" t="s">
+        <v>2381</v>
+      </c>
+      <c r="U400" t="s">
+        <v>35</v>
+      </c>
+      <c r="V400" t="s">
+        <v>2382</v>
+      </c>
+      <c r="W400" t="s">
+        <v>35</v>
+      </c>
+      <c r="X400" t="s">
+        <v>2383</v>
+      </c>
+      <c r="Y400" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z400" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA400" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB400" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC400" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="401" spans="1:29">
+      <c r="A401" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B401" t="s">
+        <v>30</v>
+      </c>
+      <c r="C401" t="s">
+        <v>2378</v>
+      </c>
+      <c r="D401" t="s">
+        <v>2384</v>
+      </c>
+      <c r="E401" t="s">
+        <v>2385</v>
+      </c>
+      <c r="F401" t="s">
+        <v>34</v>
+      </c>
+      <c r="G401" t="s">
+        <v>35</v>
+      </c>
+      <c r="H401" t="s">
+        <v>35</v>
+      </c>
+      <c r="I401" t="s">
+        <v>35</v>
+      </c>
+      <c r="J401" t="s">
+        <v>2386</v>
+      </c>
+      <c r="K401" t="s">
+        <v>1276</v>
+      </c>
+      <c r="L401" t="s">
+        <v>37</v>
+      </c>
+      <c r="M401" t="s">
+        <v>38</v>
+      </c>
+      <c r="N401" t="s">
+        <v>38</v>
+      </c>
+      <c r="O401" t="s">
+        <v>35</v>
+      </c>
+      <c r="P401" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q401" t="s">
+        <v>2387</v>
+      </c>
+      <c r="R401" t="s">
+        <v>35</v>
+      </c>
+      <c r="S401" t="s">
+        <v>35</v>
+      </c>
+      <c r="T401" t="s">
+        <v>2112</v>
+      </c>
+      <c r="U401" t="s">
+        <v>2388</v>
+      </c>
+      <c r="V401" t="s">
+        <v>35</v>
+      </c>
+      <c r="W401" t="s">
+        <v>35</v>
+      </c>
+      <c r="X401" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y401" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z401" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA401" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB401" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC401" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="402" spans="1:29">
+      <c r="A402" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B402" t="s">
+        <v>60</v>
+      </c>
+      <c r="C402" t="s">
+        <v>2389</v>
+      </c>
+      <c r="D402" t="s">
+        <v>2390</v>
+      </c>
+      <c r="E402" t="s">
+        <v>351</v>
+      </c>
+      <c r="F402" t="s">
+        <v>35</v>
+      </c>
+      <c r="G402" t="s">
+        <v>86</v>
+      </c>
+      <c r="H402" t="s">
+        <v>35</v>
+      </c>
+      <c r="I402" t="s">
+        <v>35</v>
+      </c>
+      <c r="J402" t="s">
+        <v>2391</v>
+      </c>
+      <c r="K402" t="s">
+        <v>35</v>
+      </c>
+      <c r="L402" t="s">
+        <v>553</v>
+      </c>
+      <c r="M402" t="s">
+        <v>33</v>
+      </c>
+      <c r="N402" t="s">
+        <v>38</v>
+      </c>
+      <c r="O402" t="s">
+        <v>35</v>
+      </c>
+      <c r="P402" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q402" t="s">
+        <v>2392</v>
+      </c>
+      <c r="R402" t="s">
+        <v>2393</v>
+      </c>
+      <c r="S402" t="s">
+        <v>35</v>
+      </c>
+      <c r="T402" t="s">
+        <v>2394</v>
+      </c>
+      <c r="U402" t="s">
+        <v>35</v>
+      </c>
+      <c r="V402" t="s">
+        <v>35</v>
+      </c>
+      <c r="W402" t="s">
+        <v>35</v>
+      </c>
+      <c r="X402" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y402" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z402" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA402" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB402" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC402" t="s">
+        <v>2395</v>
+      </c>
+    </row>
+    <row r="403" spans="1:29">
+      <c r="A403" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B403" t="s">
+        <v>60</v>
+      </c>
+      <c r="C403" t="s">
+        <v>2396</v>
+      </c>
+      <c r="D403" t="s">
+        <v>2397</v>
+      </c>
+      <c r="E403" t="s">
+        <v>75</v>
+      </c>
+      <c r="F403" t="s">
+        <v>35</v>
+      </c>
+      <c r="G403" t="s">
+        <v>76</v>
+      </c>
+      <c r="H403" t="s">
+        <v>35</v>
+      </c>
+      <c r="I403" t="s">
+        <v>35</v>
+      </c>
+      <c r="J403" t="s">
+        <v>2398</v>
+      </c>
+      <c r="K403" t="s">
+        <v>35</v>
+      </c>
+      <c r="L403" t="s">
+        <v>225</v>
+      </c>
+      <c r="M403" t="s">
+        <v>75</v>
+      </c>
+      <c r="N403" t="s">
+        <v>38</v>
+      </c>
+      <c r="O403" t="s">
+        <v>35</v>
+      </c>
+      <c r="P403" t="s">
+        <v>2050</v>
+      </c>
+      <c r="Q403" t="s">
+        <v>2399</v>
+      </c>
+      <c r="S403" t="s">
+        <v>35</v>
+      </c>
+      <c r="T403" t="s">
+        <v>2400</v>
+      </c>
+      <c r="U403" t="s">
+        <v>2401</v>
+      </c>
+      <c r="V403" t="s">
+        <v>35</v>
+      </c>
+      <c r="W403" t="s">
+        <v>35</v>
+      </c>
+      <c r="X403" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y403" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z403" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA403" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB403" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC403" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="404" spans="1:29">
+      <c r="A404" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B404" t="s">
+        <v>132</v>
+      </c>
+      <c r="C404" t="s">
+        <v>2396</v>
+      </c>
+      <c r="D404" t="s">
+        <v>2402</v>
+      </c>
+      <c r="E404" t="s">
+        <v>2403</v>
+      </c>
+      <c r="F404" t="s">
+        <v>35</v>
+      </c>
+      <c r="G404" t="s">
+        <v>35</v>
+      </c>
+      <c r="H404" t="s">
+        <v>238</v>
+      </c>
+      <c r="I404" t="s">
+        <v>35</v>
+      </c>
+      <c r="J404" t="s">
+        <v>2404</v>
+      </c>
+      <c r="K404" t="s">
+        <v>35</v>
+      </c>
+      <c r="L404" t="s">
+        <v>78</v>
+      </c>
+      <c r="M404" t="s">
+        <v>75</v>
+      </c>
+      <c r="N404" t="s">
+        <v>38</v>
+      </c>
+      <c r="O404" t="s">
+        <v>35</v>
+      </c>
+      <c r="P404" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q404" t="s">
+        <v>2405</v>
+      </c>
+      <c r="R404" t="s">
+        <v>2406</v>
+      </c>
+      <c r="S404" t="s">
+        <v>35</v>
+      </c>
+      <c r="T404" t="s">
+        <v>68</v>
+      </c>
+      <c r="U404" t="s">
+        <v>35</v>
+      </c>
+      <c r="V404" t="s">
+        <v>2407</v>
+      </c>
+      <c r="W404" t="s">
+        <v>35</v>
+      </c>
+      <c r="X404" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y404" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z404" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA404" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB404" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC404" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="405" spans="1:29">
+      <c r="A405" t="s">
+        <v>556</v>
+      </c>
+      <c r="B405" t="s">
+        <v>132</v>
+      </c>
+      <c r="C405" t="s">
+        <v>2396</v>
+      </c>
+      <c r="D405" t="s">
+        <v>2408</v>
+      </c>
+      <c r="E405" t="s">
+        <v>351</v>
+      </c>
+      <c r="F405" t="s">
+        <v>35</v>
+      </c>
+      <c r="G405" t="s">
+        <v>35</v>
+      </c>
+      <c r="H405" t="s">
+        <v>34</v>
+      </c>
+      <c r="I405" t="s">
+        <v>35</v>
+      </c>
+      <c r="J405" t="s">
+        <v>2409</v>
+      </c>
+      <c r="K405" t="s">
+        <v>35</v>
+      </c>
+      <c r="L405" t="s">
+        <v>421</v>
+      </c>
+      <c r="M405" t="s">
+        <v>351</v>
+      </c>
+      <c r="N405" t="s">
+        <v>38</v>
+      </c>
+      <c r="O405" t="s">
+        <v>35</v>
+      </c>
+      <c r="P405" t="s">
+        <v>359</v>
+      </c>
+      <c r="Q405" t="s">
+        <v>2410</v>
+      </c>
+      <c r="R405" t="s">
+        <v>35</v>
+      </c>
+      <c r="S405" t="s">
+        <v>35</v>
+      </c>
+      <c r="T405" t="s">
+        <v>2411</v>
+      </c>
+      <c r="U405" t="s">
+        <v>2412</v>
+      </c>
+      <c r="V405" t="s">
+        <v>35</v>
+      </c>
+      <c r="W405" t="s">
+        <v>35</v>
+      </c>
+      <c r="X405" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y405" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z405" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA405" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB405" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC405" t="s">
+        <v>2413</v>
+      </c>
+    </row>
+    <row r="406" spans="1:29">
+      <c r="A406" t="s">
+        <v>556</v>
+      </c>
+      <c r="B406" t="s">
+        <v>201</v>
+      </c>
+      <c r="C406" t="s">
+        <v>2414</v>
+      </c>
+      <c r="D406" t="s">
+        <v>2415</v>
+      </c>
+      <c r="E406" t="s">
+        <v>259</v>
+      </c>
+      <c r="F406" t="s">
+        <v>35</v>
+      </c>
+      <c r="G406" t="s">
+        <v>35</v>
+      </c>
+      <c r="H406" t="s">
+        <v>35</v>
+      </c>
+      <c r="I406" t="s">
+        <v>35</v>
+      </c>
+      <c r="J406" t="s">
+        <v>2416</v>
+      </c>
+      <c r="K406" t="s">
+        <v>35</v>
+      </c>
+      <c r="L406" t="s">
+        <v>560</v>
+      </c>
+      <c r="M406" t="s">
+        <v>1025</v>
+      </c>
+      <c r="N406" t="s">
+        <v>38</v>
+      </c>
+      <c r="O406" t="s">
+        <v>35</v>
+      </c>
+      <c r="P406" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q406" t="s">
+        <v>2417</v>
+      </c>
+      <c r="S406" t="s">
+        <v>35</v>
+      </c>
+      <c r="T406" t="s">
+        <v>2418</v>
+      </c>
+      <c r="U406" t="s">
+        <v>2419</v>
+      </c>
+      <c r="V406" t="s">
+        <v>2420</v>
+      </c>
+      <c r="W406" t="s">
+        <v>35</v>
+      </c>
+      <c r="X406" t="s">
+        <v>2421</v>
+      </c>
+      <c r="Y406" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z406" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA406" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB406" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC406" t="s">
+        <v>2422</v>
+      </c>
+    </row>
+    <row r="407" spans="1:29">
+      <c r="A407" t="s">
+        <v>556</v>
+      </c>
+      <c r="B407" t="s">
+        <v>30</v>
+      </c>
+      <c r="C407" t="s">
+        <v>2414</v>
+      </c>
+      <c r="D407" t="s">
+        <v>2415</v>
+      </c>
+      <c r="E407" t="s">
+        <v>259</v>
+      </c>
+      <c r="F407" t="s">
+        <v>764</v>
+      </c>
+      <c r="G407" t="s">
+        <v>35</v>
+      </c>
+      <c r="H407" t="s">
+        <v>35</v>
+      </c>
+      <c r="I407" t="s">
+        <v>35</v>
+      </c>
+      <c r="J407" t="s">
+        <v>2423</v>
+      </c>
+      <c r="K407" t="s">
+        <v>35</v>
+      </c>
+      <c r="L407" t="s">
+        <v>1174</v>
+      </c>
+      <c r="M407" t="s">
+        <v>259</v>
+      </c>
+      <c r="N407" t="s">
+        <v>38</v>
+      </c>
+      <c r="O407" t="s">
+        <v>35</v>
+      </c>
+      <c r="P407" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q407" t="s">
+        <v>2424</v>
+      </c>
+      <c r="R407" t="s">
+        <v>35</v>
+      </c>
+      <c r="S407" t="s">
+        <v>35</v>
+      </c>
+      <c r="T407" t="s">
+        <v>1535</v>
+      </c>
+      <c r="U407" t="s">
+        <v>35</v>
+      </c>
+      <c r="V407" t="s">
+        <v>35</v>
+      </c>
+      <c r="W407" t="s">
+        <v>35</v>
+      </c>
+      <c r="X407" t="s">
+        <v>2425</v>
+      </c>
+      <c r="Y407" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z407" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA407" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB407" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC407" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="408" spans="1:29">
+      <c r="A408" t="s">
+        <v>117</v>
+      </c>
+      <c r="B408" t="s">
+        <v>60</v>
+      </c>
+      <c r="C408" t="s">
+        <v>2426</v>
+      </c>
+      <c r="D408" t="s">
+        <v>2427</v>
+      </c>
+      <c r="E408" t="s">
+        <v>705</v>
+      </c>
+      <c r="F408" t="s">
+        <v>35</v>
+      </c>
+      <c r="G408" t="s">
+        <v>86</v>
+      </c>
+      <c r="H408" t="s">
+        <v>35</v>
+      </c>
+      <c r="I408" t="s">
+        <v>35</v>
+      </c>
+      <c r="J408" t="s">
+        <v>2428</v>
+      </c>
+      <c r="K408" t="s">
+        <v>35</v>
+      </c>
+      <c r="L408" t="s">
+        <v>553</v>
+      </c>
+      <c r="M408" t="s">
+        <v>38</v>
+      </c>
+      <c r="N408" t="s">
+        <v>38</v>
+      </c>
+      <c r="O408" t="s">
+        <v>35</v>
+      </c>
+      <c r="P408" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q408" t="s">
+        <v>2429</v>
+      </c>
+      <c r="R408" t="s">
+        <v>35</v>
+      </c>
+      <c r="S408" t="s">
+        <v>35</v>
+      </c>
+      <c r="T408" t="s">
+        <v>1141</v>
+      </c>
+      <c r="U408" t="s">
+        <v>35</v>
+      </c>
+      <c r="V408" t="s">
+        <v>35</v>
+      </c>
+      <c r="W408" t="s">
+        <v>35</v>
+      </c>
+      <c r="X408" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y408" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z408" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA408" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB408" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC408" t="s">
+        <v>2430</v>
+      </c>
+    </row>
+    <row r="409" spans="1:29">
+      <c r="A409" t="s">
+        <v>234</v>
+      </c>
+      <c r="B409" t="s">
+        <v>143</v>
+      </c>
+      <c r="C409" t="s">
+        <v>2431</v>
+      </c>
+      <c r="D409" t="s">
+        <v>2432</v>
+      </c>
+      <c r="E409" t="s">
+        <v>75</v>
+      </c>
+      <c r="F409" t="s">
+        <v>35</v>
+      </c>
+      <c r="G409" t="s">
+        <v>35</v>
+      </c>
+      <c r="H409" t="s">
+        <v>35</v>
+      </c>
+      <c r="I409" t="s">
+        <v>212</v>
+      </c>
+      <c r="J409" t="s">
+        <v>2433</v>
+      </c>
+      <c r="K409" t="s">
+        <v>35</v>
+      </c>
+      <c r="L409" t="s">
+        <v>164</v>
+      </c>
+      <c r="M409" t="s">
+        <v>38</v>
+      </c>
+      <c r="N409" t="s">
+        <v>38</v>
+      </c>
+      <c r="O409" t="s">
+        <v>35</v>
+      </c>
+      <c r="P409" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q409" t="s">
+        <v>35</v>
+      </c>
+      <c r="R409" t="s">
+        <v>35</v>
+      </c>
+      <c r="S409" t="s">
+        <v>35</v>
+      </c>
+      <c r="T409" t="s">
+        <v>35</v>
+      </c>
+      <c r="U409" t="s">
+        <v>35</v>
+      </c>
+      <c r="V409" t="s">
+        <v>35</v>
+      </c>
+      <c r="W409" t="s">
+        <v>35</v>
+      </c>
+      <c r="X409" t="s">
+        <v>2434</v>
+      </c>
+      <c r="Y409" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z409" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA409" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB409" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC409" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="410" spans="1:29">
+      <c r="A410" t="s">
+        <v>556</v>
+      </c>
+      <c r="B410" t="s">
+        <v>143</v>
+      </c>
+      <c r="C410" t="s">
+        <v>2435</v>
+      </c>
+      <c r="D410" t="s">
+        <v>2436</v>
+      </c>
+      <c r="E410" t="s">
+        <v>109</v>
+      </c>
+      <c r="F410" t="s">
+        <v>35</v>
+      </c>
+      <c r="G410" t="s">
+        <v>35</v>
+      </c>
+      <c r="H410" t="s">
+        <v>35</v>
+      </c>
+      <c r="I410" t="s">
+        <v>520</v>
+      </c>
+      <c r="J410" t="s">
+        <v>2437</v>
+      </c>
+      <c r="K410" t="s">
+        <v>35</v>
+      </c>
+      <c r="L410" t="s">
+        <v>78</v>
+      </c>
+      <c r="M410" t="s">
+        <v>696</v>
+      </c>
+      <c r="N410" t="s">
+        <v>38</v>
+      </c>
+      <c r="O410" t="s">
+        <v>35</v>
+      </c>
+      <c r="P410" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q410" t="s">
+        <v>35</v>
+      </c>
+      <c r="R410" t="s">
+        <v>35</v>
+      </c>
+      <c r="S410" t="s">
+        <v>35</v>
+      </c>
+      <c r="T410" t="s">
+        <v>35</v>
+      </c>
+      <c r="U410" t="s">
+        <v>35</v>
+      </c>
+      <c r="V410" t="s">
+        <v>35</v>
+      </c>
+      <c r="W410" t="s">
+        <v>35</v>
+      </c>
+      <c r="X410" t="s">
+        <v>2438</v>
+      </c>
+      <c r="Y410" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z410" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA410" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB410" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC410" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="411" spans="1:29">
+      <c r="A411" t="s">
+        <v>556</v>
+      </c>
+      <c r="B411" t="s">
+        <v>30</v>
+      </c>
+      <c r="C411" t="s">
+        <v>2435</v>
+      </c>
+      <c r="D411" t="s">
+        <v>2436</v>
+      </c>
+      <c r="E411" t="s">
+        <v>216</v>
+      </c>
+      <c r="F411" t="s">
+        <v>50</v>
+      </c>
+      <c r="G411" t="s">
+        <v>35</v>
+      </c>
+      <c r="H411" t="s">
+        <v>35</v>
+      </c>
+      <c r="I411" t="s">
+        <v>35</v>
+      </c>
+      <c r="J411" t="s">
+        <v>2439</v>
+      </c>
+      <c r="K411" t="s">
+        <v>35</v>
+      </c>
+      <c r="L411" t="s">
+        <v>611</v>
+      </c>
+      <c r="M411" t="s">
+        <v>38</v>
+      </c>
+      <c r="N411" t="s">
+        <v>38</v>
+      </c>
+      <c r="O411" t="s">
+        <v>35</v>
+      </c>
+      <c r="P411" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q411" t="s">
+        <v>2440</v>
+      </c>
+      <c r="R411" t="s">
+        <v>2441</v>
+      </c>
+      <c r="S411" t="s">
+        <v>2442</v>
+      </c>
+      <c r="T411" t="s">
+        <v>991</v>
+      </c>
+      <c r="U411" t="s">
+        <v>2443</v>
+      </c>
+      <c r="V411" t="s">
+        <v>35</v>
+      </c>
+      <c r="W411" t="s">
+        <v>35</v>
+      </c>
+      <c r="X411" t="s">
+        <v>2444</v>
+      </c>
+      <c r="Y411" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z411" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA411" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB411" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC411" t="s">
+        <v>2445</v>
+      </c>
+    </row>
+    <row r="412" spans="1:29">
+      <c r="A412" t="s">
+        <v>29</v>
+      </c>
+      <c r="B412" t="s">
+        <v>30</v>
+      </c>
+      <c r="C412" t="s">
+        <v>2446</v>
+      </c>
+      <c r="D412" t="s">
+        <v>2447</v>
+      </c>
+      <c r="E412" t="s">
+        <v>206</v>
+      </c>
+      <c r="F412" t="s">
+        <v>34</v>
+      </c>
+      <c r="G412" t="s">
+        <v>35</v>
+      </c>
+      <c r="H412" t="s">
+        <v>35</v>
+      </c>
+      <c r="I412" t="s">
+        <v>35</v>
+      </c>
+      <c r="J412" t="s">
+        <v>2448</v>
+      </c>
+      <c r="K412" t="s">
+        <v>843</v>
+      </c>
+      <c r="L412" t="s">
+        <v>2449</v>
+      </c>
+      <c r="M412" t="s">
+        <v>38</v>
+      </c>
+      <c r="N412" t="s">
+        <v>109</v>
+      </c>
+      <c r="O412" t="s">
+        <v>35</v>
+      </c>
+      <c r="P412" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q412" t="s">
+        <v>2450</v>
+      </c>
+      <c r="R412" t="s">
+        <v>35</v>
+      </c>
+      <c r="S412" t="s">
+        <v>2451</v>
+      </c>
+      <c r="T412" t="s">
+        <v>2452</v>
+      </c>
+      <c r="U412" t="s">
+        <v>2453</v>
+      </c>
+      <c r="W412" t="s">
+        <v>35</v>
+      </c>
+      <c r="X412" t="s">
+        <v>2454</v>
+      </c>
+      <c r="Y412" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z412" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA412" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB412" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="413" spans="1:29">
+      <c r="A413" t="s">
+        <v>117</v>
+      </c>
+      <c r="B413" t="s">
+        <v>60</v>
+      </c>
+      <c r="C413" t="s">
+        <v>2455</v>
+      </c>
+      <c r="D413" t="s">
+        <v>2456</v>
+      </c>
+      <c r="E413" t="s">
+        <v>189</v>
+      </c>
+      <c r="F413" t="s">
+        <v>35</v>
+      </c>
+      <c r="G413" t="s">
+        <v>86</v>
+      </c>
+      <c r="H413" t="s">
+        <v>35</v>
+      </c>
+      <c r="I413" t="s">
+        <v>35</v>
+      </c>
+      <c r="J413" t="s">
+        <v>2457</v>
+      </c>
+      <c r="K413" t="s">
+        <v>35</v>
+      </c>
+      <c r="L413" t="s">
+        <v>191</v>
+      </c>
+      <c r="M413" t="s">
+        <v>38</v>
+      </c>
+      <c r="N413" t="s">
+        <v>38</v>
+      </c>
+      <c r="O413" t="s">
+        <v>35</v>
+      </c>
+      <c r="P413" t="s">
+        <v>1120</v>
+      </c>
+      <c r="Q413" t="s">
+        <v>2458</v>
+      </c>
+      <c r="R413" t="s">
+        <v>35</v>
+      </c>
+      <c r="S413" t="s">
+        <v>35</v>
+      </c>
+      <c r="T413" t="s">
+        <v>35</v>
+      </c>
+      <c r="U413" t="s">
+        <v>35</v>
+      </c>
+      <c r="V413" t="s">
+        <v>35</v>
+      </c>
+      <c r="W413" t="s">
+        <v>35</v>
+      </c>
+      <c r="X413" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y413" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z413" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA413" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB413" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC413" t="s">
+        <v>2459</v>
+      </c>
+    </row>
+    <row r="414" spans="1:29">
+      <c r="A414" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B414" t="s">
+        <v>30</v>
+      </c>
+      <c r="C414" t="s">
+        <v>2455</v>
+      </c>
+      <c r="D414" t="s">
+        <v>2460</v>
+      </c>
+      <c r="E414" t="s">
+        <v>75</v>
+      </c>
+      <c r="F414" t="s">
+        <v>50</v>
+      </c>
+      <c r="G414" t="s">
+        <v>35</v>
+      </c>
+      <c r="H414" t="s">
+        <v>35</v>
+      </c>
+      <c r="I414" t="s">
+        <v>35</v>
+      </c>
+      <c r="J414" t="s">
+        <v>2461</v>
+      </c>
+      <c r="K414" t="s">
+        <v>35</v>
+      </c>
+      <c r="L414" t="s">
+        <v>509</v>
+      </c>
+      <c r="M414" t="s">
+        <v>94</v>
+      </c>
+      <c r="N414" t="s">
+        <v>38</v>
+      </c>
+      <c r="O414" t="s">
+        <v>35</v>
+      </c>
+      <c r="P414" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q414" t="s">
+        <v>2462</v>
+      </c>
+      <c r="R414" t="s">
+        <v>423</v>
+      </c>
+      <c r="S414" t="s">
+        <v>2463</v>
+      </c>
+      <c r="T414" t="s">
+        <v>35</v>
+      </c>
+      <c r="U414" t="s">
+        <v>2464</v>
+      </c>
+      <c r="V414" t="s">
+        <v>2465</v>
+      </c>
+      <c r="W414" t="s">
+        <v>35</v>
+      </c>
+      <c r="X414" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y414" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z414" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA414" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB414" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC414" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="415" spans="1:29">
+      <c r="A415" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B415" t="s">
+        <v>30</v>
+      </c>
+      <c r="C415" t="s">
+        <v>2466</v>
+      </c>
+      <c r="D415" t="s">
+        <v>2467</v>
+      </c>
+      <c r="E415" t="s">
+        <v>2468</v>
+      </c>
+      <c r="F415" t="s">
+        <v>764</v>
+      </c>
+      <c r="G415" t="s">
+        <v>35</v>
+      </c>
+      <c r="H415" t="s">
+        <v>35</v>
+      </c>
+      <c r="I415" t="s">
+        <v>35</v>
+      </c>
+      <c r="J415" t="s">
+        <v>2469</v>
+      </c>
+      <c r="K415" t="s">
+        <v>35</v>
+      </c>
+      <c r="L415" t="s">
+        <v>611</v>
+      </c>
+      <c r="M415" t="s">
+        <v>148</v>
+      </c>
+      <c r="N415" t="s">
+        <v>38</v>
+      </c>
+      <c r="O415" t="s">
+        <v>35</v>
+      </c>
+      <c r="P415" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q415" t="s">
+        <v>2470</v>
+      </c>
+      <c r="R415" t="s">
+        <v>2471</v>
+      </c>
+      <c r="S415" t="s">
+        <v>2472</v>
+      </c>
+      <c r="T415" t="s">
+        <v>35</v>
+      </c>
+      <c r="U415" t="s">
+        <v>35</v>
+      </c>
+      <c r="V415" t="s">
+        <v>2473</v>
+      </c>
+      <c r="W415" t="s">
+        <v>35</v>
+      </c>
+      <c r="X415" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y415" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z415" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA415" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB415" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC415" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="416" spans="1:29">
+      <c r="A416" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B416" t="s">
+        <v>60</v>
+      </c>
+      <c r="C416" t="s">
+        <v>2474</v>
+      </c>
+      <c r="D416" t="s">
+        <v>2475</v>
+      </c>
+      <c r="E416" t="s">
+        <v>2476</v>
+      </c>
+      <c r="F416" t="s">
+        <v>35</v>
+      </c>
+      <c r="G416" t="s">
+        <v>76</v>
+      </c>
+      <c r="H416" t="s">
+        <v>35</v>
+      </c>
+      <c r="I416" t="s">
+        <v>35</v>
+      </c>
+      <c r="J416" t="s">
+        <v>2477</v>
+      </c>
+      <c r="K416" t="s">
+        <v>35</v>
+      </c>
+      <c r="L416" t="s">
+        <v>88</v>
+      </c>
+      <c r="M416" t="s">
+        <v>49</v>
+      </c>
+      <c r="N416" t="s">
+        <v>38</v>
+      </c>
+      <c r="O416" t="s">
+        <v>35</v>
+      </c>
+      <c r="P416" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q416" t="s">
+        <v>35</v>
+      </c>
+      <c r="R416" t="s">
+        <v>35</v>
+      </c>
+      <c r="S416" t="s">
+        <v>35</v>
+      </c>
+      <c r="T416" t="s">
+        <v>2478</v>
+      </c>
+      <c r="U416" t="s">
+        <v>35</v>
+      </c>
+      <c r="V416" t="s">
+        <v>35</v>
+      </c>
+      <c r="W416" t="s">
+        <v>35</v>
+      </c>
+      <c r="X416" t="s">
+        <v>2479</v>
+      </c>
+      <c r="Y416" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z416" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA416" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB416" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC416" t="s">
+        <v>2480</v>
+      </c>
+    </row>
+    <row r="417" spans="1:29">
+      <c r="A417" t="s">
+        <v>427</v>
+      </c>
+      <c r="B417" t="s">
+        <v>30</v>
+      </c>
+      <c r="C417" t="s">
+        <v>2474</v>
+      </c>
+      <c r="D417" t="s">
+        <v>2481</v>
+      </c>
+      <c r="E417" t="s">
+        <v>98</v>
+      </c>
+      <c r="F417" t="s">
+        <v>95</v>
+      </c>
+      <c r="G417" t="s">
+        <v>35</v>
+      </c>
+      <c r="H417" t="s">
+        <v>35</v>
+      </c>
+      <c r="I417" t="s">
+        <v>35</v>
+      </c>
+      <c r="J417" t="s">
+        <v>2482</v>
+      </c>
+      <c r="K417" t="s">
+        <v>843</v>
+      </c>
+      <c r="L417" t="s">
+        <v>97</v>
+      </c>
+      <c r="M417" t="s">
+        <v>98</v>
+      </c>
+      <c r="N417" t="s">
+        <v>38</v>
+      </c>
+      <c r="O417" t="s">
+        <v>35</v>
+      </c>
+      <c r="P417" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q417" t="s">
+        <v>2483</v>
+      </c>
+      <c r="R417" t="s">
+        <v>2484</v>
+      </c>
+      <c r="S417" t="s">
+        <v>2485</v>
+      </c>
+      <c r="T417" t="s">
+        <v>2486</v>
+      </c>
+      <c r="U417" t="s">
+        <v>2487</v>
+      </c>
+      <c r="V417" t="s">
+        <v>2488</v>
+      </c>
+      <c r="W417" t="s">
+        <v>35</v>
+      </c>
+      <c r="X417" t="s">
+        <v>2489</v>
+      </c>
+      <c r="Y417" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z417" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA417" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB417" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC417" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="418" spans="1:29">
+      <c r="A418" t="s">
+        <v>117</v>
+      </c>
+      <c r="B418" t="s">
+        <v>60</v>
+      </c>
+      <c r="C418" t="s">
+        <v>2490</v>
+      </c>
+      <c r="D418" t="s">
+        <v>2491</v>
+      </c>
+      <c r="E418" t="s">
+        <v>351</v>
+      </c>
+      <c r="F418" t="s">
+        <v>35</v>
+      </c>
+      <c r="G418" t="s">
+        <v>86</v>
+      </c>
+      <c r="H418" t="s">
+        <v>35</v>
+      </c>
+      <c r="I418" t="s">
+        <v>35</v>
+      </c>
+      <c r="J418" t="s">
+        <v>2492</v>
+      </c>
+      <c r="K418" t="s">
+        <v>35</v>
+      </c>
+      <c r="L418" t="s">
+        <v>421</v>
+      </c>
+      <c r="M418" t="s">
+        <v>351</v>
+      </c>
+      <c r="N418" t="s">
+        <v>38</v>
+      </c>
+      <c r="O418" t="s">
+        <v>35</v>
+      </c>
+      <c r="P418" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q418" t="s">
+        <v>35</v>
+      </c>
+      <c r="R418" t="s">
+        <v>35</v>
+      </c>
+      <c r="S418" t="s">
+        <v>35</v>
+      </c>
+      <c r="T418" t="s">
+        <v>2493</v>
+      </c>
+      <c r="U418" t="s">
+        <v>35</v>
+      </c>
+      <c r="V418" t="s">
+        <v>35</v>
+      </c>
+      <c r="W418" t="s">
+        <v>35</v>
+      </c>
+      <c r="X418" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y418" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z418" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA418" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB418" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC418" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="419" spans="1:29">
+      <c r="A419" t="s">
+        <v>117</v>
+      </c>
+      <c r="B419" t="s">
+        <v>132</v>
+      </c>
+      <c r="C419" t="s">
+        <v>2490</v>
+      </c>
+      <c r="D419" t="s">
+        <v>2494</v>
+      </c>
+      <c r="E419" t="s">
+        <v>635</v>
+      </c>
+      <c r="F419" t="s">
+        <v>35</v>
+      </c>
+      <c r="G419" t="s">
+        <v>35</v>
+      </c>
+      <c r="H419" t="s">
+        <v>34</v>
+      </c>
+      <c r="I419" t="s">
+        <v>35</v>
+      </c>
+      <c r="J419" t="s">
+        <v>2495</v>
+      </c>
+      <c r="K419" t="s">
+        <v>35</v>
+      </c>
+      <c r="L419" t="s">
+        <v>231</v>
+      </c>
+      <c r="M419" t="s">
+        <v>38</v>
+      </c>
+      <c r="N419" t="s">
+        <v>38</v>
+      </c>
+      <c r="O419" t="s">
+        <v>35</v>
+      </c>
+      <c r="P419" t="s">
+        <v>447</v>
+      </c>
+      <c r="Q419" t="s">
+        <v>2496</v>
+      </c>
+      <c r="R419" t="s">
+        <v>35</v>
+      </c>
+      <c r="S419" t="s">
+        <v>35</v>
+      </c>
+      <c r="T419" t="s">
+        <v>35</v>
+      </c>
+      <c r="U419" t="s">
+        <v>35</v>
+      </c>
+      <c r="V419" t="s">
+        <v>35</v>
+      </c>
+      <c r="W419" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y419" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z419" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA419" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB419" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC419" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="420" spans="1:29">
+      <c r="A420" t="s">
+        <v>556</v>
+      </c>
+      <c r="B420" t="s">
+        <v>201</v>
+      </c>
+      <c r="C420" t="s">
+        <v>2497</v>
+      </c>
+      <c r="D420" t="s">
+        <v>2498</v>
+      </c>
+      <c r="E420" t="s">
+        <v>259</v>
+      </c>
+      <c r="F420" t="s">
+        <v>35</v>
+      </c>
+      <c r="G420" t="s">
+        <v>35</v>
+      </c>
+      <c r="H420" t="s">
+        <v>35</v>
+      </c>
+      <c r="I420" t="s">
+        <v>35</v>
+      </c>
+      <c r="J420" t="s">
+        <v>2499</v>
+      </c>
+      <c r="K420" t="s">
+        <v>35</v>
+      </c>
+      <c r="L420" t="s">
+        <v>560</v>
+      </c>
+      <c r="M420" t="s">
+        <v>259</v>
+      </c>
+      <c r="N420" t="s">
+        <v>38</v>
+      </c>
+      <c r="O420" t="s">
+        <v>35</v>
+      </c>
+      <c r="P420" t="s">
+        <v>2500</v>
+      </c>
+      <c r="Q420" t="s">
+        <v>2501</v>
+      </c>
+      <c r="R420" t="s">
+        <v>35</v>
+      </c>
+      <c r="S420" t="s">
+        <v>35</v>
+      </c>
+      <c r="T420" t="s">
+        <v>35</v>
+      </c>
+      <c r="U420" t="s">
+        <v>2502</v>
+      </c>
+      <c r="V420" t="s">
+        <v>2503</v>
+      </c>
+      <c r="W420" t="s">
+        <v>35</v>
+      </c>
+      <c r="X420" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y420" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z420" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA420" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB420" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC420" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="421" spans="1:29">
+      <c r="A421" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B421" t="s">
+        <v>30</v>
+      </c>
+      <c r="C421" t="s">
+        <v>2504</v>
+      </c>
+      <c r="D421" t="s">
+        <v>2505</v>
+      </c>
+      <c r="E421" t="s">
+        <v>38</v>
+      </c>
+      <c r="F421" t="s">
+        <v>34</v>
+      </c>
+      <c r="G421" t="s">
+        <v>35</v>
+      </c>
+      <c r="H421" t="s">
+        <v>35</v>
+      </c>
+      <c r="I421" t="s">
+        <v>35</v>
+      </c>
+      <c r="J421" t="s">
+        <v>2506</v>
+      </c>
+      <c r="K421" t="s">
+        <v>35</v>
+      </c>
+      <c r="L421" t="s">
+        <v>78</v>
+      </c>
+      <c r="M421" t="s">
+        <v>38</v>
+      </c>
+      <c r="N421" t="s">
+        <v>38</v>
+      </c>
+      <c r="O421" t="s">
+        <v>35</v>
+      </c>
+      <c r="P421" t="s">
+        <v>849</v>
+      </c>
+      <c r="Q421" t="s">
+        <v>2507</v>
+      </c>
+      <c r="R421" t="s">
+        <v>2508</v>
+      </c>
+      <c r="S421" t="s">
+        <v>2509</v>
+      </c>
+      <c r="T421" t="s">
+        <v>35</v>
+      </c>
+      <c r="U421" t="s">
+        <v>2510</v>
+      </c>
+      <c r="V421" t="s">
+        <v>35</v>
+      </c>
+      <c r="W421" t="s">
+        <v>35</v>
+      </c>
+      <c r="X421" t="s">
+        <v>2511</v>
+      </c>
+      <c r="Y421" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z421" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA421" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB421" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC421" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="422" spans="1:29">
+      <c r="A422" t="s">
+        <v>556</v>
+      </c>
+      <c r="B422" t="s">
+        <v>30</v>
+      </c>
+      <c r="C422" t="s">
+        <v>2512</v>
+      </c>
+      <c r="D422" t="s">
+        <v>2513</v>
+      </c>
+      <c r="E422" t="s">
+        <v>2514</v>
+      </c>
+      <c r="F422" t="s">
+        <v>764</v>
+      </c>
+      <c r="G422" t="s">
+        <v>35</v>
+      </c>
+      <c r="H422" t="s">
+        <v>35</v>
+      </c>
+      <c r="I422" t="s">
+        <v>35</v>
+      </c>
+      <c r="J422" t="s">
+        <v>2515</v>
+      </c>
+      <c r="K422" t="s">
+        <v>35</v>
+      </c>
+      <c r="L422" t="s">
+        <v>2516</v>
+      </c>
+      <c r="M422" t="s">
+        <v>38</v>
+      </c>
+      <c r="N422" t="s">
+        <v>38</v>
+      </c>
+      <c r="O422" t="s">
+        <v>35</v>
+      </c>
+      <c r="P422" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q422" t="s">
+        <v>2517</v>
+      </c>
+      <c r="R422" t="s">
+        <v>2518</v>
+      </c>
+      <c r="S422" t="s">
+        <v>2519</v>
+      </c>
+      <c r="T422" t="s">
+        <v>2520</v>
+      </c>
+      <c r="U422" t="s">
+        <v>2521</v>
+      </c>
+      <c r="V422" t="s">
+        <v>2522</v>
+      </c>
+      <c r="W422" t="s">
+        <v>35</v>
+      </c>
+      <c r="X422" t="s">
+        <v>2523</v>
+      </c>
+      <c r="Y422" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z422" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA422" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB422" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC422" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="423" spans="1:29">
+      <c r="A423" t="s">
+        <v>556</v>
+      </c>
+      <c r="B423" t="s">
+        <v>30</v>
+      </c>
+      <c r="C423" t="s">
+        <v>2524</v>
+      </c>
+      <c r="D423" t="s">
+        <v>2525</v>
+      </c>
+      <c r="E423" t="s">
+        <v>204</v>
+      </c>
+      <c r="F423" t="s">
+        <v>34</v>
+      </c>
+      <c r="G423" t="s">
+        <v>35</v>
+      </c>
+      <c r="H423" t="s">
+        <v>35</v>
+      </c>
+      <c r="I423" t="s">
+        <v>35</v>
+      </c>
+      <c r="J423" t="s">
+        <v>2526</v>
+      </c>
+      <c r="K423" t="s">
+        <v>35</v>
+      </c>
+      <c r="L423" t="s">
+        <v>2527</v>
+      </c>
+      <c r="M423" t="s">
+        <v>38</v>
+      </c>
+      <c r="N423" t="s">
+        <v>38</v>
+      </c>
+      <c r="O423" t="s">
+        <v>35</v>
+      </c>
+      <c r="P423" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q423" t="s">
+        <v>2528</v>
+      </c>
+      <c r="R423" t="s">
+        <v>35</v>
+      </c>
+      <c r="S423" t="s">
+        <v>2529</v>
+      </c>
+      <c r="T423" t="s">
+        <v>35</v>
+      </c>
+      <c r="U423" t="s">
+        <v>2530</v>
+      </c>
+      <c r="V423" t="s">
+        <v>2531</v>
+      </c>
+      <c r="W423" t="s">
+        <v>35</v>
+      </c>
+      <c r="X423" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y423" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z423" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA423" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB423" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC423" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="424" spans="1:29">
+      <c r="A424" t="s">
+        <v>556</v>
+      </c>
+      <c r="B424" t="s">
+        <v>60</v>
+      </c>
+      <c r="C424" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D424" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E424" t="s">
+        <v>216</v>
+      </c>
+      <c r="F424" t="s">
+        <v>35</v>
+      </c>
+      <c r="G424" t="s">
+        <v>76</v>
+      </c>
+      <c r="H424" t="s">
+        <v>35</v>
+      </c>
+      <c r="I424" t="s">
+        <v>35</v>
+      </c>
+      <c r="J424" t="s">
+        <v>2534</v>
+      </c>
+      <c r="K424" t="s">
+        <v>35</v>
+      </c>
+      <c r="L424" t="s">
+        <v>52</v>
+      </c>
+      <c r="M424" t="s">
+        <v>216</v>
+      </c>
+      <c r="N424" t="s">
+        <v>38</v>
+      </c>
+      <c r="O424" t="s">
+        <v>35</v>
+      </c>
+      <c r="P424" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q424" t="s">
+        <v>2535</v>
+      </c>
+      <c r="R424" t="s">
+        <v>35</v>
+      </c>
+      <c r="S424" t="s">
+        <v>35</v>
+      </c>
+      <c r="T424" t="s">
+        <v>2536</v>
+      </c>
+      <c r="U424" t="s">
+        <v>35</v>
+      </c>
+      <c r="V424" t="s">
+        <v>35</v>
+      </c>
+      <c r="W424" t="s">
+        <v>35</v>
+      </c>
+      <c r="X424" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y424" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z424" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA424" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB424" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC424" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="425" spans="1:29">
+      <c r="A425" t="s">
+        <v>556</v>
+      </c>
+      <c r="B425" t="s">
+        <v>60</v>
+      </c>
+      <c r="C425" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D425" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E425" t="s">
+        <v>216</v>
+      </c>
+      <c r="F425" t="s">
+        <v>35</v>
+      </c>
+      <c r="G425" t="s">
+        <v>76</v>
+      </c>
+      <c r="H425" t="s">
+        <v>35</v>
+      </c>
+      <c r="I425" t="s">
+        <v>35</v>
+      </c>
+      <c r="J425" t="s">
+        <v>2534</v>
+      </c>
+      <c r="K425" t="s">
+        <v>35</v>
+      </c>
+      <c r="L425" t="s">
+        <v>52</v>
+      </c>
+      <c r="M425" t="s">
+        <v>216</v>
+      </c>
+      <c r="N425" t="s">
+        <v>38</v>
+      </c>
+      <c r="O425" t="s">
+        <v>35</v>
+      </c>
+      <c r="P425" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q425" t="s">
+        <v>2535</v>
+      </c>
+      <c r="R425" t="s">
+        <v>35</v>
+      </c>
+      <c r="S425" t="s">
+        <v>35</v>
+      </c>
+      <c r="T425" t="s">
+        <v>2536</v>
+      </c>
+      <c r="U425" t="s">
+        <v>35</v>
+      </c>
+      <c r="V425" t="s">
+        <v>35</v>
+      </c>
+      <c r="W425" t="s">
+        <v>35</v>
+      </c>
+      <c r="X425" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y425" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z425" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA425" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB425" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC425" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="426" spans="1:29">
+      <c r="A426" t="s">
+        <v>556</v>
+      </c>
+      <c r="B426" t="s">
+        <v>60</v>
+      </c>
+      <c r="C426" t="s">
+        <v>2532</v>
+      </c>
+      <c r="D426" t="s">
+        <v>2533</v>
+      </c>
+      <c r="E426" t="s">
+        <v>216</v>
+      </c>
+      <c r="F426" t="s">
+        <v>35</v>
+      </c>
+      <c r="G426" t="s">
+        <v>76</v>
+      </c>
+      <c r="H426" t="s">
+        <v>35</v>
+      </c>
+      <c r="I426" t="s">
+        <v>35</v>
+      </c>
+      <c r="J426" t="s">
+        <v>2534</v>
+      </c>
+      <c r="K426" t="s">
+        <v>35</v>
+      </c>
+      <c r="L426" t="s">
+        <v>52</v>
+      </c>
+      <c r="M426" t="s">
+        <v>216</v>
+      </c>
+      <c r="N426" t="s">
+        <v>38</v>
+      </c>
+      <c r="O426" t="s">
+        <v>35</v>
+      </c>
+      <c r="P426" t="s">
+        <v>334</v>
+      </c>
+      <c r="Q426" t="s">
+        <v>2537</v>
+      </c>
+      <c r="R426" t="s">
+        <v>35</v>
+      </c>
+      <c r="S426" t="s">
+        <v>35</v>
+      </c>
+      <c r="T426" t="s">
+        <v>2536</v>
+      </c>
+      <c r="U426" t="s">
+        <v>35</v>
+      </c>
+      <c r="V426" t="s">
+        <v>35</v>
+      </c>
+      <c r="W426" t="s">
+        <v>35</v>
+      </c>
+      <c r="X426" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y426" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z426" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA426" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB426" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC426" t="s">
+        <v>1538</v>
+      </c>
+    </row>
+    <row r="427" spans="1:29">
+      <c r="A427" t="s">
+        <v>556</v>
+      </c>
+      <c r="B427" t="s">
+        <v>143</v>
+      </c>
+      <c r="C427" t="s">
+        <v>2538</v>
+      </c>
+      <c r="D427" t="s">
+        <v>2539</v>
+      </c>
+      <c r="E427" t="s">
+        <v>75</v>
+      </c>
+      <c r="F427" t="s">
+        <v>35</v>
+      </c>
+      <c r="G427" t="s">
+        <v>35</v>
+      </c>
+      <c r="H427" t="s">
+        <v>35</v>
+      </c>
+      <c r="I427" t="s">
+        <v>146</v>
+      </c>
+      <c r="J427" t="s">
+        <v>2540</v>
+      </c>
+      <c r="K427" t="s">
+        <v>35</v>
+      </c>
+      <c r="L427" t="s">
+        <v>75</v>
+      </c>
+      <c r="M427" t="s">
+        <v>75</v>
+      </c>
+      <c r="N427" t="s">
+        <v>38</v>
+      </c>
+      <c r="O427" t="s">
+        <v>35</v>
+      </c>
+      <c r="P427" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q427" t="s">
+        <v>2541</v>
+      </c>
+      <c r="R427" t="s">
+        <v>35</v>
+      </c>
+      <c r="S427" t="s">
+        <v>35</v>
+      </c>
+      <c r="T427" t="s">
+        <v>35</v>
+      </c>
+      <c r="U427" t="s">
+        <v>2542</v>
+      </c>
+      <c r="W427" t="s">
+        <v>2543</v>
+      </c>
+      <c r="X427" t="s">
+        <v>2544</v>
+      </c>
+      <c r="Y427" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z427" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA427" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB427" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC427" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="428" spans="1:29">
+      <c r="A428" t="s">
+        <v>556</v>
+      </c>
+      <c r="B428" t="s">
+        <v>30</v>
+      </c>
+      <c r="C428" t="s">
+        <v>2538</v>
+      </c>
+      <c r="D428" t="s">
+        <v>2539</v>
+      </c>
+      <c r="E428" t="s">
+        <v>62</v>
+      </c>
+      <c r="F428" t="s">
+        <v>764</v>
+      </c>
+      <c r="G428" t="s">
+        <v>35</v>
+      </c>
+      <c r="H428" t="s">
+        <v>35</v>
+      </c>
+      <c r="I428" t="s">
+        <v>35</v>
+      </c>
+      <c r="J428" t="s">
+        <v>2545</v>
+      </c>
+      <c r="K428" t="s">
+        <v>35</v>
+      </c>
+      <c r="L428" t="s">
+        <v>2546</v>
+      </c>
+      <c r="M428" t="s">
+        <v>1213</v>
+      </c>
+      <c r="N428" t="s">
+        <v>38</v>
+      </c>
+      <c r="O428" t="s">
+        <v>35</v>
+      </c>
+      <c r="P428" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q428" t="s">
+        <v>2547</v>
+      </c>
+      <c r="R428" t="s">
+        <v>2471</v>
+      </c>
+      <c r="S428" t="s">
+        <v>35</v>
+      </c>
+      <c r="T428" t="s">
+        <v>2548</v>
+      </c>
+      <c r="U428" t="s">
+        <v>2549</v>
+      </c>
+      <c r="V428" t="s">
+        <v>2550</v>
+      </c>
+      <c r="X428" t="s">
+        <v>2551</v>
+      </c>
+      <c r="Y428" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z428" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA428" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB428" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC428" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="429" spans="1:29">
+      <c r="A429" t="s">
+        <v>556</v>
+      </c>
+      <c r="B429" t="s">
+        <v>30</v>
+      </c>
+      <c r="C429" t="s">
+        <v>2552</v>
+      </c>
+      <c r="D429" t="s">
+        <v>2553</v>
+      </c>
+      <c r="E429" t="s">
+        <v>94</v>
+      </c>
+      <c r="F429" t="s">
+        <v>50</v>
+      </c>
+      <c r="G429" t="s">
+        <v>35</v>
+      </c>
+      <c r="H429" t="s">
+        <v>35</v>
+      </c>
+      <c r="I429" t="s">
+        <v>35</v>
+      </c>
+      <c r="J429" t="s">
+        <v>2554</v>
+      </c>
+      <c r="K429" t="s">
+        <v>35</v>
+      </c>
+      <c r="L429" t="s">
+        <v>1174</v>
+      </c>
+      <c r="M429" t="s">
+        <v>38</v>
+      </c>
+      <c r="N429" t="s">
+        <v>38</v>
+      </c>
+      <c r="O429" t="s">
+        <v>35</v>
+      </c>
+      <c r="P429" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q429" t="s">
+        <v>2555</v>
+      </c>
+      <c r="R429" t="s">
+        <v>2556</v>
+      </c>
+      <c r="S429" t="s">
+        <v>35</v>
+      </c>
+      <c r="T429" t="s">
+        <v>2557</v>
+      </c>
+      <c r="U429" t="s">
+        <v>35</v>
+      </c>
+      <c r="V429" t="s">
+        <v>2558</v>
+      </c>
+      <c r="W429" t="s">
+        <v>35</v>
+      </c>
+      <c r="X429" t="s">
+        <v>2559</v>
+      </c>
+      <c r="Y429" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z429" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA429" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB429" t="s">
+        <v>46</v>
+      </c>
+    </row>
+    <row r="430" spans="1:29">
+      <c r="A430" t="s">
+        <v>556</v>
+      </c>
+      <c r="B430" t="s">
+        <v>132</v>
+      </c>
+      <c r="C430" t="s">
+        <v>2560</v>
+      </c>
+      <c r="D430" t="s">
+        <v>2561</v>
+      </c>
+      <c r="E430" t="s">
+        <v>2562</v>
+      </c>
+      <c r="F430" t="s">
+        <v>35</v>
+      </c>
+      <c r="G430" t="s">
+        <v>35</v>
+      </c>
+      <c r="H430" t="s">
+        <v>34</v>
+      </c>
+      <c r="I430" t="s">
+        <v>35</v>
+      </c>
+      <c r="J430" t="s">
+        <v>2563</v>
+      </c>
+      <c r="K430" t="s">
+        <v>35</v>
+      </c>
+      <c r="L430" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M430" t="s">
+        <v>2564</v>
+      </c>
+      <c r="N430" t="s">
+        <v>38</v>
+      </c>
+      <c r="O430" t="s">
+        <v>35</v>
+      </c>
+      <c r="P430" t="s">
+        <v>307</v>
+      </c>
+      <c r="Q430" t="s">
+        <v>35</v>
+      </c>
+      <c r="R430" t="s">
+        <v>35</v>
+      </c>
+      <c r="S430" t="s">
+        <v>35</v>
+      </c>
+      <c r="T430" t="s">
+        <v>35</v>
+      </c>
+      <c r="U430" t="s">
+        <v>35</v>
+      </c>
+      <c r="V430" t="s">
+        <v>2565</v>
+      </c>
+      <c r="W430" t="s">
+        <v>35</v>
+      </c>
+      <c r="X430" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y430" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z430" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA430" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB430" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC430" t="s">
+        <v>2566</v>
+      </c>
+    </row>
+    <row r="431" spans="1:29">
+      <c r="A431" t="s">
+        <v>556</v>
+      </c>
+      <c r="B431" t="s">
+        <v>30</v>
+      </c>
+      <c r="C431" t="s">
+        <v>2567</v>
+      </c>
+      <c r="D431" t="s">
+        <v>2568</v>
+      </c>
+      <c r="E431" t="s">
+        <v>862</v>
+      </c>
+      <c r="F431" t="s">
+        <v>50</v>
+      </c>
+      <c r="G431" t="s">
+        <v>35</v>
+      </c>
+      <c r="H431" t="s">
+        <v>35</v>
+      </c>
+      <c r="I431" t="s">
+        <v>35</v>
+      </c>
+      <c r="J431" t="s">
+        <v>2569</v>
+      </c>
+      <c r="K431" t="s">
+        <v>35</v>
+      </c>
+      <c r="L431" t="s">
+        <v>88</v>
+      </c>
+      <c r="M431" t="s">
+        <v>38</v>
+      </c>
+      <c r="N431" t="s">
+        <v>38</v>
+      </c>
+      <c r="O431" t="s">
+        <v>35</v>
+      </c>
+      <c r="P431" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q431" t="s">
+        <v>2570</v>
+      </c>
+      <c r="R431" t="s">
+        <v>2571</v>
+      </c>
+      <c r="S431" t="s">
+        <v>2572</v>
+      </c>
+      <c r="T431" t="s">
+        <v>2573</v>
+      </c>
+      <c r="U431" t="s">
+        <v>2574</v>
+      </c>
+      <c r="V431" t="s">
+        <v>2575</v>
+      </c>
+      <c r="W431" t="s">
+        <v>35</v>
+      </c>
+      <c r="X431" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y431" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z431" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA431" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB431" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC431" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="432" spans="1:29">
+      <c r="A432" t="s">
+        <v>556</v>
+      </c>
+      <c r="B432" t="s">
+        <v>60</v>
+      </c>
+      <c r="C432" t="s">
+        <v>2576</v>
+      </c>
+      <c r="D432" t="s">
+        <v>2577</v>
+      </c>
+      <c r="E432" t="s">
+        <v>162</v>
+      </c>
+      <c r="F432" t="s">
+        <v>35</v>
+      </c>
+      <c r="G432" t="s">
+        <v>63</v>
+      </c>
+      <c r="H432" t="s">
+        <v>35</v>
+      </c>
+      <c r="I432" t="s">
+        <v>35</v>
+      </c>
+      <c r="J432" t="s">
+        <v>2578</v>
+      </c>
+      <c r="K432" t="s">
+        <v>35</v>
+      </c>
+      <c r="L432" t="s">
+        <v>611</v>
+      </c>
+      <c r="M432" t="s">
+        <v>262</v>
+      </c>
+      <c r="N432" t="s">
+        <v>38</v>
+      </c>
+      <c r="O432" t="s">
+        <v>35</v>
+      </c>
+      <c r="P432" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q432" t="s">
+        <v>2579</v>
+      </c>
+      <c r="R432" t="s">
+        <v>35</v>
+      </c>
+      <c r="S432" t="s">
+        <v>35</v>
+      </c>
+      <c r="T432" t="s">
+        <v>68</v>
+      </c>
+      <c r="U432" t="s">
+        <v>2580</v>
+      </c>
+      <c r="V432" t="s">
+        <v>542</v>
+      </c>
+      <c r="W432" t="s">
+        <v>35</v>
+      </c>
+      <c r="X432" t="s">
+        <v>2581</v>
+      </c>
+      <c r="Y432" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z432" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA432" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB432" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC432" t="s">
+        <v>2582</v>
+      </c>
+    </row>
+    <row r="433" spans="1:29">
+      <c r="A433" t="s">
+        <v>556</v>
+      </c>
+      <c r="B433" t="s">
+        <v>60</v>
+      </c>
+      <c r="C433" t="s">
+        <v>2576</v>
+      </c>
+      <c r="D433" t="s">
+        <v>2577</v>
+      </c>
+      <c r="E433" t="s">
+        <v>162</v>
+      </c>
+      <c r="F433" t="s">
+        <v>35</v>
+      </c>
+      <c r="G433" t="s">
+        <v>76</v>
+      </c>
+      <c r="H433" t="s">
+        <v>35</v>
+      </c>
+      <c r="I433" t="s">
+        <v>35</v>
+      </c>
+      <c r="J433" t="s">
+        <v>2583</v>
+      </c>
+      <c r="K433" t="s">
+        <v>35</v>
+      </c>
+      <c r="L433" t="s">
+        <v>611</v>
+      </c>
+      <c r="M433" t="s">
+        <v>262</v>
+      </c>
+      <c r="N433" t="s">
+        <v>38</v>
+      </c>
+      <c r="O433" t="s">
+        <v>35</v>
+      </c>
+      <c r="P433" t="s">
+        <v>79</v>
+      </c>
+      <c r="Q433" t="s">
+        <v>2584</v>
+      </c>
+      <c r="R433" t="s">
+        <v>35</v>
+      </c>
+      <c r="S433" t="s">
+        <v>35</v>
+      </c>
+      <c r="T433" t="s">
+        <v>68</v>
+      </c>
+      <c r="U433" t="s">
+        <v>35</v>
+      </c>
+      <c r="V433" t="s">
+        <v>2585</v>
+      </c>
+      <c r="W433" t="s">
+        <v>35</v>
+      </c>
+      <c r="X433" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y433" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z433" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA433" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB433" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC433" t="s">
+        <v>2586</v>
+      </c>
+    </row>
+    <row r="434" spans="1:29">
+      <c r="A434" t="s">
+        <v>2108</v>
+      </c>
+      <c r="B434" t="s">
+        <v>143</v>
+      </c>
+      <c r="C434" t="s">
+        <v>2587</v>
+      </c>
+      <c r="D434" t="s">
+        <v>2588</v>
+      </c>
+      <c r="E434" t="s">
+        <v>1107</v>
+      </c>
+      <c r="F434" t="s">
+        <v>35</v>
+      </c>
+      <c r="G434" t="s">
+        <v>35</v>
+      </c>
+      <c r="H434" t="s">
+        <v>35</v>
+      </c>
+      <c r="I434" t="s">
+        <v>212</v>
+      </c>
+      <c r="J434" t="s">
+        <v>2589</v>
+      </c>
+      <c r="K434" t="s">
+        <v>35</v>
+      </c>
+      <c r="L434" t="s">
+        <v>611</v>
+      </c>
+      <c r="M434" t="s">
+        <v>38</v>
+      </c>
+      <c r="N434" t="s">
+        <v>38</v>
+      </c>
+      <c r="O434" t="s">
+        <v>35</v>
+      </c>
+      <c r="P434" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q434" t="s">
+        <v>2590</v>
+      </c>
+      <c r="R434" t="s">
+        <v>35</v>
+      </c>
+      <c r="S434" t="s">
+        <v>35</v>
+      </c>
+      <c r="T434" t="s">
+        <v>35</v>
+      </c>
+      <c r="U434" t="s">
+        <v>35</v>
+      </c>
+      <c r="V434" t="s">
+        <v>35</v>
+      </c>
+      <c r="W434" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y434" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z434" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA434" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB434" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC434" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="435" spans="1:29">
+      <c r="A435" t="s">
+        <v>117</v>
+      </c>
+      <c r="B435" t="s">
+        <v>201</v>
+      </c>
+      <c r="C435" t="s">
+        <v>2591</v>
+      </c>
+      <c r="D435" t="s">
+        <v>2592</v>
+      </c>
+      <c r="E435" t="s">
+        <v>635</v>
+      </c>
+      <c r="F435" t="s">
+        <v>35</v>
+      </c>
+      <c r="G435" t="s">
+        <v>35</v>
+      </c>
+      <c r="H435" t="s">
+        <v>35</v>
+      </c>
+      <c r="I435" t="s">
+        <v>35</v>
+      </c>
+      <c r="J435" t="s">
+        <v>2593</v>
+      </c>
+      <c r="K435" t="s">
+        <v>35</v>
+      </c>
+      <c r="L435" t="s">
+        <v>2594</v>
+      </c>
+      <c r="M435" t="s">
+        <v>38</v>
+      </c>
+      <c r="N435" t="s">
+        <v>38</v>
+      </c>
+      <c r="O435" t="s">
+        <v>35</v>
+      </c>
+      <c r="P435" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q435" t="s">
+        <v>35</v>
+      </c>
+      <c r="R435" t="s">
+        <v>35</v>
+      </c>
+      <c r="S435" t="s">
+        <v>35</v>
+      </c>
+      <c r="T435" t="s">
+        <v>2595</v>
+      </c>
+      <c r="U435" t="s">
+        <v>35</v>
+      </c>
+      <c r="V435" t="s">
+        <v>35</v>
+      </c>
+      <c r="W435" t="s">
+        <v>1141</v>
+      </c>
+      <c r="X435" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y435" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z435" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA435" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB435" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC435" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="436" spans="1:29">
+      <c r="A436" t="s">
+        <v>427</v>
+      </c>
+      <c r="B436" t="s">
+        <v>30</v>
+      </c>
+      <c r="C436" t="s">
+        <v>2596</v>
+      </c>
+      <c r="D436" t="s">
+        <v>2597</v>
+      </c>
+      <c r="E436" t="s">
+        <v>2598</v>
+      </c>
+      <c r="F436" t="s">
+        <v>34</v>
+      </c>
+      <c r="G436" t="s">
+        <v>35</v>
+      </c>
+      <c r="H436" t="s">
+        <v>35</v>
+      </c>
+      <c r="I436" t="s">
+        <v>35</v>
+      </c>
+      <c r="J436" t="s">
+        <v>2599</v>
+      </c>
+      <c r="K436" t="s">
+        <v>35</v>
+      </c>
+      <c r="L436" t="s">
+        <v>111</v>
+      </c>
+      <c r="M436" t="s">
+        <v>109</v>
+      </c>
+      <c r="N436" t="s">
+        <v>38</v>
+      </c>
+      <c r="O436" t="s">
+        <v>35</v>
+      </c>
+      <c r="P436" t="s">
+        <v>998</v>
+      </c>
+      <c r="Q436" t="s">
+        <v>2600</v>
+      </c>
+      <c r="R436" t="s">
+        <v>2601</v>
+      </c>
+      <c r="S436" t="s">
+        <v>35</v>
+      </c>
+      <c r="T436" t="s">
+        <v>2602</v>
+      </c>
+      <c r="U436" t="s">
+        <v>2603</v>
+      </c>
+      <c r="V436" t="s">
+        <v>35</v>
+      </c>
+      <c r="W436" t="s">
+        <v>35</v>
+      </c>
+      <c r="X436" t="s">
+        <v>2604</v>
+      </c>
+      <c r="Y436" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z436" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA436" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB436" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC436" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="437" spans="1:29">
+      <c r="A437" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B437" t="s">
+        <v>30</v>
+      </c>
+      <c r="C437" t="s">
+        <v>2605</v>
+      </c>
+      <c r="D437" t="s">
+        <v>2606</v>
+      </c>
+      <c r="E437" t="s">
+        <v>189</v>
+      </c>
+      <c r="F437" t="s">
+        <v>34</v>
+      </c>
+      <c r="G437" t="s">
+        <v>35</v>
+      </c>
+      <c r="H437" t="s">
+        <v>35</v>
+      </c>
+      <c r="I437" t="s">
+        <v>35</v>
+      </c>
+      <c r="J437" t="s">
+        <v>2607</v>
+      </c>
+      <c r="K437" t="s">
+        <v>35</v>
+      </c>
+      <c r="L437" t="s">
+        <v>2608</v>
+      </c>
+      <c r="M437" t="s">
+        <v>38</v>
+      </c>
+      <c r="N437" t="s">
+        <v>38</v>
+      </c>
+      <c r="O437" t="s">
+        <v>35</v>
+      </c>
+      <c r="P437" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q437" t="s">
+        <v>2609</v>
+      </c>
+      <c r="R437" t="s">
+        <v>2610</v>
+      </c>
+      <c r="S437" t="s">
+        <v>2611</v>
+      </c>
+      <c r="T437" t="s">
+        <v>35</v>
+      </c>
+      <c r="U437" t="s">
+        <v>2612</v>
+      </c>
+      <c r="V437" t="s">
+        <v>2613</v>
+      </c>
+      <c r="W437" t="s">
+        <v>35</v>
+      </c>
+      <c r="X437" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y437" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z437" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA437" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB437" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC437" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="438" spans="1:29">
+      <c r="A438" t="s">
+        <v>2198</v>
+      </c>
+      <c r="B438" t="s">
+        <v>143</v>
+      </c>
+      <c r="C438" t="s">
+        <v>2614</v>
+      </c>
+      <c r="D438" t="s">
+        <v>2615</v>
+      </c>
+      <c r="E438" t="s">
+        <v>262</v>
+      </c>
+      <c r="F438" t="s">
+        <v>35</v>
+      </c>
+      <c r="G438" t="s">
+        <v>35</v>
+      </c>
+      <c r="H438" t="s">
+        <v>35</v>
+      </c>
+      <c r="I438" t="s">
+        <v>212</v>
+      </c>
+      <c r="J438" t="s">
+        <v>2616</v>
+      </c>
+      <c r="K438" t="s">
+        <v>35</v>
+      </c>
+      <c r="L438" t="s">
+        <v>2617</v>
+      </c>
+      <c r="M438" t="s">
+        <v>38</v>
+      </c>
+      <c r="N438" t="s">
+        <v>38</v>
+      </c>
+      <c r="O438" t="s">
+        <v>35</v>
+      </c>
+      <c r="P438" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q438" t="s">
+        <v>35</v>
+      </c>
+      <c r="R438" t="s">
+        <v>35</v>
+      </c>
+      <c r="S438" t="s">
+        <v>35</v>
+      </c>
+      <c r="T438" t="s">
+        <v>2618</v>
+      </c>
+      <c r="U438" t="s">
+        <v>2619</v>
+      </c>
+      <c r="V438" t="s">
+        <v>35</v>
+      </c>
+      <c r="W438" t="s">
+        <v>35</v>
+      </c>
+      <c r="X438" t="s">
+        <v>2620</v>
+      </c>
+      <c r="Y438" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z438" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA438" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB438" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC438" t="s">
+        <v>2621</v>
+      </c>
+    </row>
+    <row r="439" spans="1:29">
+      <c r="A439" t="s">
+        <v>29</v>
+      </c>
+      <c r="B439" t="s">
+        <v>132</v>
+      </c>
+      <c r="C439" t="s">
+        <v>2622</v>
+      </c>
+      <c r="D439" t="s">
+        <v>2623</v>
+      </c>
+      <c r="E439" t="s">
+        <v>38</v>
+      </c>
+      <c r="F439" t="s">
+        <v>35</v>
+      </c>
+      <c r="G439" t="s">
+        <v>35</v>
+      </c>
+      <c r="H439" t="s">
+        <v>34</v>
+      </c>
+      <c r="I439" t="s">
+        <v>35</v>
+      </c>
+      <c r="J439" t="s">
+        <v>2624</v>
+      </c>
+      <c r="K439" t="s">
+        <v>35</v>
+      </c>
+      <c r="L439" t="s">
+        <v>1049</v>
+      </c>
+      <c r="M439" t="s">
+        <v>204</v>
+      </c>
+      <c r="N439" t="s">
+        <v>204</v>
+      </c>
+      <c r="O439" t="s">
+        <v>35</v>
+      </c>
+      <c r="P439" t="s">
+        <v>1120</v>
+      </c>
+      <c r="Q439" t="s">
+        <v>35</v>
+      </c>
+      <c r="R439" t="s">
+        <v>35</v>
+      </c>
+      <c r="S439" t="s">
+        <v>35</v>
+      </c>
+      <c r="T439" t="s">
+        <v>35</v>
+      </c>
+      <c r="U439" t="s">
+        <v>35</v>
+      </c>
+      <c r="V439" t="s">
+        <v>35</v>
+      </c>
+      <c r="W439" t="s">
+        <v>35</v>
+      </c>
+      <c r="X439" t="s">
+        <v>2625</v>
+      </c>
+      <c r="Y439" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z439" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA439" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB439" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC439" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="440" spans="1:29">
+      <c r="A440" t="s">
+        <v>556</v>
+      </c>
+      <c r="B440" t="s">
+        <v>143</v>
+      </c>
+      <c r="C440" t="s">
+        <v>2626</v>
+      </c>
+      <c r="D440" t="s">
+        <v>2627</v>
+      </c>
+      <c r="E440" t="s">
+        <v>259</v>
+      </c>
+      <c r="F440" t="s">
+        <v>35</v>
+      </c>
+      <c r="G440" t="s">
+        <v>35</v>
+      </c>
+      <c r="H440" t="s">
+        <v>35</v>
+      </c>
+      <c r="I440" t="s">
+        <v>212</v>
+      </c>
+      <c r="J440" t="s">
+        <v>2628</v>
+      </c>
+      <c r="K440" t="s">
+        <v>35</v>
+      </c>
+      <c r="L440" t="s">
+        <v>65</v>
+      </c>
+      <c r="M440" t="s">
+        <v>62</v>
+      </c>
+      <c r="N440" t="s">
+        <v>38</v>
+      </c>
+      <c r="O440" t="s">
+        <v>35</v>
+      </c>
+      <c r="P440" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q440" t="s">
+        <v>35</v>
+      </c>
+      <c r="R440" t="s">
+        <v>35</v>
+      </c>
+      <c r="S440" t="s">
+        <v>35</v>
+      </c>
+      <c r="T440" t="s">
+        <v>35</v>
+      </c>
+      <c r="U440" t="s">
+        <v>35</v>
+      </c>
+      <c r="V440" t="s">
+        <v>35</v>
+      </c>
+      <c r="W440" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y440" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z440" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA440" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB440" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC440" t="s">
+        <v>2629</v>
+      </c>
+    </row>
+    <row r="441" spans="1:29">
+      <c r="A441" t="s">
+        <v>556</v>
+      </c>
+      <c r="B441" t="s">
+        <v>30</v>
+      </c>
+      <c r="C441" t="s">
+        <v>2630</v>
+      </c>
+      <c r="D441" t="s">
+        <v>2631</v>
+      </c>
+      <c r="E441" t="s">
+        <v>162</v>
+      </c>
+      <c r="F441" t="s">
+        <v>764</v>
+      </c>
+      <c r="G441" t="s">
+        <v>35</v>
+      </c>
+      <c r="H441" t="s">
+        <v>35</v>
+      </c>
+      <c r="I441" t="s">
+        <v>35</v>
+      </c>
+      <c r="J441" t="s">
+        <v>2632</v>
+      </c>
+      <c r="K441" t="s">
+        <v>35</v>
+      </c>
+      <c r="L441" t="s">
+        <v>164</v>
+      </c>
+      <c r="M441" t="s">
+        <v>259</v>
+      </c>
+      <c r="N441" t="s">
+        <v>38</v>
+      </c>
+      <c r="O441" t="s">
+        <v>35</v>
+      </c>
+      <c r="P441" t="s">
+        <v>998</v>
+      </c>
+      <c r="Q441" t="s">
+        <v>2633</v>
+      </c>
+      <c r="R441" t="s">
+        <v>2634</v>
+      </c>
+      <c r="S441" t="s">
+        <v>344</v>
+      </c>
+      <c r="T441" t="s">
+        <v>35</v>
+      </c>
+      <c r="U441" t="s">
+        <v>2635</v>
+      </c>
+      <c r="V441" t="s">
+        <v>2636</v>
+      </c>
+      <c r="W441" t="s">
+        <v>35</v>
+      </c>
+      <c r="X441" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y441" t="s">
+        <v>45</v>
+      </c>
+      <c r="Z441" t="s">
+        <v>45</v>
+      </c>
+      <c r="AA441" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB441" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC441" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="442" spans="1:29">
+      <c r="A442" t="s">
+        <v>556</v>
+      </c>
+      <c r="B442" t="s">
+        <v>132</v>
+      </c>
+      <c r="C442" t="s">
+        <v>2637</v>
+      </c>
+      <c r="D442" t="s">
+        <v>2638</v>
+      </c>
+      <c r="E442" t="s">
+        <v>216</v>
+      </c>
+      <c r="F442" t="s">
+        <v>35</v>
+      </c>
+      <c r="G442" t="s">
+        <v>86</v>
+      </c>
+      <c r="H442" t="s">
+        <v>238</v>
+      </c>
+      <c r="I442" t="s">
+        <v>35</v>
+      </c>
+      <c r="J442" t="s">
+        <v>2639</v>
+      </c>
+      <c r="K442" t="s">
+        <v>35</v>
+      </c>
+      <c r="L442" t="s">
+        <v>560</v>
+      </c>
+      <c r="M442" t="s">
+        <v>259</v>
+      </c>
+      <c r="N442" t="s">
+        <v>38</v>
+      </c>
+      <c r="O442" t="s">
+        <v>35</v>
+      </c>
+      <c r="P442" t="s">
+        <v>1598</v>
+      </c>
+      <c r="Q442" t="s">
+        <v>2640</v>
+      </c>
+      <c r="R442" t="s">
+        <v>35</v>
+      </c>
+      <c r="S442" t="s">
+        <v>35</v>
+      </c>
+      <c r="T442" t="s">
+        <v>68</v>
+      </c>
+      <c r="U442" t="s">
+        <v>35</v>
+      </c>
+      <c r="V442" t="s">
+        <v>35</v>
+      </c>
+      <c r="W442" t="s">
+        <v>35</v>
+      </c>
+      <c r="X442" t="s">
+        <v>2641</v>
+      </c>
+      <c r="Y442" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z442" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA442" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB442" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC442" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="443" spans="1:29">
+      <c r="A443" t="s">
+        <v>556</v>
+      </c>
+      <c r="B443" t="s">
+        <v>132</v>
+      </c>
+      <c r="C443" t="s">
+        <v>2642</v>
+      </c>
+      <c r="D443" t="s">
+        <v>2643</v>
+      </c>
+      <c r="E443" t="s">
+        <v>49</v>
+      </c>
+      <c r="F443" t="s">
+        <v>35</v>
+      </c>
+      <c r="G443" t="s">
+        <v>35</v>
+      </c>
+      <c r="H443" t="s">
+        <v>238</v>
+      </c>
+      <c r="I443" t="s">
+        <v>35</v>
+      </c>
+      <c r="J443" t="s">
+        <v>2644</v>
+      </c>
+      <c r="K443" t="s">
+        <v>35</v>
+      </c>
+      <c r="L443" t="s">
+        <v>78</v>
+      </c>
+      <c r="M443" t="s">
+        <v>38</v>
+      </c>
+      <c r="N443" t="s">
+        <v>38</v>
+      </c>
+      <c r="O443" t="s">
+        <v>35</v>
+      </c>
+      <c r="P443" t="s">
+        <v>280</v>
+      </c>
+      <c r="Q443" t="s">
+        <v>2645</v>
+      </c>
+      <c r="R443" t="s">
+        <v>35</v>
+      </c>
+      <c r="S443" t="s">
+        <v>35</v>
+      </c>
+      <c r="T443" t="s">
+        <v>1436</v>
+      </c>
+      <c r="U443" t="s">
+        <v>2646</v>
+      </c>
+      <c r="V443" t="s">
+        <v>2647</v>
+      </c>
+      <c r="W443" t="s">
+        <v>35</v>
+      </c>
+      <c r="X443" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y443" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z443" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA443" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB443" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC443" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="444" spans="1:29">
+      <c r="A444" t="s">
+        <v>556</v>
+      </c>
+      <c r="B444" t="s">
+        <v>143</v>
+      </c>
+      <c r="C444" t="s">
+        <v>2648</v>
+      </c>
+      <c r="D444" t="s">
+        <v>2649</v>
+      </c>
+      <c r="E444" t="s">
+        <v>162</v>
+      </c>
+      <c r="F444" t="s">
+        <v>35</v>
+      </c>
+      <c r="G444" t="s">
+        <v>35</v>
+      </c>
+      <c r="H444" t="s">
+        <v>35</v>
+      </c>
+      <c r="I444" t="s">
+        <v>212</v>
+      </c>
+      <c r="J444" t="s">
+        <v>2650</v>
+      </c>
+      <c r="K444" t="s">
+        <v>35</v>
+      </c>
+      <c r="L444" t="s">
+        <v>164</v>
+      </c>
+      <c r="M444" t="s">
+        <v>162</v>
+      </c>
+      <c r="N444" t="s">
+        <v>38</v>
+      </c>
+      <c r="O444" t="s">
+        <v>35</v>
+      </c>
+      <c r="P444" t="s">
+        <v>149</v>
+      </c>
+      <c r="Q444" t="s">
+        <v>2651</v>
+      </c>
+      <c r="R444" t="s">
+        <v>35</v>
+      </c>
+      <c r="S444" t="s">
+        <v>35</v>
+      </c>
+      <c r="T444" t="s">
+        <v>68</v>
+      </c>
+      <c r="U444" t="s">
+        <v>35</v>
+      </c>
+      <c r="V444" t="s">
+        <v>35</v>
+      </c>
+      <c r="W444" t="s">
+        <v>35</v>
+      </c>
+      <c r="X444" t="s">
+        <v>2652</v>
+      </c>
+      <c r="Y444" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z444" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA444" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB444" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC444" t="s">
+        <v>2653</v>
+      </c>
+    </row>
+    <row r="445" spans="1:29">
+      <c r="A445" t="s">
+        <v>556</v>
+      </c>
+      <c r="B445" t="s">
+        <v>201</v>
+      </c>
+      <c r="C445" t="s">
+        <v>2654</v>
+      </c>
+      <c r="D445" t="s">
+        <v>2655</v>
+      </c>
+      <c r="E445" t="s">
+        <v>216</v>
+      </c>
+      <c r="F445" t="s">
+        <v>35</v>
+      </c>
+      <c r="G445" t="s">
+        <v>35</v>
+      </c>
+      <c r="H445" t="s">
+        <v>35</v>
+      </c>
+      <c r="I445" t="s">
+        <v>35</v>
+      </c>
+      <c r="J445" t="s">
+        <v>2656</v>
+      </c>
+      <c r="K445" t="s">
+        <v>35</v>
+      </c>
+      <c r="L445" t="s">
+        <v>742</v>
+      </c>
+      <c r="M445" t="s">
+        <v>38</v>
+      </c>
+      <c r="N445" t="s">
+        <v>38</v>
+      </c>
+      <c r="O445" t="s">
+        <v>35</v>
+      </c>
+      <c r="P445" t="s">
+        <v>165</v>
+      </c>
+      <c r="Q445" t="s">
+        <v>2657</v>
+      </c>
+      <c r="R445" t="s">
+        <v>2658</v>
+      </c>
+      <c r="S445" t="s">
+        <v>35</v>
+      </c>
+      <c r="T445" t="s">
+        <v>2659</v>
+      </c>
+      <c r="U445" t="s">
+        <v>2660</v>
+      </c>
+      <c r="V445" t="s">
+        <v>1170</v>
+      </c>
+      <c r="W445" t="s">
+        <v>35</v>
+      </c>
+      <c r="X445" t="s">
+        <v>35</v>
+      </c>
+      <c r="Y445" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z445" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA445" t="s">
+        <v>45</v>
+      </c>
+      <c r="AB445" t="s">
+        <v>70</v>
+      </c>
+      <c r="AC445" t="s">
+        <v>993</v>
+      </c>
+    </row>
+    <row r="446" spans="1:29">
+      <c r="A446" t="s">
+        <v>556</v>
+      </c>
+      <c r="B446" t="s">
+        <v>60</v>
+      </c>
+      <c r="C446" t="s">
+        <v>2661</v>
+      </c>
+      <c r="D446" t="s">
+        <v>2662</v>
+      </c>
+      <c r="E446" t="s">
+        <v>75</v>
+      </c>
+      <c r="F446" t="s">
+        <v>35</v>
+      </c>
+      <c r="G446" t="s">
+        <v>76</v>
+      </c>
+      <c r="H446" t="s">
+        <v>35</v>
+      </c>
+      <c r="I446" t="s">
+        <v>35</v>
+      </c>
+      <c r="J446" t="s">
+        <v>2663</v>
+      </c>
+      <c r="K446" t="s">
+        <v>35</v>
+      </c>
+      <c r="L446" t="s">
+        <v>742</v>
+      </c>
+      <c r="M446" t="s">
+        <v>94</v>
+      </c>
+      <c r="N446" t="s">
+        <v>38</v>
+      </c>
+      <c r="O446" t="s">
+        <v>35</v>
+      </c>
+      <c r="P446" t="s">
+        <v>89</v>
+      </c>
+      <c r="Q446" t="s">
+        <v>2664</v>
+      </c>
+      <c r="R446" t="s">
+        <v>2665</v>
+      </c>
+      <c r="S446" t="s">
+        <v>35</v>
+      </c>
+      <c r="T446" t="s">
+        <v>2666</v>
+      </c>
+      <c r="U446" t="s">
+        <v>35</v>
+      </c>
+      <c r="V446" t="s">
+        <v>35</v>
+      </c>
+      <c r="W446" t="s">
+        <v>35</v>
+      </c>
+      <c r="X446" t="s">
+        <v>2667</v>
+      </c>
+      <c r="Y446" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z446" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA446" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB446" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC446" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="447" spans="1:29">
+      <c r="A447" t="s">
+        <v>556</v>
+      </c>
+      <c r="B447" t="s">
+        <v>30</v>
+      </c>
+      <c r="C447" t="s">
+        <v>2668</v>
+      </c>
+      <c r="D447" t="s">
+        <v>2669</v>
+      </c>
+      <c r="E447" t="s">
+        <v>862</v>
+      </c>
+      <c r="F447" t="s">
+        <v>34</v>
+      </c>
+      <c r="G447" t="s">
+        <v>35</v>
+      </c>
+      <c r="H447" t="s">
+        <v>35</v>
+      </c>
+      <c r="I447" t="s">
+        <v>35</v>
+      </c>
+      <c r="J447" t="s">
+        <v>2670</v>
+      </c>
+      <c r="K447" t="s">
+        <v>35</v>
+      </c>
+      <c r="L447" t="s">
+        <v>742</v>
+      </c>
+      <c r="M447" t="s">
+        <v>38</v>
+      </c>
+      <c r="N447" t="s">
+        <v>38</v>
+      </c>
+      <c r="O447" t="s">
+        <v>35</v>
+      </c>
+      <c r="P447" t="s">
+        <v>154</v>
+      </c>
+      <c r="Q447" t="s">
+        <v>2671</v>
+      </c>
+      <c r="R447" t="s">
+        <v>2672</v>
+      </c>
+      <c r="S447" t="s">
+        <v>35</v>
+      </c>
+      <c r="T447" t="s">
+        <v>2673</v>
+      </c>
+      <c r="U447" t="s">
+        <v>2674</v>
+      </c>
+      <c r="V447" t="s">
+        <v>2675</v>
+      </c>
+      <c r="W447" t="s">
+        <v>35</v>
+      </c>
+      <c r="X447" t="s">
+        <v>2676</v>
+      </c>
+      <c r="Y447" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z447" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA447" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB447" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC447" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="448" spans="1:29">
+      <c r="A448" t="s">
+        <v>556</v>
+      </c>
+      <c r="B448" t="s">
+        <v>132</v>
+      </c>
+      <c r="C448" t="s">
+        <v>2677</v>
+      </c>
+      <c r="D448" t="s">
+        <v>2678</v>
+      </c>
+      <c r="E448" t="s">
+        <v>75</v>
+      </c>
+      <c r="F448" t="s">
+        <v>35</v>
+      </c>
+      <c r="G448" t="s">
+        <v>35</v>
+      </c>
+      <c r="H448" t="s">
+        <v>238</v>
+      </c>
+      <c r="I448" t="s">
+        <v>35</v>
+      </c>
+      <c r="J448" t="s">
+        <v>2679</v>
+      </c>
+      <c r="K448" t="s">
+        <v>35</v>
+      </c>
+      <c r="L448" t="s">
+        <v>611</v>
+      </c>
+      <c r="M448" t="s">
+        <v>38</v>
+      </c>
+      <c r="N448" t="s">
+        <v>38</v>
+      </c>
+      <c r="O448" t="s">
+        <v>35</v>
+      </c>
+      <c r="P448" t="s">
+        <v>39</v>
+      </c>
+      <c r="Q448" t="s">
+        <v>2680</v>
+      </c>
+      <c r="R448" t="s">
+        <v>2681</v>
+      </c>
+      <c r="S448" t="s">
+        <v>35</v>
+      </c>
+      <c r="T448" t="s">
+        <v>2682</v>
+      </c>
+      <c r="U448" t="s">
+        <v>2683</v>
+      </c>
+      <c r="V448" t="s">
+        <v>1170</v>
+      </c>
+      <c r="W448" t="s">
+        <v>35</v>
+      </c>
+      <c r="X448" t="s">
+        <v>2684</v>
+      </c>
+      <c r="Y448" t="s">
+        <v>35</v>
+      </c>
+      <c r="Z448" t="s">
+        <v>35</v>
+      </c>
+      <c r="AA448" t="s">
+        <v>35</v>
+      </c>
+      <c r="AB448" t="s">
+        <v>46</v>
+      </c>
+      <c r="AC448" t="s">
+        <v>35</v>
       </c>
     </row>
   </sheetData>
   <autoFilter ref="A1:B1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">